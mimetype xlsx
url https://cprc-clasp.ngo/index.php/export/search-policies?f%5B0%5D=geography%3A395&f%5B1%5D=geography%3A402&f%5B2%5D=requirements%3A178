--- v0 (2025-10-14)
+++ v1 (2025-12-18)
@@ -12,194 +12,216 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
+  </si>
+  <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -463,231 +485,252 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="147" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="572.003" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="111.973" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G3">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2023</v>
       </c>
-      <c r="H3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
-        <v>34</v>
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>