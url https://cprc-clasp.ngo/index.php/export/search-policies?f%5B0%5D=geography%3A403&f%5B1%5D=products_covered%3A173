--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,167 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,195 +449,210 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="147" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="365.625" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="90.692" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2014</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>