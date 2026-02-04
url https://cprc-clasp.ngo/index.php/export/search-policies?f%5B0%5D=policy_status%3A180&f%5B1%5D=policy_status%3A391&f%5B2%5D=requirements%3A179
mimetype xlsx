--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,425 +12,508 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-677/</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
   </si>
   <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Non inverter type and single phase</t>
+  </si>
+  <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Labelling and Standards Task Force of Energy Department, Prime Ministers…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-4</t>
   </si>
   <si>
+    <t>http://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/8145.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for automatic washing machines</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>Maldives Energy Authority </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-automatic-washing-machines</t>
   </si>
   <si>
+    <t>http://www.environment.gov.mv/v2/en/news/7964</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>The Gambia</t>
   </si>
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-1</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
   </si>
   <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
+  </si>
+  <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tunisia-clothes-washer-meps-label</t>
+  </si>
+  <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -694,849 +777,952 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N19"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="166.245" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2023</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-      <c r="L2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...25 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E8" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...34 lines deleted...]
-      <c r="B5" t="s">
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G9" t="s">
         <v>34</v>
       </c>
-      <c r="C5" t="s">
-[...31 lines deleted...]
-      <c r="A6" t="s">
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>44</v>
       </c>
-      <c r="B6" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>51</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="G10" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
-[...34 lines deleted...]
-      <c r="B7" t="s">
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>50</v>
+      </c>
+      <c r="G11" t="s">
         <v>34</v>
       </c>
-      <c r="C7" t="s">
-[...28 lines deleted...]
-      <c r="N7" t="s">
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>82</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>86</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>75</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>89</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>44</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>100</v>
+      </c>
+      <c r="D14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>101</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>103</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>104</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D15" t="s">
+        <v>94</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>102</v>
+      </c>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>110</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
         <v>50</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B8" t="s">
+      <c r="G16" t="s">
         <v>34</v>
       </c>
-      <c r="C8" t="s">
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>112</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
         <v>26</v>
       </c>
-      <c r="D8" t="s">
-[...33 lines deleted...]
-      <c r="B9" t="s">
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>117</v>
+      </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>119</v>
+      </c>
+      <c r="G17" t="s">
         <v>34</v>
       </c>
-      <c r="C9" t="s">
-[...75 lines deleted...]
-      <c r="C11" t="s">
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>120</v>
+      </c>
+      <c r="K17" t="s">
+        <v>121</v>
+      </c>
+      <c r="L17" t="s">
+        <v>122</v>
+      </c>
+      <c r="M17" t="s">
+        <v>123</v>
+      </c>
+      <c r="N17" t="s">
+        <v>124</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>128</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>130</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>131</v>
+      </c>
+      <c r="N18" t="s">
         <v>26</v>
       </c>
-      <c r="D11" t="s">
-[...111 lines deleted...]
-      <c r="B14" t="s">
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
         <v>80</v>
       </c>
-      <c r="C14" t="s">
-[...190 lines deleted...]
-      </c>
       <c r="C19" t="s">
+        <v>135</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>50</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>136</v>
+      </c>
+      <c r="N19" t="s">
         <v>26</v>
       </c>
-      <c r="D19" t="s">
-[...24 lines deleted...]
-        <v>111</v>
+      <c r="O19" t="s">
+        <v>137</v>
+      </c>
+      <c r="P19" t="s">
+        <v>138</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>