--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,398 +12,484 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
+    <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-1</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-2</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-3</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
+    <t>Non inverter type and single phase</t>
+  </si>
+  <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Energy Labelling and Standards Task Force of Energy Department, Prime Ministers…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-4</t>
   </si>
   <si>
+    <t>http://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/8145.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
+    <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rwanda-meps-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -667,801 +753,906 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="168" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="168.53" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>58</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...26 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
         <v>33</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M4" t="s">
+      <c r="F10" t="s">
+        <v>87</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...227 lines deleted...]
-      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="N10" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10"/>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
         <v>73</v>
       </c>
       <c r="C11" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11"/>
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
       <c r="H11"/>
-      <c r="I11" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>87</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>91</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>83</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>58</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>91</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>83</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>89</v>
+      </c>
+      <c r="B14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" t="s">
+        <v>99</v>
+      </c>
+      <c r="D14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>100</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>91</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>101</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D15" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" t="s">
+        <v>106</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>91</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>107</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
         <v>74</v>
       </c>
-      <c r="J11" t="s">
+      <c r="D16" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" t="s">
+        <v>106</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...34 lines deleted...]
-      <c r="J12" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>113</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>118</v>
+      </c>
+      <c r="D17" t="s">
+        <v>66</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...120 lines deleted...]
-      <c r="N15" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>119</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
+      <c r="M17" t="s">
+        <v>121</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>126</v>
+      </c>
+      <c r="D18" t="s">
+        <v>57</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
         <v>87</v>
       </c>
-    </row>
-[...95 lines deleted...]
-      <c r="G18"/>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
       <c r="H18"/>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>128</v>
       </c>
       <c r="N18" t="s">
-        <v>102</v>
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>