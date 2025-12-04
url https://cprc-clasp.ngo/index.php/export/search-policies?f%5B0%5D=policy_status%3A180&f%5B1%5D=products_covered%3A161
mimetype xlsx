--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,425 +12,518 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>The Gambia</t>
   </si>
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-1</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -694,807 +787,916 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="187" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2023</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...7 lines deleted...]
-        <v>32</v>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>84</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...16 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>69</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
+        <v>77</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>84</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>102</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>111</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>78</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" t="s">
+        <v>77</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>60</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>117</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>122</v>
+      </c>
+      <c r="D16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E16" t="s">
+        <v>111</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...7 lines deleted...]
-        <v>38</v>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...23 lines deleted...]
-      <c r="J5" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>129</v>
+      </c>
+      <c r="D17" t="s">
+        <v>59</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...7 lines deleted...]
-        <v>44</v>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>130</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>131</v>
+      </c>
+      <c r="M17" t="s">
+        <v>132</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...143 lines deleted...]
-      <c r="L9" t="s">
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" t="s">
         <v>68</v>
       </c>
-      <c r="M9" t="s">
-[...2 lines deleted...]
-      <c r="N9" t="s">
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>69</v>
       </c>
-    </row>
-[...329 lines deleted...]
-      <c r="G18"/>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
       <c r="H18"/>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="N18" t="s">
-        <v>111</v>
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>140</v>
+      </c>
+      <c r="P18" t="s">
+        <v>141</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>