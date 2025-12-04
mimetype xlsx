--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,269 +12,309 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-677/</t>
+  </si>
+  <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for automatic washing machines</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Maldives Energy Authority </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-automatic-washing-machines</t>
   </si>
   <si>
+    <t>http://www.environment.gov.mv/v2/en/news/7964</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tunisia-clothes-washer-meps-label</t>
+  </si>
+  <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -538,421 +578,472 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="168" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="168.53" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="376.194" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2"/>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...219 lines deleted...]
-        <v>59</v>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>