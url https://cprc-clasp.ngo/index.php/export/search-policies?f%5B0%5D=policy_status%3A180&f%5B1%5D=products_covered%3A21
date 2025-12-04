--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,230 +12,258 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -499,303 +527,336 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="148" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="513.018" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...23 lines deleted...]
-      <c r="J3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
         <v>30</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
         <v>32</v>
       </c>
-      <c r="N3" t="s">
+      <c r="E4" t="s">
         <v>33</v>
       </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
-[...13 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
         <v>37</v>
       </c>
-      <c r="J4" t="s">
-[...48 lines deleted...]
-        <v>46</v>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>