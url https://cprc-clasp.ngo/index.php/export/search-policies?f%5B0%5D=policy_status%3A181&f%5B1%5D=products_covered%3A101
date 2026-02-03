--- v0 (2025-12-04)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="493">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="485">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -174,50 +174,53 @@
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
     <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
   </si>
   <si>
@@ -381,71 +384,50 @@
   <si>
     <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
   </si>
   <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...19 lines deleted...]
-  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
     <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
     <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
@@ -578,50 +560,53 @@
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
     <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>clothes washer</t>
+  </si>
+  <si>
+    <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
     <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
     <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
 i) products with a clothes container volume of less than 1.6 cubic feet,
 ii) products configured in any way other than a front- or top-loading design,
 iii) Combination All-in-One Washer-Dryers,
 iv) Residential Clothes Washers with an Optional Dry Cycle, and
 v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
   </si>
   <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
@@ -690,51 +675,51 @@
   <si>
     <t>https://internet-law.ru/gosts/gost/21307/</t>
   </si>
   <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
     <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
   </si>
   <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/54513/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
     <t>This policy applies to clothes washers which are intended for household or similar use.</t>
   </si>
   <si>
@@ -746,393 +731,384 @@
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Details/F2015L01816</t>
   </si>
   <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
     <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
   </si>
   <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
-[...5 lines deleted...]
-    <t>Malaysia</t>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>PNS IEC 60456:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
+  </si>
+  <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
+  </si>
+  <si>
+    <t>INTE E21-1 2016</t>
+  </si>
+  <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-2 2016</t>
+  </si>
+  <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>labeling for clothes washers</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>AS/NZS 2040.2:2005</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
+  </si>
+  <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
+  </si>
+  <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
+    <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
+  </si>
+  <si>
+    <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for horizontal drum washing machine</t>
+  </si>
+  <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>MEPS for Washing Machines</t>
+  </si>
+  <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
+  </si>
+  <si>
+    <t>NOM-005-ENER-2016</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>NMX-J-585-ANCE-2014</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nom-005-ener-2016</t>
+  </si>
+  <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 003 White Goods</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>Ecolabelling Sweden</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
+  </si>
+  <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
+    <t>PNS IEC 60456</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
+  </si>
+  <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
+    <t>Procel Seal - Clothes Washers</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
+    <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency Conservation Program (Procel)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
+  </si>
+  <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
+  </si>
+  <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
+  </si>
+  <si>
+    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
+  </si>
+  <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
-  </si>
-[...331 lines deleted...]
-    <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
@@ -1855,65 +1831,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P72"/>
+  <dimension ref="A1:P70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2101,3326 +2077,3232 @@
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2006</v>
       </c>
       <c r="J5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>34</v>
       </c>
       <c r="L5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H6">
         <v>2013</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>44</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2007</v>
       </c>
       <c r="I7">
         <v>2013</v>
       </c>
       <c r="J7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H8">
         <v>2019</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="O8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>1995</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="O9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P9" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
       <c r="I10">
         <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C11" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D11" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E11" t="s">
         <v>42</v>
       </c>
       <c r="F11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2003</v>
       </c>
       <c r="I11">
         <v>2013</v>
       </c>
       <c r="J11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2011</v>
       </c>
       <c r="I12">
         <v>2023</v>
       </c>
       <c r="J12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H13">
         <v>2020</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D14" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2002</v>
+      </c>
+      <c r="I14">
+        <v>2010</v>
+      </c>
       <c r="J14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>126</v>
+      </c>
       <c r="M14" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="P14" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I15">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="J15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="M15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="P15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B16" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C16" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="I16">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="J16" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="M16" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P16" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B17" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C17" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="I17">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J17" t="s">
-        <v>147</v>
+        <v>55</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M17" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C18" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>100</v>
+        <v>156</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H18">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="M18" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="P18" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B19" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C19" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D19" t="s">
-        <v>70</v>
+        <v>165</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="G19" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2016</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
       <c r="J19" t="s">
-        <v>163</v>
+        <v>55</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P19" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B20" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C20" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D20" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>162</v>
+        <v>43</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>173</v>
       </c>
       <c r="H20">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I20">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="J20" t="s">
-        <v>54</v>
+        <v>174</v>
       </c>
       <c r="K20" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="P20" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B21" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C21" t="s">
-        <v>177</v>
+        <v>79</v>
       </c>
       <c r="D21" t="s">
-        <v>178</v>
+        <v>71</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F21" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="G21" t="s">
-        <v>179</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I21">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="J21" t="s">
         <v>180</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
-      <c r="L21"/>
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
       <c r="M21" t="s">
         <v>181</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>182</v>
       </c>
       <c r="P21" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>184</v>
       </c>
       <c r="B22" t="s">
         <v>185</v>
       </c>
       <c r="C22" t="s">
-        <v>78</v>
+        <v>186</v>
       </c>
       <c r="D22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E22" t="s">
         <v>42</v>
       </c>
       <c r="F22" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="I22">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J22" t="s">
-        <v>124</v>
+        <v>55</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>25</v>
+        <v>187</v>
       </c>
       <c r="M22" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="N22" t="s">
-        <v>27</v>
+        <v>83</v>
       </c>
       <c r="O22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="P22" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B23" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C23" t="s">
-        <v>191</v>
+        <v>70</v>
       </c>
       <c r="D23" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E23" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>1997</v>
+        <v>1989</v>
       </c>
       <c r="I23">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>192</v>
+        <v>73</v>
       </c>
       <c r="M23" t="s">
+        <v>74</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
         <v>193</v>
       </c>
-      <c r="N23" t="s">
-[...2 lines deleted...]
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>195</v>
+      </c>
+      <c r="B24" t="s">
         <v>196</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>70</v>
+      </c>
+      <c r="D24" t="s">
         <v>197</v>
       </c>
-      <c r="C24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H24">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>101</v>
+        <v>55</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>72</v>
+        <v>198</v>
       </c>
       <c r="M24" t="s">
-        <v>73</v>
+        <v>199</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="P24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C25" t="s">
-        <v>69</v>
+        <v>204</v>
       </c>
       <c r="D25" t="s">
-        <v>202</v>
+        <v>71</v>
       </c>
       <c r="E25" t="s">
         <v>42</v>
       </c>
       <c r="F25" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H25">
-        <v>2021</v>
+        <v>1984</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>54</v>
+        <v>125</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="M25" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="P25" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B26" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C26" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="D26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E26" t="s">
         <v>42</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G26" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="I26"/>
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
       <c r="J26" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M26" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>212</v>
       </c>
       <c r="P26" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>214</v>
       </c>
       <c r="B27" t="s">
         <v>215</v>
       </c>
       <c r="C27" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="D27" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E27" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>43</v>
+        <v>156</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I27">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J27" t="s">
-        <v>131</v>
+        <v>217</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="M27" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="P27" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B28" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C28" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D28" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2013</v>
+        <v>1989</v>
       </c>
       <c r="I28">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="J28" t="s">
-        <v>222</v>
+        <v>141</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="M28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="P28" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B29" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C29" t="s">
-        <v>229</v>
+        <v>124</v>
       </c>
       <c r="D29" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F29" t="s">
-        <v>162</v>
+        <v>101</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="I29">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J29" t="s">
-        <v>147</v>
+        <v>125</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="M29" t="s">
-        <v>231</v>
+        <v>127</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>232</v>
       </c>
       <c r="P29" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>234</v>
       </c>
       <c r="B30" t="s">
         <v>235</v>
       </c>
       <c r="C30" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="D30" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E30" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>100</v>
+        <v>156</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H30">
-        <v>2002</v>
+        <v>2023</v>
       </c>
       <c r="I30">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J30" t="s">
-        <v>131</v>
+        <v>236</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M30" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P30" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B31" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C31" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D31" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>162</v>
+        <v>43</v>
       </c>
       <c r="G31" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H31">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I31"/>
+        <v>1984</v>
+      </c>
+      <c r="I31">
+        <v>2019</v>
+      </c>
       <c r="J31" t="s">
-        <v>242</v>
+        <v>174</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
         <v>243</v>
       </c>
       <c r="M31" t="s">
-        <v>224</v>
+        <v>244</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P31" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B32" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C32" t="s">
-        <v>116</v>
+        <v>249</v>
       </c>
       <c r="D32" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>162</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H32">
-        <v>2023</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>118</v>
+        <v>251</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="P32" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B33" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C33" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="D33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H33">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>180</v>
+        <v>250</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
-      <c r="L33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
+        <v>251</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
         <v>256</v>
       </c>
-      <c r="N33" t="s">
-[...2 lines deleted...]
-      <c r="O33" t="s">
+      <c r="P33" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>258</v>
+      </c>
+      <c r="B34" t="s">
         <v>259</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" t="s">
-        <v>261</v>
+        <v>249</v>
       </c>
       <c r="D34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G34" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>262</v>
+        <v>250</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>263</v>
+        <v>251</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="P34" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="B35" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="C35" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D35" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>21</v>
+        <v>156</v>
       </c>
       <c r="G35" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H35">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>262</v>
+        <v>133</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
-      <c r="L35"/>
+      <c r="L35" t="s">
+        <v>265</v>
+      </c>
       <c r="M35" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
+        <v>267</v>
+      </c>
+      <c r="P35" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>269</v>
+      </c>
+      <c r="B36" t="s">
+        <v>269</v>
+      </c>
+      <c r="C36" t="s">
         <v>270</v>
       </c>
-      <c r="B36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>43</v>
       </c>
       <c r="G36" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H36">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>262</v>
+        <v>125</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
-      <c r="L36"/>
+      <c r="L36" t="s">
+        <v>271</v>
+      </c>
       <c r="M36" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P36" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B37" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C37" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D37" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>162</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H37">
-        <v>2002</v>
+        <v>2022</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>139</v>
+        <v>278</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
-      <c r="L37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P37" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B38" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C38" t="s">
-        <v>282</v>
+        <v>148</v>
       </c>
       <c r="D38" t="s">
-        <v>70</v>
+        <v>284</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>43</v>
+        <v>156</v>
       </c>
       <c r="G38" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H38">
-        <v>1990</v>
-[...1 lines deleted...]
-      <c r="I38"/>
+        <v>2008</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
       <c r="J38" t="s">
-        <v>131</v>
+        <v>44</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="M38" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="N38" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O38" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="P38" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B39" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C39" t="s">
-        <v>289</v>
+        <v>132</v>
       </c>
       <c r="D39" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H39">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I39"/>
+        <v>2002</v>
+      </c>
+      <c r="I39">
+        <v>2006</v>
+      </c>
       <c r="J39" t="s">
-        <v>290</v>
+        <v>133</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
-      <c r="L39"/>
+      <c r="L39" t="s">
+        <v>134</v>
+      </c>
       <c r="M39" t="s">
+        <v>135</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
         <v>291</v>
       </c>
-      <c r="N39" t="s">
-[...2 lines deleted...]
-      <c r="O39" t="s">
+      <c r="P39" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>293</v>
+      </c>
+      <c r="B40" t="s">
         <v>294</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
-        <v>154</v>
+        <v>132</v>
       </c>
       <c r="D40" t="s">
-        <v>296</v>
+        <v>71</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>162</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="I40">
-        <v>2020</v>
+        <v>2004</v>
       </c>
       <c r="J40" t="s">
-        <v>44</v>
+        <v>133</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>297</v>
+        <v>134</v>
       </c>
       <c r="M40" t="s">
-        <v>298</v>
+        <v>135</v>
       </c>
       <c r="N40" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="P40" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>296</v>
+      </c>
+      <c r="B41" t="s">
+        <v>297</v>
+      </c>
+      <c r="C41" t="s">
+        <v>140</v>
+      </c>
+      <c r="D41" t="s">
+        <v>53</v>
+      </c>
+      <c r="E41" t="s">
+        <v>298</v>
+      </c>
+      <c r="F41" t="s">
+        <v>299</v>
+      </c>
+      <c r="G41" t="s">
+        <v>64</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>300</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
         <v>301</v>
       </c>
-      <c r="B41" t="s">
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
         <v>302</v>
       </c>
-      <c r="C41" t="s">
-[...35 lines deleted...]
-      <c r="O41" t="s">
+      <c r="P41" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>296</v>
+      </c>
+      <c r="B42" t="s">
+        <v>304</v>
+      </c>
+      <c r="C42" t="s">
+        <v>140</v>
+      </c>
+      <c r="D42" t="s">
+        <v>53</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>299</v>
+      </c>
+      <c r="G42" t="s">
+        <v>64</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>300</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>301</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
         <v>305</v>
       </c>
-      <c r="B42" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="P42" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>306</v>
+      </c>
+      <c r="B43" t="s">
+        <v>307</v>
+      </c>
+      <c r="C43" t="s">
         <v>308</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>71</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>156</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43">
+        <v>2016</v>
+      </c>
+      <c r="J43" t="s">
+        <v>141</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
         <v>309</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="M43" t="s">
         <v>310</v>
       </c>
-      <c r="F43" t="s">
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
         <v>311</v>
       </c>
-      <c r="G43" t="s">
-[...6 lines deleted...]
-      <c r="J43" t="s">
+      <c r="P43" t="s">
         <v>312</v>
-      </c>
-[...14 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="B44" t="s">
+        <v>314</v>
+      </c>
+      <c r="C44" t="s">
+        <v>315</v>
+      </c>
+      <c r="D44" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="E44" t="s">
         <v>42</v>
       </c>
       <c r="F44" t="s">
-        <v>311</v>
+        <v>101</v>
       </c>
       <c r="G44" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H44">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="K44" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="P44" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B45" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C45" t="s">
-        <v>320</v>
+        <v>117</v>
       </c>
       <c r="D45" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>162</v>
+        <v>43</v>
       </c>
       <c r="G45" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H45">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="M45" t="s">
-        <v>322</v>
+        <v>119</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="P45" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B46" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C46" t="s">
-        <v>327</v>
+        <v>242</v>
       </c>
       <c r="D46" t="s">
-        <v>328</v>
+        <v>71</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G46" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H46">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I46"/>
+        <v>1993</v>
+      </c>
+      <c r="I46">
+        <v>2010</v>
+      </c>
       <c r="J46" t="s">
+        <v>174</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>328</v>
+      </c>
+      <c r="M46" t="s">
         <v>329</v>
       </c>
-      <c r="K46" t="s">
-[...3 lines deleted...]
-      <c r="M46" t="s">
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
         <v>330</v>
       </c>
-      <c r="N46" t="s">
-[...2 lines deleted...]
-      <c r="O46" t="s">
+      <c r="P46" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>332</v>
+      </c>
+      <c r="B47" t="s">
         <v>333</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>334</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>43</v>
       </c>
       <c r="G47" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H47">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I47"/>
+        <v>2007</v>
+      </c>
+      <c r="I47">
+        <v>2011</v>
+      </c>
       <c r="J47" t="s">
-        <v>124</v>
+        <v>180</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
-      <c r="L47" t="s">
+      <c r="L47"/>
+      <c r="M47" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
         <v>336</v>
       </c>
       <c r="P47" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>338</v>
       </c>
       <c r="B48" t="s">
         <v>339</v>
       </c>
       <c r="C48" t="s">
-        <v>254</v>
+        <v>132</v>
       </c>
       <c r="D48" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E48" t="s">
         <v>42</v>
       </c>
       <c r="F48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>1993</v>
+        <v>2012</v>
       </c>
       <c r="I48">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J48" t="s">
-        <v>180</v>
+        <v>133</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
-      <c r="L48" t="s">
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>135</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
         <v>340</v>
       </c>
-      <c r="M48" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P48" t="s">
-        <v>343</v>
+        <v>292</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>341</v>
+      </c>
+      <c r="B49" t="s">
+        <v>342</v>
+      </c>
+      <c r="C49" t="s">
+        <v>343</v>
+      </c>
+      <c r="D49" t="s">
         <v>344</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>43</v>
+        <v>156</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="I49">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="J49" t="s">
-        <v>124</v>
+        <v>345</v>
       </c>
       <c r="K49" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L49"/>
+        <v>346</v>
+      </c>
+      <c r="L49" t="s">
+        <v>347</v>
+      </c>
       <c r="M49" t="s">
-        <v>125</v>
+        <v>348</v>
       </c>
       <c r="N49" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O49" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="P49" t="s">
-        <v>127</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="B50" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C50" t="s">
-        <v>138</v>
+        <v>353</v>
       </c>
       <c r="D50" t="s">
-        <v>70</v>
+        <v>354</v>
       </c>
       <c r="E50" t="s">
         <v>42</v>
       </c>
       <c r="F50" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I50">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="J50" t="s">
-        <v>139</v>
+        <v>250</v>
       </c>
       <c r="K50" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>141</v>
+        <v>355</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="P50" t="s">
-        <v>304</v>
+        <v>357</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="B51" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="C51" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="D51" t="s">
-        <v>353</v>
+        <v>71</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>162</v>
+        <v>43</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H51">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>242</v>
+        <v>174</v>
       </c>
       <c r="K51" t="s">
-        <v>354</v>
+        <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="M51" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="N51" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="P51" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="B52" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="C52" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="D52" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
         <v>43</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H52">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>262</v>
+        <v>317</v>
       </c>
       <c r="K52" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="P52" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="B53" t="s">
+        <v>373</v>
+      </c>
+      <c r="C53" t="s">
         <v>367</v>
       </c>
-      <c r="C53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>70</v>
+        <v>374</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>43</v>
       </c>
       <c r="G53" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H53">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I53"/>
+        <v>2008</v>
+      </c>
+      <c r="I53">
+        <v>2013</v>
+      </c>
       <c r="J53" t="s">
-        <v>180</v>
+        <v>375</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
+        <v>25</v>
+      </c>
+      <c r="M53" t="s">
         <v>369</v>
       </c>
-      <c r="M53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="P53" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B54" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="C54" t="s">
+        <v>380</v>
+      </c>
+      <c r="D54" t="s">
+        <v>80</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>156</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2007</v>
+      </c>
+      <c r="I54">
+        <v>2018</v>
+      </c>
+      <c r="J54" t="s">
         <v>375</v>
       </c>
-      <c r="D54" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
-      <c r="L54"/>
+      <c r="L54" t="s">
+        <v>381</v>
+      </c>
       <c r="M54" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="P54" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="B55" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="C55" t="s">
-        <v>375</v>
+        <v>155</v>
       </c>
       <c r="D55" t="s">
-        <v>382</v>
+        <v>71</v>
       </c>
       <c r="E55" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F55" t="s">
-        <v>43</v>
+        <v>156</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I55">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J55" t="s">
-        <v>383</v>
+        <v>55</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>25</v>
+        <v>387</v>
       </c>
       <c r="M55" t="s">
-        <v>377</v>
+        <v>159</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="P55" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="B56" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C56" t="s">
-        <v>388</v>
+        <v>308</v>
       </c>
       <c r="D56" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F56" t="s">
-        <v>162</v>
+        <v>101</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="I56">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="J56" t="s">
-        <v>383</v>
+        <v>174</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="M56" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="P56" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="B57" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C57" t="s">
-        <v>161</v>
+        <v>398</v>
       </c>
       <c r="D57" t="s">
-        <v>70</v>
+        <v>399</v>
       </c>
       <c r="E57" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>162</v>
+        <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H57">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I57"/>
       <c r="J57" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
-      <c r="L57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>165</v>
+        <v>400</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="P57" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
+        <v>403</v>
+      </c>
+      <c r="B58" t="s">
+        <v>404</v>
+      </c>
+      <c r="C58" t="s">
         <v>398</v>
       </c>
-      <c r="B58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D58" t="s">
-        <v>70</v>
+        <v>405</v>
       </c>
       <c r="E58" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="G58" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H58">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>180</v>
+        <v>55</v>
       </c>
       <c r="K58" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
         <v>400</v>
       </c>
-      <c r="M58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N58" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O58" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="P58" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B59" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="C59" t="s">
-        <v>406</v>
+        <v>108</v>
       </c>
       <c r="D59" t="s">
-        <v>407</v>
+        <v>71</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H59">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I59"/>
+        <v>2010</v>
+      </c>
+      <c r="I59">
+        <v>2013</v>
+      </c>
       <c r="J59" t="s">
-        <v>54</v>
+        <v>111</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
-      <c r="L59"/>
+      <c r="L59" t="s">
+        <v>410</v>
+      </c>
       <c r="M59" t="s">
-        <v>408</v>
+        <v>112</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="P59" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B60" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C60" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="D60" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>43</v>
       </c>
       <c r="G60" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H60">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I60"/>
+        <v>2009</v>
+      </c>
+      <c r="I60">
+        <v>2016</v>
+      </c>
       <c r="J60" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="N60" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="P60" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B61" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="C61" t="s">
-        <v>107</v>
+        <v>140</v>
       </c>
       <c r="D61" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E61" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F61" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="I61">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J61" t="s">
-        <v>110</v>
+        <v>422</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="M61" t="s">
-        <v>111</v>
+        <v>424</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="P61" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="B62" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="C62" t="s">
-        <v>423</v>
+        <v>79</v>
       </c>
       <c r="D62" t="s">
-        <v>424</v>
+        <v>80</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H62">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="K62" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L62"/>
-      <c r="M62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M62"/>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="P62" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B63" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C63" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="D63" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="E63" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
-        <v>2007</v>
+        <v>1997</v>
       </c>
       <c r="I63">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="J63" t="s">
-        <v>430</v>
+        <v>141</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
-      <c r="L63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L63"/>
       <c r="M63" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P63" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B64" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C64" t="s">
-        <v>78</v>
+        <v>438</v>
       </c>
       <c r="D64" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="E64" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H64">
+        <v>2011</v>
+      </c>
+      <c r="I64">
         <v>2021</v>
       </c>
-      <c r="I64"/>
       <c r="J64" t="s">
-        <v>80</v>
+        <v>141</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
-      <c r="L64"/>
-      <c r="M64"/>
+      <c r="L64" t="s">
+        <v>439</v>
+      </c>
+      <c r="M64" t="s">
+        <v>440</v>
+      </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="P64" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B65" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C65" t="s">
-        <v>146</v>
+        <v>438</v>
       </c>
       <c r="D65" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="E65" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F65" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="I65">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="J65" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
-      <c r="L65"/>
+      <c r="L65" t="s">
+        <v>445</v>
+      </c>
       <c r="M65" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="P65" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="D66" t="s">
-        <v>70</v>
+        <v>316</v>
       </c>
       <c r="E66" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>21</v>
+        <v>156</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H66">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="M66" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="P66" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B67" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C67" t="s">
-        <v>446</v>
+        <v>457</v>
       </c>
       <c r="D67" t="s">
-        <v>70</v>
+        <v>458</v>
       </c>
       <c r="E67" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>43</v>
+        <v>156</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I67">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="J67" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="M67" t="s">
-        <v>448</v>
+        <v>460</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="P67" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="B68" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="C68" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="D68" t="s">
-        <v>328</v>
+        <v>466</v>
       </c>
       <c r="E68" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F68" t="s">
-        <v>162</v>
+        <v>43</v>
       </c>
       <c r="G68" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H68">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I68"/>
+        <v>2014</v>
+      </c>
+      <c r="I68">
+        <v>2017</v>
+      </c>
       <c r="J68" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
-      <c r="L68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="P68" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="B69" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="C69" t="s">
-        <v>465</v>
+        <v>224</v>
       </c>
       <c r="D69" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="E69" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F69" t="s">
-        <v>162</v>
+        <v>43</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I69">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="J69" t="s">
-        <v>180</v>
+        <v>345</v>
       </c>
       <c r="K69" t="s">
-        <v>34</v>
+        <v>473</v>
       </c>
       <c r="L69" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="M69" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="N69" t="s">
-        <v>27</v>
+        <v>476</v>
       </c>
       <c r="O69" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="P69" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="B70" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="C70" t="s">
-        <v>473</v>
+        <v>155</v>
       </c>
       <c r="D70" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="E70" t="s">
         <v>42</v>
       </c>
       <c r="F70" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="I70">
         <v>2017</v>
       </c>
       <c r="J70" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K70" t="s">
-        <v>34</v>
+        <v>473</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="N70" t="s">
-        <v>27</v>
+        <v>476</v>
       </c>
       <c r="O70" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="P70" t="s">
-        <v>477</v>
-[...42 lines deleted...]
-      <c r="N71" t="s">
         <v>484</v>
-      </c>
-[...52 lines deleted...]
-        <v>492</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">