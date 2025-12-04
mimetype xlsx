--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -12,580 +12,770 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -849,1331 +1039,1508 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="743.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
-      </c>
-[...72 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H4">
         <v>2012</v>
       </c>
-      <c r="I4" t="s">
-        <v>30</v>
+      <c r="I4">
+        <v>2012</v>
       </c>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
         <v>2015</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
       <c r="N5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>49</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
         <v>2015</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K6"/>
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="N6" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>49</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
         <v>2015</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>49</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...9 lines deleted...]
-      <c r="A8" t="s">
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" t="s">
         <v>49</v>
       </c>
-      <c r="B8" t="s">
-[...35 lines deleted...]
-    <row r="9" spans="1:14">
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
-      <c r="I9" t="s">
-        <v>54</v>
+      <c r="I9">
+        <v>2012</v>
       </c>
       <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>71</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>84</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>86</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>110</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2023</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...16 lines deleted...]
-      <c r="B10" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>72</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>42</v>
+      </c>
+      <c r="M15" t="s">
+        <v>37</v>
+      </c>
+      <c r="N15" t="s">
         <v>27</v>
       </c>
-      <c r="C10" t="s">
-[...8 lines deleted...]
-      <c r="F10" t="s">
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G10">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>72</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>121</v>
+      </c>
+      <c r="M16" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>126</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
+        <v>127</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>134</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>110</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2007</v>
+      </c>
+      <c r="I18">
         <v>2012</v>
       </c>
-      <c r="H10">
-[...5 lines deleted...]
-      <c r="J10" t="s">
+      <c r="J18" t="s">
+        <v>135</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>136</v>
+      </c>
+      <c r="M18" t="s">
+        <v>137</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>142</v>
+      </c>
+      <c r="D19" t="s">
+        <v>143</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2025</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>144</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>145</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>148</v>
+      </c>
+      <c r="B20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C20" t="s">
+        <v>142</v>
+      </c>
+      <c r="D20" t="s">
+        <v>143</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...28 lines deleted...]
-      <c r="F11" t="s">
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2025</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>144</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>155</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>156</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>157</v>
+      </c>
+      <c r="M21" t="s">
+        <v>158</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>159</v>
+      </c>
+      <c r="P21" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>161</v>
+      </c>
+      <c r="B22" t="s">
+        <v>162</v>
+      </c>
+      <c r="C22" t="s">
+        <v>163</v>
+      </c>
+      <c r="D22" t="s">
+        <v>164</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>110</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>165</v>
+      </c>
+      <c r="K22" t="s">
+        <v>166</v>
+      </c>
+      <c r="L22" t="s">
+        <v>167</v>
+      </c>
+      <c r="M22" t="s">
+        <v>168</v>
+      </c>
+      <c r="N22" t="s">
+        <v>49</v>
+      </c>
+      <c r="O22" t="s">
+        <v>169</v>
+      </c>
+      <c r="P22" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>171</v>
+      </c>
+      <c r="B23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" t="s">
+        <v>173</v>
+      </c>
+      <c r="D23" t="s">
+        <v>174</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>110</v>
+      </c>
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2019</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>175</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>176</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>177</v>
+      </c>
+      <c r="P23" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C24" t="s">
+        <v>181</v>
+      </c>
+      <c r="D24" t="s">
+        <v>155</v>
+      </c>
+      <c r="E24" t="s">
+        <v>70</v>
+      </c>
+      <c r="F24" t="s">
+        <v>71</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2001</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>182</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>183</v>
+      </c>
+      <c r="M24" t="s">
+        <v>184</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>185</v>
+      </c>
+      <c r="P24" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>187</v>
+      </c>
+      <c r="B25" t="s">
+        <v>188</v>
+      </c>
+      <c r="C25" t="s">
+        <v>181</v>
+      </c>
+      <c r="D25" t="s">
+        <v>155</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>110</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>102</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>189</v>
+      </c>
+      <c r="M25" t="s">
+        <v>190</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>191</v>
+      </c>
+      <c r="P25" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>193</v>
+      </c>
+      <c r="B26" t="s">
+        <v>194</v>
+      </c>
+      <c r="C26" t="s">
+        <v>84</v>
+      </c>
+      <c r="D26" t="s">
         <v>19</v>
       </c>
-      <c r="G11">
-[...8 lines deleted...]
-      <c r="J11" t="s">
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...17 lines deleted...]
-      <c r="C12" t="s">
+      <c r="G26" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>87</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>195</v>
+      </c>
+      <c r="M26" t="s">
+        <v>88</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>196</v>
+      </c>
+      <c r="P26" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>198</v>
+      </c>
+      <c r="B27" t="s">
+        <v>199</v>
+      </c>
+      <c r="C27" t="s">
+        <v>101</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
         <v>70</v>
       </c>
-      <c r="D12" t="s">
-[...12 lines deleted...]
-      <c r="I12" t="s">
+      <c r="F27" t="s">
         <v>71</v>
       </c>
-      <c r="J12" t="s">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>200</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>201</v>
+      </c>
+      <c r="M27" t="s">
+        <v>202</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>203</v>
+      </c>
+      <c r="P27" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>205</v>
+      </c>
+      <c r="B28" t="s">
+        <v>206</v>
+      </c>
+      <c r="C28" t="s">
+        <v>207</v>
+      </c>
+      <c r="D28" t="s">
+        <v>208</v>
+      </c>
+      <c r="E28" t="s">
+        <v>70</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
+        <v>2021</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>102</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>209</v>
+      </c>
+      <c r="M28" t="s">
+        <v>210</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>211</v>
+      </c>
+      <c r="P28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>213</v>
+      </c>
+      <c r="B29" t="s">
+        <v>214</v>
+      </c>
+      <c r="C29" t="s">
+        <v>207</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>70</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...98 lines deleted...]
-      <c r="B15" t="s">
+      <c r="G29" t="s">
+        <v>34</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>102</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>215</v>
+      </c>
+      <c r="M29" t="s">
+        <v>210</v>
+      </c>
+      <c r="N29" t="s">
         <v>27</v>
       </c>
-      <c r="C15" t="s">
-[...629 lines deleted...]
-        <v>158</v>
+      <c r="O29" t="s">
+        <v>216</v>
+      </c>
+      <c r="P29" t="s">
+        <v>217</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>