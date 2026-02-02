--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -454,69 +454,69 @@
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Refrigerated Display Cabinet. Does not include vending machines</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
@@ -1956,51 +1956,51 @@
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>140</v>
       </c>
       <c r="B19" t="s">
         <v>141</v>
       </c>
       <c r="C19" t="s">
         <v>142</v>
       </c>
       <c r="D19" t="s">
         <v>143</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>33</v>
       </c>
       <c r="G19" t="s">
         <v>34</v>
       </c>
       <c r="H19">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>144</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>145</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>146</v>
       </c>
       <c r="P19" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>148</v>