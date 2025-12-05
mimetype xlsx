--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,1199 +12,1082 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="360">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="320">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>2021 Aspen Energy Code</t>
+  </si>
+  <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
+    <t>Colorado</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Building Code</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>City of Aspen</t>
+  </si>
+  <si>
+    <t>AC-to-heat pump</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
+  </si>
+  <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
+    <t>BDS 290:1990 Portable electric radiator for domestic use</t>
+  </si>
+  <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Portable Heaters</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
+  </si>
+  <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Heat Pumps</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
+    <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
+  </si>
+  <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>December 2018</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Water</t>
+  </si>
+  <si>
+    <t>European Commission - DG Environment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
+    <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
+  </si>
+  <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>EN 14 511:2004; EN12309-2:2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
+  </si>
+  <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Portable Heaters, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Solid Fuel</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
+  </si>
+  <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Solid Fuel</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
+    <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
+  </si>
+  <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
+    <t>CQC 3168-2018</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
+  </si>
+  <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
+    <t>CQC 3176-2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
+  </si>
+  <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>CQC 3133-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
+    <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB 20665-2015; CQC 5105-2015</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
+    <t>Energy Labeling Scheme</t>
+  </si>
+  <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
+    <t>Tajikistan</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
+  </si>
+  <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
+    <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
+  </si>
+  <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
+  </si>
+  <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
+    <t>Energy-Saving Labeling Program - Space heaters</t>
+  </si>
+  <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Energy Conservation Centre, Japan</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-space-heaters</t>
+  </si>
+  <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
+    <t>Gas Boilers - Taiwan</t>
+  </si>
+  <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>CNS 2141</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
+  </si>
+  <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
+  </si>
+  <si>
+    <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
+  </si>
+  <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Water</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2024</t>
-  </si>
-[...553 lines deleted...]
-    <t>Heat Pumps, Water</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
-    <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>GOST 26287-84 Household electric pumps - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
-    <t>Art 4.3 of GOST 16617-87</t>
-[...1 lines deleted...]
-  <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
-    <t>High-efficiency Appliances Certification Program</t>
-[...74 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan-heater</t>
   </si>
   <si>
-    <t>MEPS for Household Gas Boiler</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
-[...52 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
   </si>
   <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
-    <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
-[...39 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
+    <t>Heat Pumps, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1468,3707 +1351,2406 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N86"/>
+  <dimension ref="A1:P49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="248.796" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>1990</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...8 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...80 lines deleted...]
-      </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>36</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>62</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>36</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...33 lines deleted...]
-      <c r="A6" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>71</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
         <v>51</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>36</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
         <v>52</v>
       </c>
-      <c r="C6" t="s">
-[...132 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
-[...7 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="K9" t="s">
         <v>71</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N9" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
         <v>68</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E10" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2015</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>70</v>
       </c>
-      <c r="J10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K10" t="s">
+        <v>71</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>36</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>76</v>
       </c>
-      <c r="L10" t="s">
-[...2 lines deleted...]
-      <c r="M10" t="s">
+      <c r="K11" t="s">
+        <v>90</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>77</v>
+      </c>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" t="s">
+        <v>90</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>69</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K13" t="s">
+        <v>98</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>70</v>
+      </c>
+      <c r="K14" t="s">
+        <v>71</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>36</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" t="s">
+        <v>52</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>76</v>
+      </c>
+      <c r="K15" t="s">
+        <v>71</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>77</v>
+      </c>
+      <c r="N15" t="s">
+        <v>36</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
+        <v>53</v>
+      </c>
+      <c r="F16" t="s">
+        <v>54</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2018</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>44</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...36 lines deleted...]
-      <c r="M11" t="s">
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>111</v>
+      </c>
+      <c r="N16" t="s">
+        <v>36</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" t="s">
+        <v>53</v>
+      </c>
+      <c r="F17" t="s">
+        <v>54</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>44</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...38 lines deleted...]
-      <c r="M12" t="s">
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>111</v>
+      </c>
+      <c r="N17" t="s">
+        <v>36</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>54</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>121</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...22 lines deleted...]
-      <c r="G13">
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>111</v>
+      </c>
+      <c r="N18" t="s">
+        <v>36</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>53</v>
+      </c>
+      <c r="F19" t="s">
+        <v>54</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2015</v>
       </c>
-      <c r="H13"/>
-[...152 lines deleted...]
-      <c r="G17">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>121</v>
+      </c>
+      <c r="K19" t="s">
+        <v>127</v>
+      </c>
+      <c r="L19" t="s">
+        <v>128</v>
+      </c>
+      <c r="M19" t="s">
+        <v>111</v>
+      </c>
+      <c r="N19" t="s">
+        <v>36</v>
+      </c>
+      <c r="O19" t="s">
+        <v>129</v>
+      </c>
+      <c r="P19" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>131</v>
+      </c>
+      <c r="B20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" t="s">
+        <v>133</v>
+      </c>
+      <c r="D20" t="s">
+        <v>134</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2013</v>
       </c>
-      <c r="H17"/>
-[...118 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="K20"/>
+        <v>34</v>
+      </c>
+      <c r="K20" t="s">
+        <v>62</v>
+      </c>
       <c r="L20"/>
       <c r="M20" t="s">
+        <v>135</v>
+      </c>
+      <c r="N20" t="s">
+        <v>36</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>140</v>
+      </c>
+      <c r="D21" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1993</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>141</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N20" t="s">
-[...19 lines deleted...]
-      <c r="F21" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>135</v>
+      </c>
+      <c r="N21" t="s">
+        <v>36</v>
+      </c>
+      <c r="O21" t="s">
+        <v>142</v>
+      </c>
+      <c r="P21" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D22" t="s">
+        <v>52</v>
+      </c>
+      <c r="E22" t="s">
+        <v>53</v>
+      </c>
+      <c r="F22" t="s">
+        <v>54</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>146</v>
+      </c>
+      <c r="K22" t="s">
+        <v>147</v>
+      </c>
+      <c r="L22" t="s">
+        <v>148</v>
+      </c>
+      <c r="M22" t="s">
+        <v>149</v>
+      </c>
+      <c r="N22" t="s">
+        <v>36</v>
+      </c>
+      <c r="O22" t="s">
+        <v>150</v>
+      </c>
+      <c r="P22" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" t="s">
+        <v>153</v>
+      </c>
+      <c r="C23" t="s">
+        <v>154</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" t="s">
+        <v>54</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>121</v>
+      </c>
+      <c r="K23" t="s">
+        <v>147</v>
+      </c>
+      <c r="L23" t="s">
+        <v>155</v>
+      </c>
+      <c r="M23" t="s">
+        <v>156</v>
+      </c>
+      <c r="N23" t="s">
+        <v>36</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>161</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>53</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2006</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>162</v>
+      </c>
+      <c r="K24" t="s">
+        <v>147</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>163</v>
+      </c>
+      <c r="N24" t="s">
+        <v>36</v>
+      </c>
+      <c r="O24" t="s">
+        <v>164</v>
+      </c>
+      <c r="P24" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>166</v>
+      </c>
+      <c r="B25" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" t="s">
+        <v>168</v>
+      </c>
+      <c r="D25" t="s">
+        <v>52</v>
+      </c>
+      <c r="E25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2003</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>169</v>
+      </c>
+      <c r="K25" t="s">
+        <v>127</v>
+      </c>
+      <c r="L25" t="s">
+        <v>170</v>
+      </c>
+      <c r="M25" t="s">
+        <v>171</v>
+      </c>
+      <c r="N25" t="s">
+        <v>36</v>
+      </c>
+      <c r="O25" t="s">
+        <v>172</v>
+      </c>
+      <c r="P25" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>166</v>
+      </c>
+      <c r="B26" t="s">
+        <v>167</v>
+      </c>
+      <c r="C26" t="s">
+        <v>168</v>
+      </c>
+      <c r="D26" t="s">
+        <v>52</v>
+      </c>
+      <c r="E26" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>169</v>
+      </c>
+      <c r="K26" t="s">
+        <v>174</v>
+      </c>
+      <c r="L26" t="s">
+        <v>170</v>
+      </c>
+      <c r="M26" t="s">
+        <v>175</v>
+      </c>
+      <c r="N26" t="s">
+        <v>36</v>
+      </c>
+      <c r="O26" t="s">
+        <v>176</v>
+      </c>
+      <c r="P26" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>177</v>
+      </c>
+      <c r="B27" t="s">
+        <v>178</v>
+      </c>
+      <c r="C27" t="s">
+        <v>41</v>
+      </c>
+      <c r="D27" t="s">
+        <v>179</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>180</v>
+      </c>
+      <c r="H27">
+        <v>2024</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>181</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>182</v>
+      </c>
+      <c r="M27" t="s">
+        <v>183</v>
+      </c>
+      <c r="N27" t="s">
+        <v>36</v>
+      </c>
+      <c r="O27" t="s">
+        <v>184</v>
+      </c>
+      <c r="P27" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>186</v>
+      </c>
+      <c r="B28" t="s">
+        <v>187</v>
+      </c>
+      <c r="C28" t="s">
+        <v>41</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2021</v>
+      </c>
+      <c r="J28" t="s">
+        <v>44</v>
+      </c>
+      <c r="K28" t="s">
+        <v>127</v>
+      </c>
+      <c r="L28" t="s">
+        <v>188</v>
+      </c>
+      <c r="M28" t="s">
         <v>46</v>
       </c>
-      <c r="G21">
-[...13 lines deleted...]
-      <c r="M21" t="s">
+      <c r="N28" t="s">
+        <v>189</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>193</v>
+      </c>
+      <c r="C29" t="s">
+        <v>41</v>
+      </c>
+      <c r="D29" t="s">
+        <v>52</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>121</v>
+      </c>
+      <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="N21" t="s">
-[...19 lines deleted...]
-      <c r="F22" t="s">
+      <c r="L29" t="s">
+        <v>194</v>
+      </c>
+      <c r="M29" t="s">
+        <v>195</v>
+      </c>
+      <c r="N29" t="s">
+        <v>189</v>
+      </c>
+      <c r="O29" t="s">
+        <v>196</v>
+      </c>
+      <c r="P29" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>198</v>
+      </c>
+      <c r="B30" t="s">
+        <v>40</v>
+      </c>
+      <c r="C30" t="s">
+        <v>41</v>
+      </c>
+      <c r="D30" t="s">
+        <v>42</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2020</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>44</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>45</v>
+      </c>
+      <c r="M30" t="s">
+        <v>195</v>
+      </c>
+      <c r="N30" t="s">
+        <v>36</v>
+      </c>
+      <c r="O30" t="s">
+        <v>199</v>
+      </c>
+      <c r="P30" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>201</v>
+      </c>
+      <c r="B31" t="s">
+        <v>202</v>
+      </c>
+      <c r="C31" t="s">
+        <v>41</v>
+      </c>
+      <c r="D31" t="s">
+        <v>52</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>33</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>44</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>203</v>
+      </c>
+      <c r="M31" t="s">
+        <v>195</v>
+      </c>
+      <c r="N31" t="s">
+        <v>189</v>
+      </c>
+      <c r="O31" t="s">
+        <v>204</v>
+      </c>
+      <c r="P31" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>206</v>
+      </c>
+      <c r="B32" t="s">
+        <v>207</v>
+      </c>
+      <c r="C32" t="s">
+        <v>208</v>
+      </c>
+      <c r="D32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E32" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>169</v>
+      </c>
+      <c r="K32" t="s">
+        <v>127</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>209</v>
+      </c>
+      <c r="N32" t="s">
+        <v>36</v>
+      </c>
+      <c r="O32" t="s">
+        <v>210</v>
+      </c>
+      <c r="P32" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>212</v>
+      </c>
+      <c r="B33" t="s">
+        <v>213</v>
+      </c>
+      <c r="C33" t="s">
+        <v>214</v>
+      </c>
+      <c r="D33" t="s">
+        <v>215</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2022</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>216</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>217</v>
+      </c>
+      <c r="P33" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>219</v>
+      </c>
+      <c r="B34" t="s">
+        <v>220</v>
+      </c>
+      <c r="C34" t="s">
+        <v>221</v>
+      </c>
+      <c r="D34" t="s">
+        <v>52</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2011</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>222</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>223</v>
+      </c>
+      <c r="N34" t="s">
+        <v>36</v>
+      </c>
+      <c r="O34" t="s">
+        <v>224</v>
+      </c>
+      <c r="P34" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>226</v>
+      </c>
+      <c r="B35" t="s">
+        <v>227</v>
+      </c>
+      <c r="C35" t="s">
+        <v>168</v>
+      </c>
+      <c r="D35" t="s">
+        <v>52</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>33</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2003</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>141</v>
+      </c>
+      <c r="K35" t="s">
+        <v>62</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>175</v>
+      </c>
+      <c r="N35" t="s">
+        <v>189</v>
+      </c>
+      <c r="O35" t="s">
+        <v>228</v>
+      </c>
+      <c r="P35" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>230</v>
+      </c>
+      <c r="B36" t="s">
+        <v>231</v>
+      </c>
+      <c r="C36" t="s">
+        <v>133</v>
+      </c>
+      <c r="D36" t="s">
+        <v>134</v>
+      </c>
+      <c r="E36" t="s">
+        <v>53</v>
+      </c>
+      <c r="F36" t="s">
+        <v>33</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>34</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>135</v>
+      </c>
+      <c r="N36" t="s">
+        <v>36</v>
+      </c>
+      <c r="O36" t="s">
+        <v>232</v>
+      </c>
+      <c r="P36" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>233</v>
+      </c>
+      <c r="B37" t="s">
+        <v>234</v>
+      </c>
+      <c r="C37" t="s">
+        <v>235</v>
+      </c>
+      <c r="D37" t="s">
+        <v>52</v>
+      </c>
+      <c r="E37" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" t="s">
+        <v>236</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>237</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>238</v>
+      </c>
+      <c r="N37" t="s">
+        <v>36</v>
+      </c>
+      <c r="O37" t="s">
+        <v>239</v>
+      </c>
+      <c r="P37" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>241</v>
+      </c>
+      <c r="B38" t="s">
+        <v>242</v>
+      </c>
+      <c r="C38" t="s">
+        <v>208</v>
+      </c>
+      <c r="D38" t="s">
+        <v>243</v>
+      </c>
+      <c r="E38" t="s">
+        <v>53</v>
+      </c>
+      <c r="F38" t="s">
+        <v>43</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>169</v>
+      </c>
+      <c r="K38" t="s">
+        <v>62</v>
+      </c>
+      <c r="L38" t="s">
+        <v>244</v>
+      </c>
+      <c r="M38" t="s">
+        <v>245</v>
+      </c>
+      <c r="N38" t="s">
+        <v>36</v>
+      </c>
+      <c r="O38" t="s">
+        <v>246</v>
+      </c>
+      <c r="P38" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>248</v>
+      </c>
+      <c r="B39" t="s">
+        <v>249</v>
+      </c>
+      <c r="C39" t="s">
+        <v>250</v>
+      </c>
+      <c r="D39" t="s">
+        <v>89</v>
+      </c>
+      <c r="E39" t="s">
+        <v>53</v>
+      </c>
+      <c r="F39" t="s">
+        <v>54</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>251</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>252</v>
+      </c>
+      <c r="M39" t="s">
+        <v>253</v>
+      </c>
+      <c r="N39" t="s">
+        <v>36</v>
+      </c>
+      <c r="O39" t="s">
+        <v>254</v>
+      </c>
+      <c r="P39" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>256</v>
+      </c>
+      <c r="B40" t="s">
+        <v>257</v>
+      </c>
+      <c r="C40" t="s">
+        <v>214</v>
+      </c>
+      <c r="D40" t="s">
         <v>19</v>
       </c>
-      <c r="G22">
-[...2 lines deleted...]
-      <c r="H22">
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2022</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>23</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>258</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>259</v>
+      </c>
+      <c r="P40" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>261</v>
+      </c>
+      <c r="B41" t="s">
+        <v>262</v>
+      </c>
+      <c r="C41" t="s">
+        <v>263</v>
+      </c>
+      <c r="D41" t="s">
+        <v>52</v>
+      </c>
+      <c r="E41" t="s">
+        <v>53</v>
+      </c>
+      <c r="F41" t="s">
+        <v>264</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2024</v>
       </c>
-      <c r="I22" t="s">
-[...9 lines deleted...]
-      <c r="M22" t="s">
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>181</v>
+      </c>
+      <c r="K41" t="s">
+        <v>265</v>
+      </c>
+      <c r="L41" t="s">
+        <v>266</v>
+      </c>
+      <c r="M41" t="s">
+        <v>267</v>
+      </c>
+      <c r="N41" t="s">
+        <v>189</v>
+      </c>
+      <c r="O41" t="s">
+        <v>268</v>
+      </c>
+      <c r="P41" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>270</v>
+      </c>
+      <c r="B42" t="s">
+        <v>271</v>
+      </c>
+      <c r="C42" t="s">
+        <v>272</v>
+      </c>
+      <c r="D42" t="s">
+        <v>273</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>33</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2016</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>141</v>
+      </c>
+      <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="N22" t="s">
-[...38 lines deleted...]
-      <c r="M23" t="s">
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>274</v>
+      </c>
+      <c r="N42" t="s">
+        <v>36</v>
+      </c>
+      <c r="O42" t="s">
+        <v>275</v>
+      </c>
+      <c r="P42" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>277</v>
+      </c>
+      <c r="B43" t="s">
+        <v>278</v>
+      </c>
+      <c r="C43" t="s">
+        <v>272</v>
+      </c>
+      <c r="D43" t="s">
+        <v>279</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>43</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2017</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>141</v>
+      </c>
+      <c r="K43" t="s">
+        <v>62</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>274</v>
+      </c>
+      <c r="N43" t="s">
+        <v>189</v>
+      </c>
+      <c r="O43" t="s">
+        <v>280</v>
+      </c>
+      <c r="P43" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>282</v>
+      </c>
+      <c r="B44" t="s">
+        <v>283</v>
+      </c>
+      <c r="C44" t="s">
+        <v>284</v>
+      </c>
+      <c r="D44" t="s">
+        <v>52</v>
+      </c>
+      <c r="E44" t="s">
+        <v>53</v>
+      </c>
+      <c r="F44" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2022</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>285</v>
+      </c>
+      <c r="K44" t="s">
+        <v>286</v>
+      </c>
+      <c r="L44" t="s">
+        <v>287</v>
+      </c>
+      <c r="M44" t="s">
+        <v>288</v>
+      </c>
+      <c r="N44" t="s">
+        <v>36</v>
+      </c>
+      <c r="O44" t="s">
+        <v>289</v>
+      </c>
+      <c r="P44" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>291</v>
+      </c>
+      <c r="B45" t="s">
+        <v>292</v>
+      </c>
+      <c r="C45" t="s">
+        <v>284</v>
+      </c>
+      <c r="D45" t="s">
+        <v>32</v>
+      </c>
+      <c r="E45" t="s">
+        <v>53</v>
+      </c>
+      <c r="F45" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2022</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>285</v>
+      </c>
+      <c r="K45" t="s">
+        <v>293</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>288</v>
+      </c>
+      <c r="N45" t="s">
+        <v>36</v>
+      </c>
+      <c r="O45" t="s">
+        <v>294</v>
+      </c>
+      <c r="P45" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>296</v>
+      </c>
+      <c r="B46" t="s">
+        <v>297</v>
+      </c>
+      <c r="C46" t="s">
+        <v>284</v>
+      </c>
+      <c r="D46" t="s">
+        <v>52</v>
+      </c>
+      <c r="E46" t="s">
+        <v>53</v>
+      </c>
+      <c r="F46" t="s">
+        <v>33</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2022</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>285</v>
+      </c>
+      <c r="K46" t="s">
+        <v>71</v>
+      </c>
+      <c r="L46" t="s">
+        <v>298</v>
+      </c>
+      <c r="M46" t="s">
+        <v>288</v>
+      </c>
+      <c r="N46" t="s">
+        <v>36</v>
+      </c>
+      <c r="O46" t="s">
+        <v>299</v>
+      </c>
+      <c r="P46" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>301</v>
+      </c>
+      <c r="B47" t="s">
+        <v>302</v>
+      </c>
+      <c r="C47" t="s">
+        <v>284</v>
+      </c>
+      <c r="D47" t="s">
+        <v>32</v>
+      </c>
+      <c r="E47" t="s">
+        <v>53</v>
+      </c>
+      <c r="F47" t="s">
+        <v>33</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2022</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>285</v>
+      </c>
+      <c r="K47" t="s">
+        <v>303</v>
+      </c>
+      <c r="L47" t="s">
+        <v>304</v>
+      </c>
+      <c r="M47" t="s">
+        <v>288</v>
+      </c>
+      <c r="N47" t="s">
+        <v>36</v>
+      </c>
+      <c r="O47" t="s">
+        <v>305</v>
+      </c>
+      <c r="P47" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>307</v>
+      </c>
+      <c r="B48" t="s">
+        <v>308</v>
+      </c>
+      <c r="C48" t="s">
+        <v>284</v>
+      </c>
+      <c r="D48" t="s">
+        <v>32</v>
+      </c>
+      <c r="E48" t="s">
+        <v>53</v>
+      </c>
+      <c r="F48" t="s">
+        <v>33</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2022</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>285</v>
+      </c>
+      <c r="K48" t="s">
         <v>24</v>
       </c>
-      <c r="N23" t="s">
-[...38 lines deleted...]
-      <c r="M24" t="s">
+      <c r="L48" t="s">
+        <v>309</v>
+      </c>
+      <c r="M48" t="s">
+        <v>288</v>
+      </c>
+      <c r="N48" t="s">
+        <v>36</v>
+      </c>
+      <c r="O48" t="s">
+        <v>310</v>
+      </c>
+      <c r="P48" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>312</v>
+      </c>
+      <c r="B49" t="s">
+        <v>313</v>
+      </c>
+      <c r="C49" t="s">
+        <v>314</v>
+      </c>
+      <c r="D49" t="s">
+        <v>315</v>
+      </c>
+      <c r="E49" t="s">
+        <v>53</v>
+      </c>
+      <c r="F49" t="s">
+        <v>43</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>141</v>
+      </c>
+      <c r="K49" t="s">
         <v>24</v>
       </c>
-      <c r="N24" t="s">
-[...1054 lines deleted...]
-      </c>
       <c r="L49" t="s">
-        <v>214</v>
+        <v>316</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>317</v>
       </c>
       <c r="N49" t="s">
-        <v>220</v>
-[...1132 lines deleted...]
-      <c r="N76" t="s">
+        <v>36</v>
+      </c>
+      <c r="O49" t="s">
         <v>318</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A77" t="s">
+      <c r="P49" t="s">
         <v>319</v>
       </c>
-      <c r="B77" t="s">
-[...409 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>