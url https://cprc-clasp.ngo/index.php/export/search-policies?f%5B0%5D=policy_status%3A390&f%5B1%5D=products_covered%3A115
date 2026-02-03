--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,651 +12,472 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>2021 Aspen Energy Code</t>
+  </si>
+  <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
+    <t>Colorado</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Building Code</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>City of Aspen</t>
+  </si>
+  <si>
+    <t>AC-to-heat pump</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
+  </si>
+  <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
+    <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
+  </si>
+  <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Heat Pumps</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
+    <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
+  </si>
+  <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>December 2018</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>EN 14 511:2004; EN12309-2:2000</t>
+  </si>
+  <si>
+    <t>European Commission - DG Environment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Solar</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
+    <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
+  </si>
+  <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
+    <t>CQC 3168-2018</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
+  </si>
+  <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
+    <t>CQC 3176-2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
+    <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
+  </si>
+  <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Water</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>New</t>
   </si>
   <si>
     <t>December 2024</t>
-  </si>
-[...313 lines deleted...]
-    <t>Heat Pumps, Water</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
-    <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
   </si>
   <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
-    <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
-[...57 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
+    <t>Heat Pumps, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -920,1421 +741,772 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="257" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="248.796" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...39 lines deleted...]
-      <c r="N3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>32</v>
       </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...20 lines deleted...]
-      <c r="I4" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
         <v>37</v>
       </c>
-      <c r="J4" t="s">
-[...12 lines deleted...]
-        <v>41</v>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...39 lines deleted...]
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
         <v>53</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>37</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>37</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>37</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G9" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9">
+        <v>2024</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>37</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>78</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>43</v>
+      </c>
+      <c r="F12" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>37</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>91</v>
+      </c>
+      <c r="D13" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...17 lines deleted...]
-      <c r="M6" t="s">
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-        <v>58</v>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...36 lines deleted...]
-      <c r="M7" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>112</v>
+      </c>
+      <c r="E14" t="s">
+        <v>43</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...282 lines deleted...]
-      <c r="K14"/>
       <c r="L14" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="N14" t="s">
-        <v>97</v>
-[...206 lines deleted...]
-      <c r="L19" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" t="s">
         <v>116</v>
       </c>
-      <c r="M19" t="s">
-[...2 lines deleted...]
-      <c r="N19" t="s">
+      <c r="P14" t="s">
         <v>117</v>
-      </c>
-[...504 lines deleted...]
-        <v>177</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>