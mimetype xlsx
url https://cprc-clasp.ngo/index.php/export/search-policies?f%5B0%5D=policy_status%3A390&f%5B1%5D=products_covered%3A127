--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,711 +12,523 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
+  </si>
+  <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Solar</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
-    <t>United States of America*</t>
-[...14 lines deleted...]
-    <t>December 2024</t>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>August 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
+  </si>
+  <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>CNS 13605</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
+    <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>MELS for Water Heater</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
-    <t>10 CFR 430 Subpart B</t>
-[...23 lines deleted...]
-    <t>10 CFR 431 and product-specific Subparts</t>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>NOM-003-ENER-2021</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Gas, LPG</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
+  </si>
+  <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
+    <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, LPG, Solar</t>
+  </si>
+  <si>
+    <t>NMX-ES-004-NORMEX-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
+    <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>SEC PC N° 6/1-2</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
+    <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
+  </si>
+  <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
+    <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
+    <t>NOM-003-ENER-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
+  </si>
+  <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines (MINEM)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
+  </si>
+  <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
+  </si>
+  <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
-[...474 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
-    <t>The Energy Efficiency Label No.5 for electric water heaters</t>
-[...25 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -980,1797 +792,996 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N40"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="580.287" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" t="s">
+        <v>45</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E7" t="s">
+        <v>55</v>
+      </c>
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>58</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...35 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...32 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...36 lines deleted...]
-      <c r="M5" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2025</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...204 lines deleted...]
-      <c r="K10"/>
       <c r="L10"/>
       <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>57</v>
+      </c>
+      <c r="K11" t="s">
+        <v>85</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>87</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>92</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>73</v>
+      </c>
+      <c r="K12" t="s">
+        <v>94</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>92</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
+        <v>100</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>106</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>107</v>
+      </c>
+      <c r="K14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>57</v>
+      </c>
+      <c r="K15" t="s">
+        <v>58</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>60</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>92</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>93</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>107</v>
+      </c>
+      <c r="K16" t="s">
+        <v>58</v>
+      </c>
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" t="s">
+        <v>95</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>123</v>
+      </c>
+      <c r="D17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>125</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...32 lines deleted...]
-      <c r="K11" t="s">
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>126</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>123</v>
+      </c>
+      <c r="D18" t="s">
+        <v>131</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
         <v>22</v>
       </c>
-      <c r="L11"/>
-      <c r="M11" t="s">
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>125</v>
+      </c>
+      <c r="K18" t="s">
+        <v>85</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>126</v>
+      </c>
+      <c r="N18" t="s">
+        <v>132</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>55</v>
+      </c>
+      <c r="F19" t="s">
+        <v>56</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>138</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...338 lines deleted...]
-      </c>
       <c r="L19" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="N19" t="s">
-        <v>115</v>
-[...257 lines deleted...]
-      <c r="A26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
         <v>141</v>
       </c>
-      <c r="B26" t="s">
-[...31 lines deleted...]
-      <c r="N26" t="s">
+      <c r="P19" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="27" spans="1:14">
-[...582 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>