--- v1 (2025-12-04)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -226,66 +226,69 @@
   <si>
     <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
     <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
@@ -1210,542 +1213,542 @@
       </c>
       <c r="P8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>70</v>
       </c>
       <c r="B9" t="s">
         <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>72</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>33</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>72</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2025</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>57</v>
       </c>
       <c r="K11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2021</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B13"/>
       <c r="C13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>33</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2017</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K14" t="s">
         <v>58</v>
       </c>
       <c r="L14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
         <v>54</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>55</v>
       </c>
       <c r="F15" t="s">
         <v>33</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>57</v>
       </c>
       <c r="K15" t="s">
         <v>58</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>60</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D16" t="s">
         <v>32</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2011</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K16" t="s">
         <v>58</v>
       </c>
       <c r="L16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2016</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>33</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K18" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
         <v>56</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">