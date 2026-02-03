--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,1075 +12,688 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>CEL-012. Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB/T 20289-2006 GB 21519-2008</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-012-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Solar</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
-    <t>United States of America*</t>
-[...7 lines deleted...]
-  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>December 2024</t>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>August 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
+    <t>GOST 23110-84 Household electric water heaters - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>MELS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
-    <t>10 CFR 430 Subpart B</t>
-[...23 lines deleted...]
-    <t>10 CFR 431 and product-specific Subparts</t>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>NOM-003-ENER-2021</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>Gas, LPG</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
+  </si>
+  <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
+    <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, LPG, Solar</t>
+  </si>
+  <si>
+    <t>NMX-ES-004-NORMEX-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
+  </si>
+  <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
+  </si>
+  <si>
+    <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
+  </si>
+  <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>Singapore Environment Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
+    <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
+    <t>NOM-003-ENER-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
+  </si>
+  <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines (MINEM)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
+  </si>
+  <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
+  </si>
+  <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
-[...200 lines deleted...]
-    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
+    <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
-    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
-[...5 lines deleted...]
-    <t>January 2024</t>
+    <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
-[...472 lines deleted...]
-    <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No. 26897</t>
+  </si>
+  <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
-    <t>Etiquetado Energetico Colombia</t>
-[...124 lines deleted...]
-  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
-    <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
-[...35 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
   </si>
   <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1344,3161 +957,1370 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N72"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="580.287" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...35 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>43</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>43</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D8" t="s">
         <v>32</v>
       </c>
-    </row>
-[...37 lines deleted...]
-      <c r="M4" t="s">
+      <c r="E8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1984</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>75</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>73</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
         <v>41</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="M5" t="s">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>53</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...36 lines deleted...]
-      <c r="M6" t="s">
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>87</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>92</v>
+      </c>
+      <c r="D12" t="s">
+        <v>41</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>93</v>
+      </c>
+      <c r="H12">
+        <v>2024</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...246 lines deleted...]
-      <c r="K12"/>
       <c r="L12"/>
       <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>92</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2025</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
-      </c>
-[...34 lines deleted...]
-        <v>22</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14" t="s">
+        <v>103</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>104</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N13" t="s">
-[...7 lines deleted...]
-      <c r="B14" t="s">
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>105</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>65</v>
+      </c>
+      <c r="K15" t="s">
+        <v>111</v>
+      </c>
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>118</v>
+      </c>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>73</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>94</v>
+      </c>
+      <c r="K16" t="s">
+        <v>119</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>120</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17"/>
+      <c r="C17" t="s">
+        <v>118</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>53</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>124</v>
+      </c>
+      <c r="K17" t="s">
+        <v>125</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>120</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>132</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>133</v>
+      </c>
+      <c r="M18" t="s">
+        <v>134</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>73</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>65</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>105</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>142</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>64</v>
+      </c>
+      <c r="F20" t="s">
+        <v>73</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2019</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>104</v>
+      </c>
+      <c r="K20" t="s">
+        <v>143</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" t="s">
+        <v>146</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" t="s">
+        <v>64</v>
+      </c>
+      <c r="F21" t="s">
+        <v>151</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>152</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>153</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>118</v>
+      </c>
+      <c r="D22" t="s">
+        <v>41</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>73</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>132</v>
+      </c>
+      <c r="K22" t="s">
         <v>75</v>
       </c>
-      <c r="C14" t="s">
-[...27 lines deleted...]
-      <c r="M14" t="s">
+      <c r="L22" t="s">
+        <v>158</v>
+      </c>
+      <c r="M22" t="s">
+        <v>120</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>159</v>
+      </c>
+      <c r="P22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>161</v>
+      </c>
+      <c r="B23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C23" t="s">
+        <v>163</v>
+      </c>
+      <c r="D23" t="s">
+        <v>164</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>53</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>104</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N14" t="s">
-[...25 lines deleted...]
-      <c r="H15">
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>165</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>166</v>
+      </c>
+      <c r="P23" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>168</v>
+      </c>
+      <c r="B24" t="s">
+        <v>169</v>
+      </c>
+      <c r="C24" t="s">
+        <v>163</v>
+      </c>
+      <c r="D24" t="s">
+        <v>170</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>104</v>
+      </c>
+      <c r="K24" t="s">
+        <v>111</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>165</v>
+      </c>
+      <c r="N24" t="s">
+        <v>171</v>
+      </c>
+      <c r="O24" t="s">
+        <v>172</v>
+      </c>
+      <c r="P24" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>174</v>
+      </c>
+      <c r="B25" t="s">
+        <v>175</v>
+      </c>
+      <c r="C25" t="s">
+        <v>176</v>
+      </c>
+      <c r="D25" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>53</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>177</v>
+      </c>
+      <c r="K25" t="s">
+        <v>143</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>178</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>181</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>183</v>
+      </c>
+      <c r="D26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E26" t="s">
+        <v>64</v>
+      </c>
+      <c r="F26" t="s">
+        <v>184</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>185</v>
+      </c>
+      <c r="K26" t="s">
+        <v>186</v>
+      </c>
+      <c r="L26" t="s">
+        <v>187</v>
+      </c>
+      <c r="M26" t="s">
+        <v>188</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" t="s">
+        <v>193</v>
+      </c>
+      <c r="D27" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>73</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2014</v>
       </c>
-      <c r="I15" t="s">
-[...11 lines deleted...]
-      <c r="M15" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>132</v>
+      </c>
+      <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...516 lines deleted...]
-      </c>
       <c r="L27" t="s">
-        <v>139</v>
+        <v>194</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>195</v>
       </c>
       <c r="N27" t="s">
-        <v>144</v>
-[...565 lines deleted...]
-      <c r="A41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
         <v>196</v>
       </c>
-      <c r="B41" t="s">
-[...24 lines deleted...]
-      <c r="K41" t="s">
+      <c r="P27" t="s">
         <v>197</v>
       </c>
-      <c r="L41" t="s">
-[...1299 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>