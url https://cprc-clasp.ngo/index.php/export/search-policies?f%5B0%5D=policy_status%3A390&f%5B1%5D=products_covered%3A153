--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,940 +12,630 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
-[...5 lines deleted...]
-    <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
+  </si>
+  <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>Electric Motors Minimum Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...11 lines deleted...]
-    <t>U.S. Department of Energy</t>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
+    <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
+  </si>
+  <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
+    <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
+  </si>
+  <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
-[...89 lines deleted...]
-    <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for 3 phase motor</t>
+  </si>
+  <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Endorsement Label</t>
-[...71 lines deleted...]
-    <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>TIS 867-2550 or IEC 60034-2</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-3-phase-motor</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
-    <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
-[...230 lines deleted...]
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...29 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
-    <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
-[...33 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
   </si>
   <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
-    <t>Procel Seal - Electric Motors</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
   </si>
   <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
   </si>
   <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
+    <t>January 2016</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
-[...38 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
-    <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1209,2435 +899,1148 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N55"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="463.458" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1994</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...17 lines deleted...]
-      <c r="H3">
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2006</v>
       </c>
-      <c r="I3" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...11 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
-[...21 lines deleted...]
-      <c r="J4" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...158 lines deleted...]
-        <v>2001</v>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K8" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
         <v>59</v>
       </c>
-      <c r="M8" t="s">
-[...10 lines deleted...]
-      <c r="B9" t="s">
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>41</v>
       </c>
-      <c r="C9" t="s">
-[...56 lines deleted...]
-        <v>2001</v>
+      <c r="G10" t="s">
+        <v>90</v>
       </c>
       <c r="H10">
         <v>2018</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>59</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>98</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>67</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>69</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>41</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" t="s">
+        <v>40</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>49</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>43</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...55 lines deleted...]
-      <c r="A12" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>75</v>
       </c>
-      <c r="B12" t="s">
-[...106 lines deleted...]
-      <c r="K14"/>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
       <c r="L14" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="N14" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>92</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>49</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2019</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>30</v>
+        <v>125</v>
       </c>
       <c r="N15" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>98</v>
+        <v>128</v>
       </c>
       <c r="B16" t="s">
-        <v>99</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K16"/>
+        <v>131</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
       <c r="L16" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="M16" t="s">
-        <v>30</v>
+        <v>133</v>
       </c>
       <c r="N16" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>138</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>66</v>
+      </c>
+      <c r="F17" t="s">
+        <v>49</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>50</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>139</v>
+      </c>
+      <c r="M17" t="s">
+        <v>140</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>141</v>
+      </c>
+      <c r="P17" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D18" t="s">
+        <v>146</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>41</v>
       </c>
-      <c r="C17" t="s">
-[...29 lines deleted...]
-      <c r="M17" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>50</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N17" t="s">
-[...7 lines deleted...]
-      <c r="B18" t="s">
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>147</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>66</v>
+      </c>
+      <c r="F19" t="s">
+        <v>152</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1998</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>153</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>154</v>
+      </c>
+      <c r="M19" t="s">
+        <v>155</v>
+      </c>
+      <c r="N19" t="s">
+        <v>59</v>
+      </c>
+      <c r="O19" t="s">
+        <v>156</v>
+      </c>
+      <c r="P19" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>158</v>
+      </c>
+      <c r="B20" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" t="s">
+        <v>160</v>
+      </c>
+      <c r="D20" t="s">
+        <v>161</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>49</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>162</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>163</v>
+      </c>
+      <c r="N20" t="s">
+        <v>59</v>
+      </c>
+      <c r="O20" t="s">
+        <v>164</v>
+      </c>
+      <c r="P20" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>166</v>
+      </c>
+      <c r="B21" t="s">
+        <v>167</v>
+      </c>
+      <c r="C21" t="s">
+        <v>64</v>
+      </c>
+      <c r="D21" t="s">
+        <v>65</v>
+      </c>
+      <c r="E21" t="s">
+        <v>66</v>
+      </c>
+      <c r="F21" t="s">
         <v>41</v>
       </c>
-      <c r="C18" t="s">
-[...27 lines deleted...]
-      <c r="M18" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2007</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>67</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N18" t="s">
-[...40 lines deleted...]
-      <c r="M19" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>168</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>169</v>
+      </c>
+      <c r="P21" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>171</v>
+      </c>
+      <c r="B22" t="s">
+        <v>172</v>
+      </c>
+      <c r="C22" t="s">
+        <v>173</v>
+      </c>
+      <c r="D22" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N19" t="s">
-[...121 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>30</v>
+        <v>174</v>
       </c>
       <c r="N22" t="s">
-        <v>132</v>
-[...453 lines deleted...]
-      <c r="K33" t="s">
+        <v>59</v>
+      </c>
+      <c r="O22" t="s">
         <v>175</v>
       </c>
-      <c r="L33" t="s">
+      <c r="P22" t="s">
         <v>176</v>
       </c>
-      <c r="M33" t="s">
-[...936 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>