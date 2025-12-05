--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,267 +12,205 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
-[...8 lines deleted...]
-    <t>Mandatory</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, China</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>December 2020</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...61 lines deleted...]
-    <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -536,409 +474,252 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="325.492" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3"/>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...8 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...61 lines deleted...]
-      <c r="I4" t="s">
+      <c r="O3" t="s">
         <v>36</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="P3" t="s">
         <v>37</v>
-      </c>
-[...133 lines deleted...]
-        <v>58</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>