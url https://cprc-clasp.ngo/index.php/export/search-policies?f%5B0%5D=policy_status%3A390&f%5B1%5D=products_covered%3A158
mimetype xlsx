--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -68,51 +68,51 @@
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
@@ -484,51 +484,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="325.492" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>