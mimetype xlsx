--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -12,3265 +12,2545 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1022">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="786">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...11 lines deleted...]
-    <t>U.S. Department of Energy</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
-[...5 lines deleted...]
-    <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>BDS 563:1965 Electrical performance of power transformers</t>
+  </si>
+  <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-5631965-electrical-performance-power-transformers</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>CEL - Alternative Current Contactor</t>
+  </si>
+  <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Contactors</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 14048.1 GB 14048.4</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-alternative-current-contactor</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL 035-2016 Projectors</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
+    <t>Projectors</t>
+  </si>
+  <si>
+    <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
+    <t>CEL- Air Cleaners</t>
+  </si>
+  <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
+    <t>Air Cleaners</t>
+  </si>
+  <si>
+    <t>GB/T 18801-2015; GB/T 18883-2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-air-cleaners</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
+    <t>CEL- Digital Television Adapters (Set Top Box)</t>
+  </si>
+  <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
+    <t>CEL-014. Computer Monitors</t>
+  </si>
+  <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
+    <t>Displays</t>
+  </si>
+  <si>
+    <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-014-computer-monitors</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Electronics, Information Technology, Phones and tablets</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Computers, Servers</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>August 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
+  </si>
+  <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices</t>
+  </si>
+  <si>
+    <t>December 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
+    <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
+  </si>
+  <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
+    <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...25 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>December 2018</t>
-[...354 lines deleted...]
-  <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>CCEC-T22-2003 CQC 3114-2015</t>
+    <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
-[...10 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
-    <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
   </si>
   <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
-    <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
-[...62 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
   </si>
   <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
-    <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
   </si>
   <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
+    <t>China Quality Certification Centre</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
-    <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
   </si>
   <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
+    <t>Servers</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
-    <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
+  </si>
+  <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
+    <t>CJ/T 133-2012</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
+    <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
+  </si>
+  <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
+    <t>GB 32028-2015; CQC 6102-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
+    <t>Department Circular DC2020-06-0015</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
+  </si>
+  <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
+  </si>
+  <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Paper Shredders</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>Umweltbundesamt -Federal Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
+  </si>
+  <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Bidets</t>
+  </si>
+  <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
-    <t>GBT 26730-2011; GBT 6952-2015</t>
-[...26 lines deleted...]
-    <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Computers</t>
+  </si>
+  <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Cordless/Corded Phones</t>
+  </si>
+  <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
+    <t>Telephony</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for DVD Players</t>
+  </si>
+  <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
+    <t>DVD|Blu-Ray Players</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
+  </si>
+  <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Fax Machine</t>
+  </si>
+  <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Home Audio Products</t>
+  </si>
+  <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Home Gateway</t>
+  </si>
+  <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Modem</t>
+  </si>
+  <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Monitors</t>
+  </si>
+  <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Multifunctional devices</t>
+  </si>
+  <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Printers</t>
+  </si>
+  <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Scanners</t>
+  </si>
+  <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Set-Top Boxes</t>
+  </si>
+  <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Televisions</t>
+  </si>
+  <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
+  </si>
+  <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
-    <t>CQC6401-2017 4.3.1 and 4.3.2</t>
-[...284 lines deleted...]
-    <t>Test procedure acording to En-Tech 10405003751</t>
+    <t>IEC 62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-television</t>
-[...34 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
-[...38 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
-    <t>Energy Efficiency Label No5 for Air Purifiers</t>
-[...44 lines deleted...]
-  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
-[...8 lines deleted...]
-    <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
-    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
-[...26 lines deleted...]
-    <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
-[...100 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
-[...38 lines deleted...]
-    <t>Energy-Saving Labeling Program - Magnetic disk units</t>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
+  </si>
+  <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
+    <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
+  </si>
+  <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
+    <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
+    <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
+    <t>GOST 21776-87 Printers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
+    <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
+    <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
+    <t>GOST 25178-82 Electric hand dryers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>art 5.3 of GOST 25178-82</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
+    <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
+  </si>
+  <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
+    <t>Greenmark N127 - Hand Dryers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N140 - External Hard Drive</t>
+  </si>
+  <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
   </si>
   <si>
     <t>Hard-Drives</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-magnetic-disk-units</t>
-[...327 lines deleted...]
-    <t>Greenmark N140 - External Hard Drive</t>
+    <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
-    <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
   </si>
   <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
-    <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
-[...62 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
   </si>
   <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
-    <t>Greenmark N88 - Scanners</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
-    <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
-[...89 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
+    <t>Televisions, Set Top Boxes (STB)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
-    <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
-[...13 lines deleted...]
-  <si>
     <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2023</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
-    <t>MEPS and MEPL for televisions</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
-    <t>MEPS for Air Cleaners</t>
-[...4 lines deleted...]
-  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
-    <t>MEPS for Dehumidifier</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
-    <t>MEPS for Television</t>
-[...4 lines deleted...]
-  <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
-    <t>Minimum Energy Performance Standards for Dehumidifiers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
-    <t>Nordic Ecolabel 015 Imaging Equipment</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
+  </si>
+  <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
+    <t>Outdoor Tools &amp; Equipment</t>
+  </si>
+  <si>
     <t>October 2015</t>
   </si>
   <si>
-    <t>RAL-UZ 122 Version June 2006</t>
+    <t>Electricity, Oil</t>
+  </si>
+  <si>
+    <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
-[...13 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
-    <t>Procel Seal - Televisions</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
   </si>
   <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
+    <t>September 2022</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
+  </si>
+  <si>
+    <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
+    <t>IEC 62087</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
-    <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
   </si>
   <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
-    <t>Schedule 18 - Diesel Generator Sets</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
   </si>
   <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4122 - Set Top Boxes</t>
-[...62 lines deleted...]
-    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
+    <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
+    <t>February 2021</t>
+  </si>
+  <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
-    <t>TCVN 11848:2021 - Notebook computers</t>
-[...27 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
   <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
-[...33 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
+  </si>
+  <si>
+    <t>Hair Dryers</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
+  </si>
+  <si>
+    <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
-    <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
-[...56 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
   </si>
   <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
+    <t>United States of America*</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
-[...35 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3534,13013 +2814,6690 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N305"/>
+  <dimension ref="A1:P140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>53</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...28 lines deleted...]
-      <c r="H3">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...37 lines deleted...]
-      <c r="G4">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>52</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>50</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>52</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2009</v>
       </c>
-      <c r="H4">
-[...8 lines deleted...]
-      <c r="K4" t="s">
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>50</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>52</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>41</v>
       </c>
-      <c r="L4" t="s">
-[...194 lines deleted...]
-      <c r="G9">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D12" t="s">
+        <v>83</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2023</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>84</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>89</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2013</v>
       </c>
-      <c r="H9"/>
-[...174 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="K13" t="s">
-        <v>84</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
       <c r="N13" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="B14" t="s">
-        <v>71</v>
+        <v>104</v>
       </c>
       <c r="C14" t="s">
         <v>89</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-      <c r="I14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>91</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>110</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>89</v>
+      </c>
+      <c r="D16" t="s">
+        <v>70</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>91</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>111</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" t="s">
+        <v>127</v>
+      </c>
+      <c r="F18" t="s">
+        <v>128</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>129</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>130</v>
+      </c>
+      <c r="M18" t="s">
+        <v>131</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>127</v>
+      </c>
+      <c r="F19" t="s">
+        <v>128</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
         <v>50</v>
       </c>
-      <c r="J14" t="s">
-[...165 lines deleted...]
-      <c r="H18">
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>136</v>
+      </c>
+      <c r="M19" t="s">
+        <v>131</v>
+      </c>
+      <c r="N19" t="s">
+        <v>53</v>
+      </c>
+      <c r="O19" t="s">
+        <v>137</v>
+      </c>
+      <c r="P19" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
+        <v>141</v>
+      </c>
+      <c r="E20" t="s">
+        <v>127</v>
+      </c>
+      <c r="F20" t="s">
+        <v>128</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2013</v>
       </c>
-      <c r="I18" t="s">
-[...89 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K20" t="s">
-        <v>112</v>
+        <v>142</v>
       </c>
       <c r="L20" t="s">
-        <v>75</v>
+        <v>143</v>
       </c>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>131</v>
       </c>
       <c r="N20" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>144</v>
+      </c>
+      <c r="P20" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>114</v>
+        <v>146</v>
       </c>
       <c r="B21" t="s">
-        <v>36</v>
+        <v>147</v>
       </c>
       <c r="C21" t="s">
-        <v>111</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>148</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>128</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
-      <c r="I21" t="s">
-        <v>115</v>
+      <c r="I21">
+        <v>2019</v>
       </c>
       <c r="J21" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K21"/>
+        <v>50</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
       <c r="L21" t="s">
-        <v>42</v>
+        <v>149</v>
       </c>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>131</v>
       </c>
       <c r="N21" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>150</v>
+      </c>
+      <c r="P21" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>117</v>
+        <v>152</v>
       </c>
       <c r="B22" t="s">
-        <v>118</v>
+        <v>153</v>
       </c>
       <c r="C22" t="s">
-        <v>119</v>
+        <v>48</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>154</v>
       </c>
       <c r="E22" t="s">
-        <v>29</v>
+        <v>127</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>128</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>40</v>
+        <v>129</v>
       </c>
       <c r="K22" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="L22"/>
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>155</v>
+      </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>131</v>
       </c>
       <c r="N22" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>117</v>
+        <v>158</v>
       </c>
       <c r="B23" t="s">
-        <v>36</v>
+        <v>159</v>
       </c>
       <c r="C23" t="s">
-        <v>119</v>
+        <v>48</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="E23" t="s">
-        <v>29</v>
+        <v>127</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>128</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>123</v>
+        <v>161</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>162</v>
       </c>
       <c r="N23" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>125</v>
+        <v>165</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
+        <v>166</v>
       </c>
       <c r="C24" t="s">
+        <v>48</v>
+      </c>
+      <c r="D24" t="s">
+        <v>167</v>
+      </c>
+      <c r="E24" t="s">
         <v>127</v>
       </c>
-      <c r="D24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="L24"/>
+        <v>129</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>131</v>
       </c>
       <c r="N24" t="s">
+        <v>53</v>
+      </c>
+      <c r="O24" t="s">
+        <v>169</v>
+      </c>
+      <c r="P24" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>48</v>
+      </c>
+      <c r="D25" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" t="s">
+        <v>127</v>
+      </c>
+      <c r="F25" t="s">
         <v>128</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G25">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>50</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>173</v>
+      </c>
+      <c r="M25" t="s">
+        <v>131</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>174</v>
+      </c>
+      <c r="P25" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>176</v>
+      </c>
+      <c r="B26" t="s">
+        <v>177</v>
+      </c>
+      <c r="C26" t="s">
+        <v>48</v>
+      </c>
+      <c r="D26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E26" t="s">
+        <v>127</v>
+      </c>
+      <c r="F26" t="s">
+        <v>128</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2021</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>50</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>178</v>
+      </c>
+      <c r="M26" t="s">
+        <v>131</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>179</v>
+      </c>
+      <c r="P26" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>181</v>
+      </c>
+      <c r="B27" t="s">
+        <v>182</v>
+      </c>
+      <c r="C27" t="s">
+        <v>48</v>
+      </c>
+      <c r="D27" t="s">
+        <v>183</v>
+      </c>
+      <c r="E27" t="s">
+        <v>127</v>
+      </c>
+      <c r="F27" t="s">
+        <v>128</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2018</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>50</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>184</v>
+      </c>
+      <c r="M27" t="s">
+        <v>131</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B28" t="s">
+        <v>188</v>
+      </c>
+      <c r="C28" t="s">
+        <v>48</v>
+      </c>
+      <c r="D28" t="s">
+        <v>148</v>
+      </c>
+      <c r="E28" t="s">
+        <v>127</v>
+      </c>
+      <c r="F28" t="s">
+        <v>128</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>50</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>189</v>
+      </c>
+      <c r="M28" t="s">
+        <v>131</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>193</v>
+      </c>
+      <c r="C29" t="s">
+        <v>48</v>
+      </c>
+      <c r="D29" t="s">
+        <v>148</v>
+      </c>
+      <c r="E29" t="s">
+        <v>127</v>
+      </c>
+      <c r="F29" t="s">
+        <v>128</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>50</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>194</v>
+      </c>
+      <c r="M29" t="s">
+        <v>131</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>195</v>
+      </c>
+      <c r="P29" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>197</v>
+      </c>
+      <c r="B30" t="s">
+        <v>198</v>
+      </c>
+      <c r="C30" t="s">
+        <v>48</v>
+      </c>
+      <c r="D30" t="s">
+        <v>199</v>
+      </c>
+      <c r="E30" t="s">
+        <v>127</v>
+      </c>
+      <c r="F30" t="s">
+        <v>128</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>50</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>200</v>
+      </c>
+      <c r="M30" t="s">
+        <v>131</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>201</v>
+      </c>
+      <c r="P30" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>203</v>
+      </c>
+      <c r="B31" t="s">
+        <v>204</v>
+      </c>
+      <c r="C31" t="s">
+        <v>48</v>
+      </c>
+      <c r="D31" t="s">
+        <v>205</v>
+      </c>
+      <c r="E31" t="s">
+        <v>127</v>
+      </c>
+      <c r="F31" t="s">
+        <v>128</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2018</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>50</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>206</v>
+      </c>
+      <c r="M31" t="s">
+        <v>131</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>207</v>
+      </c>
+      <c r="P31" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>209</v>
+      </c>
+      <c r="B32" t="s">
+        <v>210</v>
+      </c>
+      <c r="C32" t="s">
+        <v>48</v>
+      </c>
+      <c r="D32" t="s">
+        <v>199</v>
+      </c>
+      <c r="E32" t="s">
+        <v>127</v>
+      </c>
+      <c r="F32" t="s">
+        <v>128</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>50</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>211</v>
+      </c>
+      <c r="M32" t="s">
+        <v>131</v>
+      </c>
+      <c r="N32" t="s">
+        <v>212</v>
+      </c>
+      <c r="O32" t="s">
+        <v>213</v>
+      </c>
+      <c r="P32" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>215</v>
+      </c>
+      <c r="B33" t="s">
+        <v>216</v>
+      </c>
+      <c r="C33" t="s">
+        <v>48</v>
+      </c>
+      <c r="D33" t="s">
+        <v>58</v>
+      </c>
+      <c r="E33" t="s">
+        <v>127</v>
+      </c>
+      <c r="F33" t="s">
+        <v>128</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2009</v>
       </c>
-      <c r="H25">
-[...13 lines deleted...]
-      <c r="N25" t="s">
+      <c r="I33">
+        <v>2016</v>
+      </c>
+      <c r="J33" t="s">
+        <v>50</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>217</v>
+      </c>
+      <c r="M33" t="s">
         <v>131</v>
       </c>
-    </row>
-[...319 lines deleted...]
-      </c>
       <c r="N33" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>218</v>
+      </c>
+      <c r="P33" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>146</v>
+        <v>220</v>
       </c>
       <c r="B34" t="s">
-        <v>118</v>
+        <v>221</v>
       </c>
       <c r="C34" t="s">
-        <v>147</v>
+        <v>222</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>223</v>
       </c>
       <c r="E34" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2020</v>
+      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K34"/>
+        <v>224</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>225</v>
       </c>
       <c r="N34" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>226</v>
+      </c>
+      <c r="P34" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>146</v>
+        <v>228</v>
       </c>
       <c r="B35" t="s">
-        <v>36</v>
+        <v>229</v>
       </c>
       <c r="C35" t="s">
-        <v>147</v>
+        <v>230</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>231</v>
       </c>
       <c r="E35" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="F35" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2018</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>233</v>
       </c>
       <c r="N35" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>234</v>
+      </c>
+      <c r="P35" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>151</v>
+        <v>236</v>
       </c>
       <c r="B36" t="s">
-        <v>118</v>
+        <v>237</v>
       </c>
       <c r="C36" t="s">
-        <v>97</v>
+        <v>230</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="E36" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="F36" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2019</v>
+      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K36"/>
+        <v>232</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>233</v>
       </c>
       <c r="N36" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>153</v>
+        <v>240</v>
       </c>
       <c r="B37" t="s">
-        <v>36</v>
+        <v>241</v>
       </c>
       <c r="C37" t="s">
-        <v>154</v>
+        <v>242</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="E37" t="s">
+        <v>127</v>
+      </c>
+      <c r="F37" t="s">
+        <v>128</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2010</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>244</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>245</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>246</v>
+      </c>
+      <c r="P37" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>248</v>
+      </c>
+      <c r="B38" t="s">
+        <v>249</v>
+      </c>
+      <c r="C38" t="s">
+        <v>242</v>
+      </c>
+      <c r="D38" t="s">
+        <v>250</v>
+      </c>
+      <c r="E38" t="s">
+        <v>127</v>
+      </c>
+      <c r="F38" t="s">
+        <v>128</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>244</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>245</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>251</v>
+      </c>
+      <c r="P38" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>252</v>
+      </c>
+      <c r="B39" t="s">
+        <v>253</v>
+      </c>
+      <c r="C39" t="s">
+        <v>242</v>
+      </c>
+      <c r="D39" t="s">
+        <v>254</v>
+      </c>
+      <c r="E39" t="s">
+        <v>127</v>
+      </c>
+      <c r="F39" t="s">
+        <v>128</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2010</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>244</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>245</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>255</v>
+      </c>
+      <c r="P39" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>256</v>
+      </c>
+      <c r="B40" t="s">
+        <v>257</v>
+      </c>
+      <c r="C40" t="s">
+        <v>242</v>
+      </c>
+      <c r="D40" t="s">
+        <v>258</v>
+      </c>
+      <c r="E40" t="s">
+        <v>127</v>
+      </c>
+      <c r="F40" t="s">
+        <v>128</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2010</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>244</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>245</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>259</v>
+      </c>
+      <c r="P40" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>260</v>
+      </c>
+      <c r="B41" t="s">
+        <v>261</v>
+      </c>
+      <c r="C41" t="s">
+        <v>242</v>
+      </c>
+      <c r="D41" t="s">
+        <v>167</v>
+      </c>
+      <c r="E41" t="s">
+        <v>127</v>
+      </c>
+      <c r="F41" t="s">
+        <v>128</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>244</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>245</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>262</v>
+      </c>
+      <c r="P41" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>263</v>
+      </c>
+      <c r="B42" t="s">
+        <v>264</v>
+      </c>
+      <c r="C42" t="s">
+        <v>242</v>
+      </c>
+      <c r="D42" t="s">
+        <v>265</v>
+      </c>
+      <c r="E42" t="s">
+        <v>127</v>
+      </c>
+      <c r="F42" t="s">
+        <v>128</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>244</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>245</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>266</v>
+      </c>
+      <c r="P42" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>267</v>
+      </c>
+      <c r="B43" t="s">
+        <v>268</v>
+      </c>
+      <c r="C43" t="s">
+        <v>242</v>
+      </c>
+      <c r="D43" t="s">
+        <v>269</v>
+      </c>
+      <c r="E43" t="s">
+        <v>127</v>
+      </c>
+      <c r="F43" t="s">
+        <v>128</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>244</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>245</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>270</v>
+      </c>
+      <c r="P43" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>271</v>
+      </c>
+      <c r="B44" t="s">
+        <v>272</v>
+      </c>
+      <c r="C44" t="s">
+        <v>242</v>
+      </c>
+      <c r="D44" t="s">
+        <v>148</v>
+      </c>
+      <c r="E44" t="s">
+        <v>127</v>
+      </c>
+      <c r="F44" t="s">
+        <v>128</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2010</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>244</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>245</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>273</v>
+      </c>
+      <c r="P44" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>274</v>
+      </c>
+      <c r="B45" t="s">
+        <v>275</v>
+      </c>
+      <c r="C45" t="s">
+        <v>242</v>
+      </c>
+      <c r="D45" t="s">
+        <v>148</v>
+      </c>
+      <c r="E45" t="s">
+        <v>127</v>
+      </c>
+      <c r="F45" t="s">
+        <v>128</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2010</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>244</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>245</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>276</v>
+      </c>
+      <c r="P45" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>277</v>
+      </c>
+      <c r="B46" t="s">
+        <v>278</v>
+      </c>
+      <c r="C46" t="s">
+        <v>242</v>
+      </c>
+      <c r="D46" t="s">
+        <v>76</v>
+      </c>
+      <c r="E46" t="s">
+        <v>127</v>
+      </c>
+      <c r="F46" t="s">
+        <v>128</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2009</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>244</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>245</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>279</v>
+      </c>
+      <c r="P46" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>280</v>
+      </c>
+      <c r="B47" t="s">
+        <v>281</v>
+      </c>
+      <c r="C47" t="s">
+        <v>242</v>
+      </c>
+      <c r="D47" t="s">
+        <v>265</v>
+      </c>
+      <c r="E47" t="s">
+        <v>127</v>
+      </c>
+      <c r="F47" t="s">
+        <v>128</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2009</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>244</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>245</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>282</v>
+      </c>
+      <c r="P47" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>283</v>
+      </c>
+      <c r="B48" t="s">
+        <v>284</v>
+      </c>
+      <c r="C48" t="s">
+        <v>242</v>
+      </c>
+      <c r="D48" t="s">
+        <v>265</v>
+      </c>
+      <c r="E48" t="s">
+        <v>127</v>
+      </c>
+      <c r="F48" t="s">
+        <v>128</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2009</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>244</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>245</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>285</v>
+      </c>
+      <c r="P48" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>286</v>
+      </c>
+      <c r="B49" t="s">
+        <v>287</v>
+      </c>
+      <c r="C49" t="s">
+        <v>242</v>
+      </c>
+      <c r="D49" t="s">
+        <v>265</v>
+      </c>
+      <c r="E49" t="s">
+        <v>127</v>
+      </c>
+      <c r="F49" t="s">
+        <v>128</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2010</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>244</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>245</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>288</v>
+      </c>
+      <c r="P49" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>289</v>
+      </c>
+      <c r="B50" t="s">
+        <v>290</v>
+      </c>
+      <c r="C50" t="s">
+        <v>242</v>
+      </c>
+      <c r="D50" t="s">
+        <v>70</v>
+      </c>
+      <c r="E50" t="s">
+        <v>127</v>
+      </c>
+      <c r="F50" t="s">
+        <v>128</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2010</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>244</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>245</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>291</v>
+      </c>
+      <c r="P50" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>292</v>
+      </c>
+      <c r="B51" t="s">
+        <v>293</v>
+      </c>
+      <c r="C51" t="s">
+        <v>242</v>
+      </c>
+      <c r="D51" t="s">
+        <v>19</v>
+      </c>
+      <c r="E51" t="s">
+        <v>127</v>
+      </c>
+      <c r="F51" t="s">
+        <v>128</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2008</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>244</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>245</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>294</v>
+      </c>
+      <c r="P51" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>295</v>
+      </c>
+      <c r="B52" t="s">
+        <v>296</v>
+      </c>
+      <c r="C52" t="s">
+        <v>297</v>
+      </c>
+      <c r="D52" t="s">
+        <v>269</v>
+      </c>
+      <c r="E52" t="s">
+        <v>127</v>
+      </c>
+      <c r="F52" t="s">
+        <v>128</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2008</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>298</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>299</v>
+      </c>
+      <c r="M52" t="s">
+        <v>300</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>301</v>
+      </c>
+      <c r="P52" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>303</v>
+      </c>
+      <c r="B53" t="s">
+        <v>304</v>
+      </c>
+      <c r="C53" t="s">
+        <v>297</v>
+      </c>
+      <c r="D53" t="s">
+        <v>126</v>
+      </c>
+      <c r="E53" t="s">
+        <v>127</v>
+      </c>
+      <c r="F53" t="s">
+        <v>128</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2010</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>298</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>305</v>
+      </c>
+      <c r="M53" t="s">
+        <v>300</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>306</v>
+      </c>
+      <c r="P53" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>308</v>
+      </c>
+      <c r="B54" t="s">
+        <v>309</v>
+      </c>
+      <c r="C54" t="s">
+        <v>242</v>
+      </c>
+      <c r="D54" t="s">
+        <v>64</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>41</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2009</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>244</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>310</v>
+      </c>
+      <c r="M54" t="s">
+        <v>245</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>311</v>
+      </c>
+      <c r="P54" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>313</v>
+      </c>
+      <c r="B55" t="s">
+        <v>314</v>
+      </c>
+      <c r="C55" t="s">
+        <v>242</v>
+      </c>
+      <c r="D55" t="s">
+        <v>105</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>41</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2009</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>244</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>315</v>
+      </c>
+      <c r="M55" t="s">
+        <v>245</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>316</v>
+      </c>
+      <c r="P55" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>317</v>
+      </c>
+      <c r="B56" t="s">
+        <v>318</v>
+      </c>
+      <c r="C56" t="s">
         <v>18</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37">
+      <c r="D56" t="s">
+        <v>319</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2017</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>23</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>320</v>
+      </c>
+      <c r="M56" t="s">
+        <v>321</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>322</v>
+      </c>
+      <c r="P56" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>324</v>
+      </c>
+      <c r="B57" t="s">
+        <v>325</v>
+      </c>
+      <c r="C57" t="s">
+        <v>326</v>
+      </c>
+      <c r="D57" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>327</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2023</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>328</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>329</v>
+      </c>
+      <c r="M57" t="s">
+        <v>330</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>331</v>
+      </c>
+      <c r="P57" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>333</v>
+      </c>
+      <c r="B58" t="s">
+        <v>334</v>
+      </c>
+      <c r="C58" t="s">
+        <v>335</v>
+      </c>
+      <c r="D58" t="s">
+        <v>148</v>
+      </c>
+      <c r="E58" t="s">
+        <v>127</v>
+      </c>
+      <c r="F58" t="s">
+        <v>128</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
         <v>2013</v>
       </c>
-      <c r="H37"/>
-[...33 lines deleted...]
-      <c r="F38" t="s">
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>129</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>336</v>
+      </c>
+      <c r="M58" t="s">
+        <v>337</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>338</v>
+      </c>
+      <c r="P58" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>340</v>
+      </c>
+      <c r="B59" t="s">
+        <v>341</v>
+      </c>
+      <c r="C59" t="s">
+        <v>342</v>
+      </c>
+      <c r="D59" t="s">
         <v>19</v>
       </c>
-      <c r="G38">
-[...43 lines deleted...]
-      <c r="G39">
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>327</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2023</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>343</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>344</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>345</v>
+      </c>
+      <c r="P59" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>347</v>
+      </c>
+      <c r="B60" t="s">
+        <v>348</v>
+      </c>
+      <c r="C60" t="s">
+        <v>48</v>
+      </c>
+      <c r="D60" t="s">
+        <v>58</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2016</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>129</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>349</v>
+      </c>
+      <c r="M60" t="s">
+        <v>350</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>351</v>
+      </c>
+      <c r="P60" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>353</v>
+      </c>
+      <c r="B61" t="s">
+        <v>354</v>
+      </c>
+      <c r="C61" t="s">
+        <v>48</v>
+      </c>
+      <c r="D61" t="s">
+        <v>64</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2020</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>50</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>355</v>
+      </c>
+      <c r="M61" t="s">
+        <v>350</v>
+      </c>
+      <c r="N61" t="s">
+        <v>53</v>
+      </c>
+      <c r="O61" t="s">
+        <v>356</v>
+      </c>
+      <c r="P61" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>358</v>
+      </c>
+      <c r="B62" t="s">
+        <v>359</v>
+      </c>
+      <c r="C62" t="s">
+        <v>360</v>
+      </c>
+      <c r="D62" t="s">
+        <v>105</v>
+      </c>
+      <c r="E62" t="s">
+        <v>127</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>1985</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>298</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>361</v>
+      </c>
+      <c r="M62" t="s">
+        <v>362</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>363</v>
+      </c>
+      <c r="P62" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>365</v>
+      </c>
+      <c r="B63" t="s">
+        <v>366</v>
+      </c>
+      <c r="C63" t="s">
+        <v>360</v>
+      </c>
+      <c r="D63" t="s">
+        <v>250</v>
+      </c>
+      <c r="E63" t="s">
+        <v>127</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>1989</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>129</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>362</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>367</v>
+      </c>
+      <c r="P63" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>369</v>
+      </c>
+      <c r="B64" t="s">
+        <v>370</v>
+      </c>
+      <c r="C64" t="s">
+        <v>360</v>
+      </c>
+      <c r="D64" t="s">
+        <v>265</v>
+      </c>
+      <c r="E64" t="s">
+        <v>127</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>1989</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>298</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>362</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>371</v>
+      </c>
+      <c r="P64" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>373</v>
+      </c>
+      <c r="B65" t="s">
+        <v>374</v>
+      </c>
+      <c r="C65" t="s">
+        <v>360</v>
+      </c>
+      <c r="D65" t="s">
+        <v>269</v>
+      </c>
+      <c r="E65" t="s">
+        <v>127</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>1990</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>298</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>362</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>375</v>
+      </c>
+      <c r="P65" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>377</v>
+      </c>
+      <c r="B66" t="s">
+        <v>378</v>
+      </c>
+      <c r="C66" t="s">
+        <v>360</v>
+      </c>
+      <c r="D66" t="s">
+        <v>265</v>
+      </c>
+      <c r="E66" t="s">
+        <v>127</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1989</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>298</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>362</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>379</v>
+      </c>
+      <c r="P66" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>381</v>
+      </c>
+      <c r="B67" t="s">
+        <v>382</v>
+      </c>
+      <c r="C67" t="s">
+        <v>360</v>
+      </c>
+      <c r="D67" t="s">
+        <v>383</v>
+      </c>
+      <c r="E67" t="s">
+        <v>127</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>1983</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>298</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>384</v>
+      </c>
+      <c r="M67" t="s">
+        <v>362</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>385</v>
+      </c>
+      <c r="P67" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>387</v>
+      </c>
+      <c r="B68" t="s">
+        <v>388</v>
+      </c>
+      <c r="C68" t="s">
+        <v>360</v>
+      </c>
+      <c r="D68" t="s">
+        <v>250</v>
+      </c>
+      <c r="E68" t="s">
+        <v>127</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>1987</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>129</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>362</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>389</v>
+      </c>
+      <c r="P68" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>391</v>
+      </c>
+      <c r="B69" t="s">
+        <v>392</v>
+      </c>
+      <c r="C69" t="s">
+        <v>297</v>
+      </c>
+      <c r="D69" t="s">
+        <v>383</v>
+      </c>
+      <c r="E69" t="s">
+        <v>127</v>
+      </c>
+      <c r="F69" t="s">
+        <v>128</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2014</v>
       </c>
-      <c r="H39"/>
-[...1296 lines deleted...]
-      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>40</v>
+        <v>298</v>
       </c>
       <c r="K69" t="s">
-        <v>265</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="N69" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>393</v>
+      </c>
+      <c r="P69" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>267</v>
+        <v>395</v>
       </c>
       <c r="B70" t="s">
-        <v>71</v>
+        <v>396</v>
       </c>
       <c r="C70" t="s">
-        <v>93</v>
+        <v>297</v>
       </c>
       <c r="D70" t="s">
-        <v>28</v>
+        <v>397</v>
       </c>
       <c r="E70" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F70" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>128</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
       </c>
       <c r="H70">
         <v>2015</v>
       </c>
-      <c r="I70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
-        <v>40</v>
+        <v>298</v>
       </c>
       <c r="K70" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>398</v>
       </c>
       <c r="N70" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>399</v>
+      </c>
+      <c r="P70" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>270</v>
+        <v>401</v>
       </c>
       <c r="B71" t="s">
-        <v>71</v>
+        <v>402</v>
       </c>
       <c r="C71" t="s">
-        <v>250</v>
+        <v>297</v>
       </c>
       <c r="D71" t="s">
-        <v>28</v>
+        <v>231</v>
       </c>
       <c r="E71" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F71" t="s">
+        <v>128</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2016</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>298</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>398</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>403</v>
+      </c>
+      <c r="P71" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>405</v>
+      </c>
+      <c r="B72" t="s">
+        <v>406</v>
+      </c>
+      <c r="C72" t="s">
+        <v>297</v>
+      </c>
+      <c r="D72" t="s">
+        <v>105</v>
+      </c>
+      <c r="E72" t="s">
+        <v>127</v>
+      </c>
+      <c r="F72" t="s">
+        <v>128</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2016</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>298</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>398</v>
+      </c>
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>407</v>
+      </c>
+      <c r="P72" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>409</v>
+      </c>
+      <c r="B73" t="s">
+        <v>410</v>
+      </c>
+      <c r="C73" t="s">
+        <v>297</v>
+      </c>
+      <c r="D73" t="s">
+        <v>58</v>
+      </c>
+      <c r="E73" t="s">
+        <v>127</v>
+      </c>
+      <c r="F73" t="s">
+        <v>128</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2014</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>298</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>409</v>
+      </c>
+      <c r="M73" t="s">
+        <v>300</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>411</v>
+      </c>
+      <c r="P73" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>413</v>
+      </c>
+      <c r="B74" t="s">
+        <v>414</v>
+      </c>
+      <c r="C74" t="s">
+        <v>222</v>
+      </c>
+      <c r="D74" t="s">
+        <v>76</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>327</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2024</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>415</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>416</v>
+      </c>
+      <c r="M74" t="s">
+        <v>225</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>417</v>
+      </c>
+      <c r="P74" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>419</v>
+      </c>
+      <c r="B75" t="s">
+        <v>420</v>
+      </c>
+      <c r="C75" t="s">
+        <v>222</v>
+      </c>
+      <c r="D75" t="s">
         <v>19</v>
       </c>
-      <c r="G71">
-[...162 lines deleted...]
-      </c>
       <c r="E75" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2017</v>
+        <v>327</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
       </c>
       <c r="H75">
         <v>2021</v>
       </c>
-      <c r="I75" t="s">
-        <v>291</v>
+      <c r="I75">
+        <v>2024</v>
       </c>
       <c r="J75" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K75"/>
+        <v>415</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
       <c r="L75" t="s">
-        <v>288</v>
+        <v>421</v>
       </c>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>225</v>
       </c>
       <c r="N75" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>422</v>
+      </c>
+      <c r="P75" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>293</v>
+        <v>424</v>
       </c>
       <c r="B76" t="s">
-        <v>286</v>
+        <v>425</v>
       </c>
       <c r="C76" t="s">
-        <v>294</v>
+        <v>426</v>
       </c>
       <c r="D76" t="s">
-        <v>28</v>
+        <v>250</v>
       </c>
       <c r="E76" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2022</v>
+      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>427</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>428</v>
       </c>
       <c r="N76" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>429</v>
+      </c>
+      <c r="P76" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
+        <v>431</v>
+      </c>
+      <c r="B77" t="s">
+        <v>432</v>
+      </c>
+      <c r="C77" t="s">
+        <v>426</v>
+      </c>
+      <c r="D77" t="s">
+        <v>433</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77"/>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>328</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>428</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>434</v>
+      </c>
+      <c r="P77" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>435</v>
+      </c>
+      <c r="B78" t="s">
+        <v>436</v>
+      </c>
+      <c r="C78" t="s">
+        <v>426</v>
+      </c>
+      <c r="D78" t="s">
+        <v>437</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2022</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>427</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>428</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>438</v>
+      </c>
+      <c r="P78" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>439</v>
+      </c>
+      <c r="B79" t="s">
+        <v>440</v>
+      </c>
+      <c r="C79" t="s">
+        <v>426</v>
+      </c>
+      <c r="D79" t="s">
+        <v>19</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2022</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>427</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>428</v>
+      </c>
+      <c r="N79" t="s">
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>441</v>
+      </c>
+      <c r="P79" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>442</v>
+      </c>
+      <c r="B80" t="s">
+        <v>443</v>
+      </c>
+      <c r="C80" t="s">
+        <v>426</v>
+      </c>
+      <c r="D80" t="s">
+        <v>141</v>
+      </c>
+      <c r="E80" t="s">
+        <v>127</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2022</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>427</v>
+      </c>
+      <c r="K80" t="s">
+        <v>444</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>428</v>
+      </c>
+      <c r="N80" t="s">
+        <v>445</v>
+      </c>
+      <c r="O80" t="s">
+        <v>446</v>
+      </c>
+      <c r="P80" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>447</v>
+      </c>
+      <c r="B81" t="s">
+        <v>448</v>
+      </c>
+      <c r="C81" t="s">
+        <v>449</v>
+      </c>
+      <c r="D81" t="s">
+        <v>19</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>41</v>
+      </c>
+      <c r="G81" t="s">
+        <v>450</v>
+      </c>
+      <c r="H81">
+        <v>2014</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>451</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>452</v>
+      </c>
+      <c r="M81" t="s">
+        <v>453</v>
+      </c>
+      <c r="N81" t="s">
+        <v>26</v>
+      </c>
+      <c r="O81" t="s">
+        <v>454</v>
+      </c>
+      <c r="P81" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>456</v>
+      </c>
+      <c r="B82" t="s">
+        <v>457</v>
+      </c>
+      <c r="C82" t="s">
         <v>297</v>
       </c>
-      <c r="B77" t="s">
-[...2 lines deleted...]
-      <c r="C77" t="s">
+      <c r="D82" t="s">
+        <v>126</v>
+      </c>
+      <c r="E82" t="s">
+        <v>127</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2011</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
         <v>298</v>
       </c>
-      <c r="D77" t="s">
-[...5 lines deleted...]
-      <c r="F77" t="s">
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>305</v>
+      </c>
+      <c r="M82" t="s">
+        <v>300</v>
+      </c>
+      <c r="N82" t="s">
+        <v>26</v>
+      </c>
+      <c r="O82" t="s">
+        <v>458</v>
+      </c>
+      <c r="P82" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>460</v>
+      </c>
+      <c r="B83" t="s">
+        <v>461</v>
+      </c>
+      <c r="C83" t="s">
+        <v>462</v>
+      </c>
+      <c r="D83" t="s">
+        <v>76</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>327</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2013</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>298</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>463</v>
+      </c>
+      <c r="M83" t="s">
+        <v>464</v>
+      </c>
+      <c r="N83" t="s">
+        <v>26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>465</v>
+      </c>
+      <c r="P83" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>467</v>
+      </c>
+      <c r="B84" t="s">
+        <v>468</v>
+      </c>
+      <c r="C84" t="s">
+        <v>242</v>
+      </c>
+      <c r="D84" t="s">
+        <v>437</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2012</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>244</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>245</v>
+      </c>
+      <c r="N84" t="s">
+        <v>26</v>
+      </c>
+      <c r="O84" t="s">
+        <v>469</v>
+      </c>
+      <c r="P84" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>471</v>
+      </c>
+      <c r="B85" t="s">
+        <v>472</v>
+      </c>
+      <c r="C85" t="s">
+        <v>242</v>
+      </c>
+      <c r="D85" t="s">
+        <v>183</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2009</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>244</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>245</v>
+      </c>
+      <c r="N85" t="s">
+        <v>26</v>
+      </c>
+      <c r="O85" t="s">
+        <v>473</v>
+      </c>
+      <c r="P85" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>474</v>
+      </c>
+      <c r="B86" t="s">
+        <v>475</v>
+      </c>
+      <c r="C86" t="s">
+        <v>462</v>
+      </c>
+      <c r="D86" t="s">
+        <v>250</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2013</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>298</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>476</v>
+      </c>
+      <c r="M86" t="s">
+        <v>464</v>
+      </c>
+      <c r="N86" t="s">
+        <v>26</v>
+      </c>
+      <c r="O86" t="s">
+        <v>477</v>
+      </c>
+      <c r="P86" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>479</v>
+      </c>
+      <c r="B87" t="s">
+        <v>480</v>
+      </c>
+      <c r="C87" t="s">
+        <v>462</v>
+      </c>
+      <c r="D87" t="s">
+        <v>70</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2008</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>298</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>481</v>
+      </c>
+      <c r="M87" t="s">
+        <v>464</v>
+      </c>
+      <c r="N87" t="s">
+        <v>26</v>
+      </c>
+      <c r="O87" t="s">
+        <v>482</v>
+      </c>
+      <c r="P87" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>484</v>
+      </c>
+      <c r="B88" t="s">
+        <v>290</v>
+      </c>
+      <c r="C88" t="s">
+        <v>242</v>
+      </c>
+      <c r="D88" t="s">
+        <v>70</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2015</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>244</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>245</v>
+      </c>
+      <c r="N88" t="s">
+        <v>26</v>
+      </c>
+      <c r="O88" t="s">
+        <v>485</v>
+      </c>
+      <c r="P88" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>486</v>
+      </c>
+      <c r="B89" t="s">
+        <v>487</v>
+      </c>
+      <c r="C89" t="s">
+        <v>449</v>
+      </c>
+      <c r="D89" t="s">
         <v>19</v>
       </c>
-      <c r="G77">
-[...38 lines deleted...]
-      <c r="F78" t="s">
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89"/>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>488</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>453</v>
+      </c>
+      <c r="N89" t="s">
+        <v>26</v>
+      </c>
+      <c r="O89" t="s">
+        <v>489</v>
+      </c>
+      <c r="P89" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>491</v>
+      </c>
+      <c r="B90" t="s">
+        <v>492</v>
+      </c>
+      <c r="C90" t="s">
+        <v>242</v>
+      </c>
+      <c r="D90" t="s">
+        <v>105</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2009</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>244</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>315</v>
+      </c>
+      <c r="M90" t="s">
+        <v>245</v>
+      </c>
+      <c r="N90" t="s">
+        <v>26</v>
+      </c>
+      <c r="O90" t="s">
+        <v>493</v>
+      </c>
+      <c r="P90" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>494</v>
+      </c>
+      <c r="B91" t="s">
+        <v>495</v>
+      </c>
+      <c r="C91" t="s">
+        <v>496</v>
+      </c>
+      <c r="D91" t="s">
         <v>19</v>
       </c>
-      <c r="G78">
-[...123 lines deleted...]
-      <c r="G81">
+      <c r="E91" t="s">
+        <v>127</v>
+      </c>
+      <c r="F91" t="s">
+        <v>497</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
         <v>2017</v>
       </c>
-      <c r="H81">
-[...404 lines deleted...]
-      </c>
+      <c r="I91"/>
       <c r="J91" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K91"/>
+        <v>224</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
       <c r="L91" t="s">
-        <v>312</v>
+        <v>498</v>
       </c>
       <c r="M91" t="s">
-        <v>24</v>
+        <v>499</v>
       </c>
       <c r="N91" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O91" t="s">
+        <v>500</v>
+      </c>
+      <c r="P91" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>334</v>
+        <v>502</v>
       </c>
       <c r="B92" t="s">
-        <v>310</v>
+        <v>503</v>
       </c>
       <c r="C92" t="s">
-        <v>111</v>
+        <v>504</v>
       </c>
       <c r="D92" t="s">
-        <v>28</v>
+        <v>505</v>
       </c>
       <c r="E92" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F92" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>506</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2015</v>
+      </c>
+      <c r="I92"/>
       <c r="J92" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
       <c r="M92" t="s">
-        <v>24</v>
+        <v>508</v>
       </c>
       <c r="N92" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O92" t="s">
+        <v>509</v>
+      </c>
+      <c r="P92" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>336</v>
+        <v>511</v>
       </c>
       <c r="B93" t="s">
-        <v>310</v>
+        <v>512</v>
       </c>
       <c r="C93" t="s">
-        <v>111</v>
+        <v>504</v>
       </c>
       <c r="D93" t="s">
-        <v>28</v>
+        <v>513</v>
       </c>
       <c r="E93" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F93" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>506</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2015</v>
+      </c>
+      <c r="I93"/>
       <c r="J93" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
       <c r="M93" t="s">
-        <v>24</v>
+        <v>508</v>
       </c>
       <c r="N93" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>514</v>
+      </c>
+      <c r="P93" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>338</v>
+        <v>516</v>
       </c>
       <c r="B94" t="s">
-        <v>310</v>
+        <v>517</v>
       </c>
       <c r="C94" t="s">
-        <v>111</v>
+        <v>504</v>
       </c>
       <c r="D94" t="s">
-        <v>28</v>
+        <v>518</v>
       </c>
       <c r="E94" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F94" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>506</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2015</v>
+      </c>
+      <c r="I94"/>
       <c r="J94" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
       <c r="M94" t="s">
-        <v>24</v>
+        <v>508</v>
       </c>
       <c r="N94" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O94" t="s">
+        <v>519</v>
+      </c>
+      <c r="P94" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>340</v>
+        <v>521</v>
       </c>
       <c r="B95" t="s">
-        <v>310</v>
+        <v>522</v>
       </c>
       <c r="C95" t="s">
-        <v>97</v>
+        <v>504</v>
       </c>
       <c r="D95" t="s">
-        <v>28</v>
+        <v>523</v>
       </c>
       <c r="E95" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F95" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>506</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2015</v>
+      </c>
+      <c r="I95"/>
       <c r="J95" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
       <c r="M95" t="s">
-        <v>24</v>
+        <v>508</v>
       </c>
       <c r="N95" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>524</v>
+      </c>
+      <c r="P95" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>342</v>
+        <v>526</v>
       </c>
       <c r="B96" t="s">
-        <v>310</v>
+        <v>527</v>
       </c>
       <c r="C96" t="s">
-        <v>37</v>
+        <v>504</v>
       </c>
       <c r="D96" t="s">
-        <v>28</v>
+        <v>528</v>
       </c>
       <c r="E96" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F96" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2015</v>
+      </c>
+      <c r="I96"/>
       <c r="J96" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
       <c r="M96" t="s">
-        <v>24</v>
+        <v>508</v>
       </c>
       <c r="N96" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>529</v>
+      </c>
+      <c r="P96" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>344</v>
+        <v>531</v>
       </c>
       <c r="B97" t="s">
-        <v>345</v>
+        <v>532</v>
       </c>
       <c r="C97" t="s">
-        <v>346</v>
+        <v>504</v>
       </c>
       <c r="D97" t="s">
-        <v>17</v>
+        <v>513</v>
       </c>
       <c r="E97" t="s">
-        <v>347</v>
+        <v>533</v>
       </c>
       <c r="F97" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-      </c>
+        <v>506</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2015</v>
+      </c>
+      <c r="I97"/>
       <c r="J97" t="s">
-        <v>40</v>
+        <v>507</v>
       </c>
       <c r="K97" t="s">
-        <v>348</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L97"/>
       <c r="M97" t="s">
-        <v>24</v>
+        <v>508</v>
       </c>
       <c r="N97" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O97" t="s">
+        <v>534</v>
+      </c>
+      <c r="P97" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>351</v>
+        <v>536</v>
       </c>
       <c r="B98" t="s">
-        <v>352</v>
+        <v>537</v>
       </c>
       <c r="C98" t="s">
-        <v>37</v>
+        <v>504</v>
       </c>
       <c r="D98" t="s">
-        <v>28</v>
+        <v>513</v>
       </c>
       <c r="E98" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F98" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>506</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
       </c>
       <c r="H98">
         <v>2015</v>
       </c>
-      <c r="I98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I98"/>
       <c r="J98" t="s">
-        <v>40</v>
+        <v>507</v>
       </c>
       <c r="K98" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L98"/>
       <c r="M98" t="s">
-        <v>24</v>
+        <v>508</v>
       </c>
       <c r="N98" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O98" t="s">
+        <v>538</v>
+      </c>
+      <c r="P98" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>356</v>
+        <v>540</v>
       </c>
       <c r="B99" t="s">
-        <v>352</v>
+        <v>541</v>
       </c>
       <c r="C99" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="D99" t="s">
-        <v>28</v>
+        <v>542</v>
       </c>
       <c r="E99" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F99" t="s">
+        <v>41</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2012</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>298</v>
+      </c>
+      <c r="K99" t="s">
+        <v>543</v>
+      </c>
+      <c r="L99" t="s">
+        <v>544</v>
+      </c>
+      <c r="M99" t="s">
+        <v>545</v>
+      </c>
+      <c r="N99" t="s">
+        <v>26</v>
+      </c>
+      <c r="O99" t="s">
+        <v>546</v>
+      </c>
+      <c r="P99" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>548</v>
+      </c>
+      <c r="B100" t="s">
+        <v>549</v>
+      </c>
+      <c r="C100" t="s">
+        <v>550</v>
+      </c>
+      <c r="D100" t="s">
         <v>19</v>
       </c>
-      <c r="G99">
-[...36 lines deleted...]
-      </c>
       <c r="E100" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F100" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
       </c>
       <c r="H100">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I100"/>
       <c r="J100" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="K100" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>354</v>
+        <v>551</v>
       </c>
       <c r="M100" t="s">
-        <v>24</v>
+        <v>552</v>
       </c>
       <c r="N100" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
+        <v>553</v>
+      </c>
+      <c r="P100" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>363</v>
+        <v>555</v>
       </c>
       <c r="B101" t="s">
-        <v>352</v>
+        <v>556</v>
       </c>
       <c r="C101" t="s">
-        <v>305</v>
+        <v>550</v>
       </c>
       <c r="D101" t="s">
-        <v>28</v>
+        <v>105</v>
       </c>
       <c r="E101" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F101" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
       </c>
       <c r="H101">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I101"/>
       <c r="J101" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K101"/>
+        <v>42</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
       <c r="L101" t="s">
-        <v>354</v>
+        <v>557</v>
       </c>
       <c r="M101" t="s">
-        <v>24</v>
+        <v>552</v>
       </c>
       <c r="N101" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O101" t="s">
+        <v>558</v>
+      </c>
+      <c r="P101" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>365</v>
+        <v>560</v>
       </c>
       <c r="B102" t="s">
-        <v>352</v>
+        <v>561</v>
       </c>
       <c r="C102" t="s">
-        <v>326</v>
+        <v>562</v>
       </c>
       <c r="D102" t="s">
-        <v>28</v>
+        <v>183</v>
       </c>
       <c r="E102" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>450</v>
+      </c>
+      <c r="H102">
+        <v>2017</v>
+      </c>
+      <c r="I102"/>
       <c r="J102" t="s">
-        <v>40</v>
+        <v>488</v>
       </c>
       <c r="K102" t="s">
-        <v>366</v>
+        <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>354</v>
+        <v>563</v>
       </c>
       <c r="M102" t="s">
-        <v>24</v>
+        <v>564</v>
       </c>
       <c r="N102" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O102" t="s">
+        <v>565</v>
+      </c>
+      <c r="P102" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>368</v>
+        <v>567</v>
       </c>
       <c r="B103" t="s">
-        <v>352</v>
+        <v>568</v>
       </c>
       <c r="C103" t="s">
-        <v>93</v>
+        <v>569</v>
       </c>
       <c r="D103" t="s">
-        <v>28</v>
+        <v>570</v>
       </c>
       <c r="E103" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F103" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>128</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
       </c>
       <c r="H103">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I103"/>
       <c r="J103" t="s">
-        <v>40</v>
+        <v>571</v>
       </c>
       <c r="K103" t="s">
-        <v>369</v>
+        <v>572</v>
       </c>
       <c r="L103" t="s">
-        <v>370</v>
+        <v>573</v>
       </c>
       <c r="M103" t="s">
-        <v>24</v>
+        <v>574</v>
       </c>
       <c r="N103" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O103" t="s">
+        <v>575</v>
+      </c>
+      <c r="P103" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>372</v>
+        <v>577</v>
       </c>
       <c r="B104" t="s">
-        <v>352</v>
+        <v>577</v>
       </c>
       <c r="C104" t="s">
-        <v>162</v>
+        <v>569</v>
       </c>
       <c r="D104" t="s">
-        <v>28</v>
+        <v>578</v>
       </c>
       <c r="E104" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F104" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2015</v>
+      </c>
+      <c r="I104"/>
       <c r="J104" t="s">
-        <v>40</v>
+        <v>571</v>
       </c>
       <c r="K104" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>354</v>
+        <v>579</v>
       </c>
       <c r="M104" t="s">
-        <v>24</v>
+        <v>574</v>
       </c>
       <c r="N104" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
+        <v>580</v>
+      </c>
+      <c r="P104" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>375</v>
+        <v>582</v>
       </c>
       <c r="B105" t="s">
-        <v>352</v>
+        <v>583</v>
       </c>
       <c r="C105" t="s">
-        <v>101</v>
+        <v>569</v>
       </c>
       <c r="D105" t="s">
-        <v>28</v>
+        <v>584</v>
       </c>
       <c r="E105" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>128</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
       </c>
       <c r="H105">
         <v>2015</v>
       </c>
-      <c r="I105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I105"/>
       <c r="J105" t="s">
-        <v>40</v>
+        <v>571</v>
       </c>
       <c r="K105" t="s">
-        <v>376</v>
+        <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>370</v>
+        <v>585</v>
       </c>
       <c r="M105" t="s">
-        <v>24</v>
+        <v>574</v>
       </c>
       <c r="N105" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O105" t="s">
+        <v>586</v>
+      </c>
+      <c r="P105" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>378</v>
+        <v>588</v>
       </c>
       <c r="B106" t="s">
-        <v>352</v>
+        <v>589</v>
       </c>
       <c r="C106" t="s">
-        <v>111</v>
+        <v>222</v>
       </c>
       <c r="D106" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E106" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F106" t="s">
+        <v>41</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2013</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>590</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>591</v>
+      </c>
+      <c r="M106" t="s">
+        <v>225</v>
+      </c>
+      <c r="N106" t="s">
+        <v>26</v>
+      </c>
+      <c r="O106" t="s">
+        <v>592</v>
+      </c>
+      <c r="P106" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>594</v>
+      </c>
+      <c r="B107" t="s">
+        <v>595</v>
+      </c>
+      <c r="C107" t="s">
+        <v>596</v>
+      </c>
+      <c r="D107" t="s">
         <v>19</v>
       </c>
-      <c r="G106">
-[...2 lines deleted...]
-      <c r="H106">
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>41</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
         <v>2015</v>
       </c>
-      <c r="I106" t="s">
-[...34 lines deleted...]
-      <c r="F107" t="s">
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>597</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>598</v>
+      </c>
+      <c r="M107" t="s">
+        <v>599</v>
+      </c>
+      <c r="N107" t="s">
+        <v>26</v>
+      </c>
+      <c r="O107" t="s">
+        <v>600</v>
+      </c>
+      <c r="P107" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>602</v>
+      </c>
+      <c r="B108" t="s">
+        <v>603</v>
+      </c>
+      <c r="C108" t="s">
+        <v>604</v>
+      </c>
+      <c r="D108" t="s">
+        <v>243</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>327</v>
+      </c>
+      <c r="G108" t="s">
+        <v>450</v>
+      </c>
+      <c r="H108">
+        <v>2024</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>605</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>606</v>
+      </c>
+      <c r="M108" t="s">
+        <v>607</v>
+      </c>
+      <c r="N108" t="s">
+        <v>26</v>
+      </c>
+      <c r="O108" t="s">
+        <v>608</v>
+      </c>
+      <c r="P108" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>610</v>
+      </c>
+      <c r="B109" t="s">
+        <v>611</v>
+      </c>
+      <c r="C109" t="s">
+        <v>612</v>
+      </c>
+      <c r="D109" t="s">
+        <v>120</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>41</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2011</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>597</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>613</v>
+      </c>
+      <c r="M109" t="s">
+        <v>614</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109" t="s">
+        <v>615</v>
+      </c>
+      <c r="P109" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>617</v>
+      </c>
+      <c r="B110" t="s">
+        <v>618</v>
+      </c>
+      <c r="C110" t="s">
+        <v>612</v>
+      </c>
+      <c r="D110" t="s">
         <v>19</v>
       </c>
-      <c r="G107">
-[...2 lines deleted...]
-      <c r="H107">
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>41</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2017</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>597</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>619</v>
+      </c>
+      <c r="M110" t="s">
+        <v>614</v>
+      </c>
+      <c r="N110" t="s">
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>620</v>
+      </c>
+      <c r="P110" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>622</v>
+      </c>
+      <c r="B111" t="s">
+        <v>623</v>
+      </c>
+      <c r="C111" t="s">
+        <v>326</v>
+      </c>
+      <c r="D111" t="s">
+        <v>250</v>
+      </c>
+      <c r="E111" t="s">
+        <v>127</v>
+      </c>
+      <c r="F111" t="s">
+        <v>128</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2011</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>23</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>624</v>
+      </c>
+      <c r="M111" t="s">
+        <v>330</v>
+      </c>
+      <c r="N111" t="s">
+        <v>26</v>
+      </c>
+      <c r="O111" t="s">
+        <v>625</v>
+      </c>
+      <c r="P111" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>627</v>
+      </c>
+      <c r="B112" t="s">
+        <v>628</v>
+      </c>
+      <c r="C112" t="s">
+        <v>326</v>
+      </c>
+      <c r="D112" t="s">
+        <v>265</v>
+      </c>
+      <c r="E112" t="s">
+        <v>127</v>
+      </c>
+      <c r="F112" t="s">
+        <v>128</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2014</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>23</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>629</v>
+      </c>
+      <c r="M112" t="s">
+        <v>330</v>
+      </c>
+      <c r="N112" t="s">
+        <v>26</v>
+      </c>
+      <c r="O112" t="s">
+        <v>630</v>
+      </c>
+      <c r="P112" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>632</v>
+      </c>
+      <c r="B113" t="s">
+        <v>633</v>
+      </c>
+      <c r="C113" t="s">
+        <v>326</v>
+      </c>
+      <c r="D113" t="s">
+        <v>141</v>
+      </c>
+      <c r="E113" t="s">
+        <v>127</v>
+      </c>
+      <c r="F113" t="s">
+        <v>327</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2013</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>23</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>634</v>
+      </c>
+      <c r="M113" t="s">
+        <v>330</v>
+      </c>
+      <c r="N113" t="s">
+        <v>445</v>
+      </c>
+      <c r="O113" t="s">
+        <v>635</v>
+      </c>
+      <c r="P113" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>637</v>
+      </c>
+      <c r="B114" t="s">
+        <v>638</v>
+      </c>
+      <c r="C114" t="s">
+        <v>326</v>
+      </c>
+      <c r="D114" t="s">
+        <v>19</v>
+      </c>
+      <c r="E114" t="s">
+        <v>127</v>
+      </c>
+      <c r="F114" t="s">
+        <v>327</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2021</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>23</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>639</v>
+      </c>
+      <c r="M114" t="s">
+        <v>330</v>
+      </c>
+      <c r="N114" t="s">
+        <v>26</v>
+      </c>
+      <c r="O114" t="s">
+        <v>640</v>
+      </c>
+      <c r="P114" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>641</v>
+      </c>
+      <c r="B115" t="s">
+        <v>642</v>
+      </c>
+      <c r="C115" t="s">
+        <v>449</v>
+      </c>
+      <c r="D115" t="s">
+        <v>643</v>
+      </c>
+      <c r="E115" t="s">
+        <v>127</v>
+      </c>
+      <c r="F115" t="s">
+        <v>128</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2017</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>42</v>
+      </c>
+      <c r="K115" t="s">
+        <v>142</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>644</v>
+      </c>
+      <c r="N115" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" t="s">
+        <v>645</v>
+      </c>
+      <c r="P115" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>647</v>
+      </c>
+      <c r="B116" t="s">
+        <v>648</v>
+      </c>
+      <c r="C116" t="s">
+        <v>449</v>
+      </c>
+      <c r="D116" t="s">
+        <v>649</v>
+      </c>
+      <c r="E116" t="s">
+        <v>127</v>
+      </c>
+      <c r="F116" t="s">
+        <v>128</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2017</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>42</v>
+      </c>
+      <c r="K116" t="s">
+        <v>142</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>644</v>
+      </c>
+      <c r="N116" t="s">
+        <v>26</v>
+      </c>
+      <c r="O116" t="s">
+        <v>650</v>
+      </c>
+      <c r="P116" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>652</v>
+      </c>
+      <c r="B117" t="s">
+        <v>652</v>
+      </c>
+      <c r="C117" t="s">
+        <v>653</v>
+      </c>
+      <c r="D117" t="s">
+        <v>250</v>
+      </c>
+      <c r="E117" t="s">
+        <v>127</v>
+      </c>
+      <c r="F117" t="s">
+        <v>327</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2018</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>654</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>655</v>
+      </c>
+      <c r="N117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
+        <v>656</v>
+      </c>
+      <c r="P117" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>658</v>
+      </c>
+      <c r="B118" t="s">
+        <v>659</v>
+      </c>
+      <c r="C118" t="s">
+        <v>496</v>
+      </c>
+      <c r="D118" t="s">
+        <v>660</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2019</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>661</v>
+      </c>
+      <c r="K118" t="s">
+        <v>142</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>499</v>
+      </c>
+      <c r="N118" t="s">
+        <v>662</v>
+      </c>
+      <c r="O118" t="s">
+        <v>663</v>
+      </c>
+      <c r="P118" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>665</v>
+      </c>
+      <c r="B119" t="s">
+        <v>666</v>
+      </c>
+      <c r="C119" t="s">
+        <v>562</v>
+      </c>
+      <c r="D119" t="s">
+        <v>120</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>327</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2014</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>597</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>667</v>
+      </c>
+      <c r="M119" t="s">
+        <v>564</v>
+      </c>
+      <c r="N119" t="s">
+        <v>26</v>
+      </c>
+      <c r="O119" t="s">
+        <v>668</v>
+      </c>
+      <c r="P119" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>670</v>
+      </c>
+      <c r="B120" t="s">
+        <v>671</v>
+      </c>
+      <c r="C120" t="s">
+        <v>672</v>
+      </c>
+      <c r="D120" t="s">
+        <v>265</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
         <v>2012</v>
       </c>
-      <c r="I107" t="s">
-[...19 lines deleted...]
-      <c r="A108" t="s">
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>224</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>629</v>
+      </c>
+      <c r="M120" t="s">
+        <v>673</v>
+      </c>
+      <c r="N120" t="s">
+        <v>26</v>
+      </c>
+      <c r="O120" t="s">
+        <v>674</v>
+      </c>
+      <c r="P120" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>676</v>
+      </c>
+      <c r="B121" t="s">
+        <v>677</v>
+      </c>
+      <c r="C121" t="s">
+        <v>672</v>
+      </c>
+      <c r="D121" t="s">
+        <v>19</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2012</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>224</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>673</v>
+      </c>
+      <c r="N121" t="s">
+        <v>26</v>
+      </c>
+      <c r="O121" t="s">
+        <v>678</v>
+      </c>
+      <c r="P121" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>680</v>
+      </c>
+      <c r="B122" t="s">
+        <v>681</v>
+      </c>
+      <c r="C122" t="s">
+        <v>504</v>
+      </c>
+      <c r="D122" t="s">
+        <v>682</v>
+      </c>
+      <c r="E122" t="s">
+        <v>127</v>
+      </c>
+      <c r="F122" t="s">
+        <v>128</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2014</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>507</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>683</v>
+      </c>
+      <c r="M122" t="s">
+        <v>684</v>
+      </c>
+      <c r="N122" t="s">
+        <v>26</v>
+      </c>
+      <c r="O122" t="s">
+        <v>685</v>
+      </c>
+      <c r="P122" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>687</v>
+      </c>
+      <c r="B123" t="s">
+        <v>688</v>
+      </c>
+      <c r="C123" t="s">
+        <v>504</v>
+      </c>
+      <c r="D123" t="s">
+        <v>689</v>
+      </c>
+      <c r="E123" t="s">
+        <v>127</v>
+      </c>
+      <c r="F123" t="s">
+        <v>128</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2013</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>690</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>691</v>
+      </c>
+      <c r="M123" t="s">
+        <v>684</v>
+      </c>
+      <c r="N123" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
+        <v>692</v>
+      </c>
+      <c r="P123" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>694</v>
+      </c>
+      <c r="B124" t="s">
+        <v>695</v>
+      </c>
+      <c r="C124" t="s">
+        <v>504</v>
+      </c>
+      <c r="D124" t="s">
         <v>383</v>
       </c>
-      <c r="B108" t="s">
-[...17 lines deleted...]
-      <c r="H108">
+      <c r="E124" t="s">
+        <v>127</v>
+      </c>
+      <c r="F124" t="s">
+        <v>128</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
         <v>2012</v>
       </c>
-      <c r="I108" t="s">
-[...37 lines deleted...]
-      <c r="G109">
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>696</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>697</v>
+      </c>
+      <c r="M124" t="s">
+        <v>684</v>
+      </c>
+      <c r="N124" t="s">
+        <v>26</v>
+      </c>
+      <c r="O124" t="s">
+        <v>698</v>
+      </c>
+      <c r="P124" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>700</v>
+      </c>
+      <c r="B125" t="s">
+        <v>701</v>
+      </c>
+      <c r="C125" t="s">
+        <v>504</v>
+      </c>
+      <c r="D125" t="s">
+        <v>265</v>
+      </c>
+      <c r="E125" t="s">
+        <v>127</v>
+      </c>
+      <c r="F125" t="s">
+        <v>128</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2018</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>696</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>702</v>
+      </c>
+      <c r="M125" t="s">
+        <v>684</v>
+      </c>
+      <c r="N125" t="s">
+        <v>26</v>
+      </c>
+      <c r="O125" t="s">
+        <v>703</v>
+      </c>
+      <c r="P125" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>705</v>
+      </c>
+      <c r="B126" t="s">
+        <v>706</v>
+      </c>
+      <c r="C126" t="s">
+        <v>504</v>
+      </c>
+      <c r="D126" t="s">
+        <v>265</v>
+      </c>
+      <c r="E126" t="s">
+        <v>127</v>
+      </c>
+      <c r="F126" t="s">
+        <v>128</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2018</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>696</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>707</v>
+      </c>
+      <c r="M126" t="s">
+        <v>684</v>
+      </c>
+      <c r="N126" t="s">
+        <v>26</v>
+      </c>
+      <c r="O126" t="s">
+        <v>708</v>
+      </c>
+      <c r="P126" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>710</v>
+      </c>
+      <c r="B127" t="s">
+        <v>711</v>
+      </c>
+      <c r="C127" t="s">
+        <v>504</v>
+      </c>
+      <c r="D127" t="s">
+        <v>183</v>
+      </c>
+      <c r="E127" t="s">
+        <v>127</v>
+      </c>
+      <c r="F127" t="s">
+        <v>128</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
         <v>2012</v>
       </c>
-      <c r="H109">
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>696</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>712</v>
+      </c>
+      <c r="M127" t="s">
+        <v>684</v>
+      </c>
+      <c r="N127" t="s">
+        <v>26</v>
+      </c>
+      <c r="O127" t="s">
+        <v>713</v>
+      </c>
+      <c r="P127" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>715</v>
+      </c>
+      <c r="B128" t="s">
+        <v>716</v>
+      </c>
+      <c r="C128" t="s">
+        <v>504</v>
+      </c>
+      <c r="D128" t="s">
+        <v>154</v>
+      </c>
+      <c r="E128" t="s">
+        <v>127</v>
+      </c>
+      <c r="F128" t="s">
+        <v>128</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2015</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>696</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>717</v>
+      </c>
+      <c r="M128" t="s">
+        <v>684</v>
+      </c>
+      <c r="N128" t="s">
+        <v>26</v>
+      </c>
+      <c r="O128" t="s">
+        <v>718</v>
+      </c>
+      <c r="P128" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>720</v>
+      </c>
+      <c r="B129" t="s">
+        <v>721</v>
+      </c>
+      <c r="C129" t="s">
+        <v>504</v>
+      </c>
+      <c r="D129" t="s">
+        <v>105</v>
+      </c>
+      <c r="E129" t="s">
+        <v>127</v>
+      </c>
+      <c r="F129" t="s">
+        <v>128</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
         <v>2012</v>
       </c>
-      <c r="I109" t="s">
-[...35 lines deleted...]
-      <c r="G110">
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>696</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>722</v>
+      </c>
+      <c r="M129" t="s">
+        <v>684</v>
+      </c>
+      <c r="N129" t="s">
+        <v>26</v>
+      </c>
+      <c r="O129" t="s">
+        <v>723</v>
+      </c>
+      <c r="P129" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>725</v>
+      </c>
+      <c r="B130" t="s">
+        <v>726</v>
+      </c>
+      <c r="C130" t="s">
+        <v>504</v>
+      </c>
+      <c r="D130" t="s">
+        <v>258</v>
+      </c>
+      <c r="E130" t="s">
+        <v>127</v>
+      </c>
+      <c r="F130" t="s">
+        <v>128</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2004</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>696</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>727</v>
+      </c>
+      <c r="M130" t="s">
+        <v>684</v>
+      </c>
+      <c r="N130" t="s">
+        <v>26</v>
+      </c>
+      <c r="O130" t="s">
+        <v>728</v>
+      </c>
+      <c r="P130" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>730</v>
+      </c>
+      <c r="B131" t="s">
+        <v>731</v>
+      </c>
+      <c r="C131" t="s">
+        <v>89</v>
+      </c>
+      <c r="D131" t="s">
+        <v>732</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2021</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>91</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131"/>
+      <c r="N131" t="s">
+        <v>26</v>
+      </c>
+      <c r="O131" t="s">
+        <v>733</v>
+      </c>
+      <c r="P131" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>735</v>
+      </c>
+      <c r="B132" t="s">
+        <v>736</v>
+      </c>
+      <c r="C132" t="s">
+        <v>504</v>
+      </c>
+      <c r="D132" t="s">
+        <v>64</v>
+      </c>
+      <c r="E132" t="s">
+        <v>127</v>
+      </c>
+      <c r="F132" t="s">
+        <v>41</v>
+      </c>
+      <c r="G132" t="s">
+        <v>450</v>
+      </c>
+      <c r="H132">
+        <v>2021</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>451</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" t="s">
+        <v>737</v>
+      </c>
+      <c r="M132" t="s">
+        <v>738</v>
+      </c>
+      <c r="N132" t="s">
+        <v>26</v>
+      </c>
+      <c r="O132" t="s">
+        <v>739</v>
+      </c>
+      <c r="P132" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>741</v>
+      </c>
+      <c r="B133" t="s">
+        <v>742</v>
+      </c>
+      <c r="C133" t="s">
+        <v>743</v>
+      </c>
+      <c r="D133" t="s">
+        <v>744</v>
+      </c>
+      <c r="E133" t="s">
+        <v>127</v>
+      </c>
+      <c r="F133" t="s">
+        <v>128</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2013</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>129</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>745</v>
+      </c>
+      <c r="M133" t="s">
+        <v>746</v>
+      </c>
+      <c r="N133" t="s">
+        <v>26</v>
+      </c>
+      <c r="O133" t="s">
+        <v>747</v>
+      </c>
+      <c r="P133" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>749</v>
+      </c>
+      <c r="B134" t="s">
+        <v>750</v>
+      </c>
+      <c r="C134" t="s">
+        <v>504</v>
+      </c>
+      <c r="D134" t="s">
+        <v>751</v>
+      </c>
+      <c r="E134" t="s">
+        <v>127</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
         <v>2012</v>
       </c>
-      <c r="H110">
-[...122 lines deleted...]
-      <c r="G113">
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>507</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>752</v>
+      </c>
+      <c r="N134" t="s">
+        <v>26</v>
+      </c>
+      <c r="O134" t="s">
+        <v>753</v>
+      </c>
+      <c r="P134" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>755</v>
+      </c>
+      <c r="B135" t="s">
+        <v>756</v>
+      </c>
+      <c r="C135" t="s">
+        <v>757</v>
+      </c>
+      <c r="D135" t="s">
+        <v>205</v>
+      </c>
+      <c r="E135" t="s">
+        <v>127</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
         <v>2021</v>
       </c>
-      <c r="H113">
-[...301 lines deleted...]
-      <c r="H120">
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>451</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" t="s">
+        <v>758</v>
+      </c>
+      <c r="M135" t="s">
+        <v>759</v>
+      </c>
+      <c r="N135" t="s">
+        <v>26</v>
+      </c>
+      <c r="O135" t="s">
+        <v>760</v>
+      </c>
+      <c r="P135"/>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>761</v>
+      </c>
+      <c r="B136" t="s">
+        <v>762</v>
+      </c>
+      <c r="C136" t="s">
+        <v>757</v>
+      </c>
+      <c r="D136" t="s">
+        <v>105</v>
+      </c>
+      <c r="E136" t="s">
+        <v>127</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
         <v>2015</v>
       </c>
-      <c r="I120" t="s">
-[...242 lines deleted...]
-      <c r="B126" t="s">
+      <c r="I136"/>
+      <c r="J136" t="s">
         <v>451</v>
       </c>
-      <c r="C126" t="s">
-[...459 lines deleted...]
-      <c r="K136"/>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
       <c r="L136" t="s">
-        <v>480</v>
+        <v>763</v>
       </c>
       <c r="M136" t="s">
-        <v>24</v>
+        <v>759</v>
       </c>
       <c r="N136" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O136" t="s">
+        <v>764</v>
+      </c>
+      <c r="P136" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>485</v>
+        <v>766</v>
       </c>
       <c r="B137" t="s">
-        <v>54</v>
+        <v>767</v>
       </c>
       <c r="C137" t="s">
-        <v>178</v>
+        <v>757</v>
       </c>
       <c r="D137" t="s">
-        <v>28</v>
+        <v>105</v>
       </c>
       <c r="E137" t="s">
-        <v>29</v>
+        <v>127</v>
       </c>
       <c r="F137" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>41</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
       </c>
       <c r="H137">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I137"/>
       <c r="J137" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K137"/>
+        <v>768</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
       <c r="L137" t="s">
-        <v>480</v>
+        <v>769</v>
       </c>
       <c r="M137" t="s">
-        <v>24</v>
+        <v>759</v>
       </c>
       <c r="N137" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O137" t="s">
+        <v>770</v>
+      </c>
+      <c r="P137" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>487</v>
+        <v>772</v>
       </c>
       <c r="B138" t="s">
-        <v>488</v>
+        <v>773</v>
       </c>
       <c r="C138" t="s">
-        <v>37</v>
+        <v>757</v>
       </c>
       <c r="D138" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E138" t="s">
-        <v>347</v>
+        <v>127</v>
       </c>
       <c r="F138" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      </c>
+        <v>506</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2021</v>
+      </c>
+      <c r="I138"/>
       <c r="J138" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K138"/>
+        <v>451</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
       <c r="L138" t="s">
-        <v>490</v>
+        <v>774</v>
       </c>
       <c r="M138" t="s">
-        <v>24</v>
+        <v>759</v>
       </c>
       <c r="N138" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O138" t="s">
+        <v>775</v>
+      </c>
+      <c r="P138" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>492</v>
+        <v>777</v>
       </c>
       <c r="B139" t="s">
-        <v>71</v>
+        <v>778</v>
       </c>
       <c r="C139" t="s">
-        <v>130</v>
+        <v>109</v>
       </c>
       <c r="D139" t="s">
-        <v>17</v>
+        <v>779</v>
       </c>
       <c r="E139" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="F139" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
       </c>
       <c r="H139">
         <v>2014</v>
       </c>
-      <c r="I139" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I139"/>
       <c r="J139" t="s">
-        <v>40</v>
+        <v>84</v>
       </c>
       <c r="K139" t="s">
-        <v>211</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139"/>
       <c r="N139" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O139" t="s">
+        <v>780</v>
+      </c>
+      <c r="P139" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>494</v>
+        <v>782</v>
       </c>
       <c r="B140" t="s">
-        <v>495</v>
+        <v>783</v>
       </c>
       <c r="C140" t="s">
-        <v>496</v>
+        <v>82</v>
       </c>
       <c r="D140" t="s">
-        <v>17</v>
+        <v>265</v>
       </c>
       <c r="E140" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="F140" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
       </c>
       <c r="H140">
-        <v>2025</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I140"/>
       <c r="J140" t="s">
-        <v>40</v>
+        <v>84</v>
       </c>
       <c r="K140" t="s">
-        <v>499</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140"/>
       <c r="N140" t="s">
-        <v>501</v>
-[...3949 lines deleted...]
-      <c r="I234" t="s">
+        <v>26</v>
+      </c>
+      <c r="O140" t="s">
         <v>784</v>
       </c>
-      <c r="J234" t="s">
-[...2 lines deleted...]
-      <c r="K234" t="s">
+      <c r="P140" t="s">
         <v>785</v>
       </c>
-      <c r="L234" t="s">
-[...3019 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>