--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -12,227 +12,206 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="786">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="773">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
-[...8 lines deleted...]
-    <t>Televisions</t>
+    <t>BDS 563:1965 Electrical performance of power transformers</t>
+  </si>
+  <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-5631965-electrical-performance-power-transformers</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>CEL - Alternative Current Contactor</t>
+  </si>
+  <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Contactors</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 14048.1 GB 14048.4</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-alternative-current-contactor</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL 035-2016 Projectors</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
+    <t>Projectors</t>
+  </si>
+  <si>
     <t>October 2022</t>
-  </si>
-[...103 lines deleted...]
-    <t>Projectors</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
   </si>
   <si>
     <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
   </si>
   <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
     <t>This policy covers air cleaners.</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-air-cleaners</t>
   </si>
@@ -910,50 +889,53 @@
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
     <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
     <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
     <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
   </si>
   <si>
+    <t>Televisions</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
     <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
     <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
@@ -977,73 +959,50 @@
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
     <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
-  </si>
-[...21 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
   </si>
   <si>
     <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
 The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
@@ -2814,51 +2773,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P140"/>
+  <dimension ref="A1:P138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2913,6555 +2872,6463 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4"/>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
         <v>53</v>
       </c>
-      <c r="O5" t="s">
+      <c r="P5" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
         <v>56</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
         <v>59</v>
       </c>
-      <c r="M6" t="s">
-[...5 lines deleted...]
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
         <v>62</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
         <v>65</v>
       </c>
-      <c r="M7" t="s">
-[...5 lines deleted...]
-      <c r="O7" t="s">
+      <c r="P7" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
         <v>68</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
       <c r="J8" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>44</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
         <v>71</v>
       </c>
-      <c r="M8" t="s">
-[...5 lines deleted...]
-      <c r="O8" t="s">
+      <c r="P8" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
         <v>74</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D9" t="s">
         <v>76</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L9"/>
+      <c r="M9"/>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
         <v>78</v>
       </c>
       <c r="P9" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>80</v>
       </c>
       <c r="B10" t="s">
         <v>81</v>
       </c>
       <c r="C10" t="s">
         <v>82</v>
       </c>
       <c r="D10" t="s">
         <v>83</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
       <c r="J10" t="s">
         <v>84</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
         <v>85</v>
       </c>
       <c r="P10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>87</v>
       </c>
       <c r="B11" t="s">
         <v>88</v>
       </c>
       <c r="C11" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="D11" t="s">
-        <v>90</v>
+        <v>76</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>91</v>
+        <v>77</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="P11" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C12" t="s">
         <v>82</v>
       </c>
       <c r="D12" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>84</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>82</v>
+      </c>
+      <c r="D13" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C14" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="D14" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
-      <c r="M14"/>
+      <c r="M14" t="s">
+        <v>104</v>
+      </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B15" t="s">
         <v>108</v>
       </c>
       <c r="C15" t="s">
-        <v>109</v>
+        <v>82</v>
       </c>
       <c r="D15" t="s">
-        <v>105</v>
+        <v>63</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
+        <v>84</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
         <v>110</v>
-      </c>
-[...14 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="D16" t="s">
-        <v>70</v>
+        <v>113</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
-      <c r="M16"/>
+      <c r="M16" t="s">
+        <v>104</v>
+      </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
         <v>118</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
         <v>119</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>120</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>123</v>
+      </c>
       <c r="M17" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>126</v>
+        <v>19</v>
       </c>
       <c r="E18" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F18" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
+        <v>42</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
         <v>129</v>
       </c>
-      <c r="K18" t="s">
-[...2 lines deleted...]
-      <c r="L18" t="s">
+      <c r="M18" t="s">
+        <v>124</v>
+      </c>
+      <c r="N18" t="s">
+        <v>45</v>
+      </c>
+      <c r="O18" t="s">
         <v>130</v>
       </c>
-      <c r="M18" t="s">
+      <c r="P18" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" t="s">
         <v>134</v>
       </c>
-      <c r="B19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F19" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K19" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="L19" t="s">
         <v>136</v>
       </c>
       <c r="M19" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="N19" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="O19" t="s">
         <v>137</v>
       </c>
       <c r="P19" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>139</v>
       </c>
       <c r="B20" t="s">
         <v>140</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
         <v>141</v>
       </c>
       <c r="E20" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F20" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
-      <c r="I20"/>
+      <c r="I20">
+        <v>2019</v>
+      </c>
       <c r="J20" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
         <v>142</v>
       </c>
-      <c r="L20" t="s">
+      <c r="M20" t="s">
+        <v>124</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
         <v>143</v>
       </c>
-      <c r="M20" t="s">
-[...5 lines deleted...]
-      <c r="O20" t="s">
+      <c r="P20" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
         <v>146</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>40</v>
+      </c>
+      <c r="D21" t="s">
         <v>147</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="E21" t="s">
+        <v>120</v>
+      </c>
+      <c r="F21" t="s">
+        <v>121</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>122</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
         <v>148</v>
       </c>
-      <c r="E21" t="s">
-[...20 lines deleted...]
-      <c r="L21" t="s">
+      <c r="M21" t="s">
+        <v>124</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
         <v>149</v>
       </c>
-      <c r="M21" t="s">
-[...5 lines deleted...]
-      <c r="O21" t="s">
+      <c r="P21" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
         <v>152</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>40</v>
+      </c>
+      <c r="D22" t="s">
         <v>153</v>
       </c>
-      <c r="C22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F22" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>129</v>
+        <v>51</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
+        <v>154</v>
+      </c>
+      <c r="M22" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
         <v>156</v>
       </c>
       <c r="P22" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>158</v>
       </c>
       <c r="B23" t="s">
         <v>159</v>
       </c>
       <c r="C23" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D23" t="s">
         <v>160</v>
       </c>
       <c r="E23" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F23" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>23</v>
+        <v>122</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>161</v>
       </c>
       <c r="M23" t="s">
+        <v>124</v>
+      </c>
+      <c r="N23" t="s">
+        <v>45</v>
+      </c>
+      <c r="O23" t="s">
         <v>162</v>
       </c>
-      <c r="N23" t="s">
-[...2 lines deleted...]
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
         <v>165</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D24" t="s">
-        <v>167</v>
+        <v>19</v>
       </c>
       <c r="E24" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F24" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>129</v>
+        <v>42</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
+        <v>166</v>
+      </c>
+      <c r="M24" t="s">
+        <v>124</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>167</v>
+      </c>
+      <c r="P24" t="s">
         <v>168</v>
-      </c>
-[...10 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D25" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F25" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
+        <v>171</v>
+      </c>
+      <c r="M25" t="s">
+        <v>124</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>172</v>
+      </c>
+      <c r="P25" t="s">
         <v>173</v>
-      </c>
-[...10 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>174</v>
+      </c>
+      <c r="B26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C26" t="s">
+        <v>40</v>
+      </c>
+      <c r="D26" t="s">
         <v>176</v>
       </c>
-      <c r="B26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E26" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F26" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
+        <v>177</v>
+      </c>
+      <c r="M26" t="s">
+        <v>124</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
         <v>178</v>
       </c>
-      <c r="M26" t="s">
-[...5 lines deleted...]
-      <c r="O26" t="s">
+      <c r="P26" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>180</v>
+      </c>
+      <c r="B27" t="s">
         <v>181</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D27" t="s">
-        <v>183</v>
+        <v>141</v>
       </c>
       <c r="E27" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F27" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
+        <v>182</v>
+      </c>
+      <c r="M27" t="s">
+        <v>124</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>183</v>
+      </c>
+      <c r="P27" t="s">
         <v>184</v>
-      </c>
-[...10 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B28" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C28" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D28" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="E28" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F28" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
+        <v>187</v>
+      </c>
+      <c r="M28" t="s">
+        <v>124</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>188</v>
+      </c>
+      <c r="P28" t="s">
         <v>189</v>
-      </c>
-[...10 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>190</v>
+      </c>
+      <c r="B29" t="s">
+        <v>191</v>
+      </c>
+      <c r="C29" t="s">
+        <v>40</v>
+      </c>
+      <c r="D29" t="s">
         <v>192</v>
       </c>
-      <c r="B29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E29" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F29" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2017</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
+        <v>193</v>
+      </c>
+      <c r="M29" t="s">
+        <v>124</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
         <v>194</v>
       </c>
-      <c r="M29" t="s">
-[...5 lines deleted...]
-      <c r="O29" t="s">
+      <c r="P29" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>196</v>
+      </c>
+      <c r="B30" t="s">
         <v>197</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
+        <v>40</v>
+      </c>
+      <c r="D30" t="s">
         <v>198</v>
       </c>
-      <c r="C30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F30" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
+        <v>199</v>
+      </c>
+      <c r="M30" t="s">
+        <v>124</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
         <v>200</v>
       </c>
-      <c r="M30" t="s">
-[...5 lines deleted...]
-      <c r="O30" t="s">
+      <c r="P30" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>202</v>
+      </c>
+      <c r="B31" t="s">
         <v>203</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D31" t="s">
-        <v>205</v>
+        <v>192</v>
       </c>
       <c r="E31" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F31" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
+        <v>204</v>
+      </c>
+      <c r="M31" t="s">
+        <v>124</v>
+      </c>
+      <c r="N31" t="s">
+        <v>205</v>
+      </c>
+      <c r="O31" t="s">
         <v>206</v>
       </c>
-      <c r="M31" t="s">
-[...5 lines deleted...]
-      <c r="O31" t="s">
+      <c r="P31" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>208</v>
+      </c>
+      <c r="B32" t="s">
         <v>209</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
+        <v>40</v>
+      </c>
+      <c r="D32" t="s">
+        <v>50</v>
+      </c>
+      <c r="E32" t="s">
+        <v>120</v>
+      </c>
+      <c r="F32" t="s">
+        <v>121</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32">
+        <v>2016</v>
+      </c>
+      <c r="J32" t="s">
+        <v>42</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
         <v>210</v>
       </c>
-      <c r="C32" t="s">
-[...24 lines deleted...]
-      <c r="L32" t="s">
+      <c r="M32" t="s">
+        <v>124</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
         <v>211</v>
       </c>
-      <c r="M32" t="s">
-[...2 lines deleted...]
-      <c r="N32" t="s">
+      <c r="P32" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
         <v>215</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
         <v>216</v>
       </c>
-      <c r="C33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>50</v>
+        <v>217</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>131</v>
+        <v>218</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B34" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C34" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D34" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P34" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B35" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C35" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="D35" t="s">
-        <v>231</v>
+        <v>198</v>
       </c>
       <c r="E35" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F35" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="P35" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>233</v>
+      </c>
+      <c r="B36" t="s">
+        <v>234</v>
+      </c>
+      <c r="C36" t="s">
+        <v>235</v>
+      </c>
+      <c r="D36" t="s">
         <v>236</v>
       </c>
-      <c r="B36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E36" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F36" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P36" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B37" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C37" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D37" t="s">
         <v>243</v>
       </c>
       <c r="E37" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F37" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="P37" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B38" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C38" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D38" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="E38" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F38" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="P38" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B39" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C39" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D39" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="E39" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F39" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2010</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="P39" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B40" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C40" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D40" t="s">
-        <v>258</v>
+        <v>160</v>
       </c>
       <c r="E40" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F40" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="P40" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B41" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C41" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D41" t="s">
-        <v>167</v>
+        <v>258</v>
       </c>
       <c r="E41" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F41" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="P41" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B42" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C42" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D42" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="E42" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F42" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2010</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="P42" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B43" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C43" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D43" t="s">
-        <v>269</v>
+        <v>141</v>
       </c>
       <c r="E43" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F43" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2010</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="P43" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B44" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C44" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D44" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="E44" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F44" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2010</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="P44" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="B45" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C45" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D45" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="E45" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F45" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="P45" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="B46" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C46" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D46" t="s">
-        <v>76</v>
+        <v>258</v>
       </c>
       <c r="E46" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F46" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2009</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="P46" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B47" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C47" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D47" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="E47" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F47" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2009</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="P47" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B48" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="C48" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D48" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="E48" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F48" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="P48" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B49" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C49" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D49" t="s">
-        <v>265</v>
+        <v>63</v>
       </c>
       <c r="E49" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F49" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2010</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="P49" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="B50" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="C50" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D50" t="s">
-        <v>70</v>
+        <v>287</v>
       </c>
       <c r="E50" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F50" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="P50" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B51" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C51" t="s">
-        <v>242</v>
+        <v>291</v>
       </c>
       <c r="D51" t="s">
-        <v>19</v>
+        <v>262</v>
       </c>
       <c r="E51" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F51" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2008</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>244</v>
+        <v>292</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
-      <c r="L51"/>
+      <c r="L51" t="s">
+        <v>293</v>
+      </c>
       <c r="M51" t="s">
-        <v>245</v>
+        <v>294</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P51" t="s">
-        <v>247</v>
+        <v>296</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B52" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C52" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="D52" t="s">
-        <v>269</v>
+        <v>119</v>
       </c>
       <c r="E52" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F52" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
         <v>299</v>
       </c>
       <c r="M52" t="s">
+        <v>294</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
         <v>300</v>
       </c>
-      <c r="N52" t="s">
-[...2 lines deleted...]
-      <c r="O52" t="s">
+      <c r="P52" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>302</v>
+      </c>
+      <c r="B53" t="s">
         <v>303</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" t="s">
-        <v>297</v>
+        <v>235</v>
       </c>
       <c r="D53" t="s">
-        <v>126</v>
+        <v>57</v>
       </c>
       <c r="E53" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>298</v>
+        <v>237</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
+        <v>304</v>
+      </c>
+      <c r="M53" t="s">
+        <v>238</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
         <v>305</v>
       </c>
-      <c r="M53" t="s">
-[...5 lines deleted...]
-      <c r="O53" t="s">
+      <c r="P53" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>307</v>
+      </c>
+      <c r="B54" t="s">
         <v>308</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D54" t="s">
-        <v>64</v>
+        <v>98</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2009</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
+        <v>309</v>
+      </c>
+      <c r="M54" t="s">
+        <v>238</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
         <v>310</v>
       </c>
-      <c r="M54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P54" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>311</v>
+      </c>
+      <c r="B55" t="s">
+        <v>312</v>
+      </c>
+      <c r="C55" t="s">
         <v>313</v>
       </c>
-      <c r="B55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D55" t="s">
-        <v>105</v>
+        <v>287</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>41</v>
+        <v>314</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2009</v>
+        <v>2023</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>244</v>
+        <v>315</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="M55" t="s">
-        <v>245</v>
+        <v>317</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="P55" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B56" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C56" t="s">
-        <v>18</v>
+        <v>322</v>
       </c>
       <c r="D56" t="s">
-        <v>319</v>
+        <v>141</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="F56" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>23</v>
+        <v>122</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="M56" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="P56" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B57" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C57" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="D57" t="s">
-        <v>19</v>
+        <v>287</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>327</v>
+        <v>314</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2023</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
-      <c r="L57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P57" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B58" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C58" t="s">
-        <v>335</v>
+        <v>40</v>
       </c>
       <c r="D58" t="s">
-        <v>148</v>
+        <v>50</v>
       </c>
       <c r="E58" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
         <v>336</v>
       </c>
       <c r="M58" t="s">
         <v>337</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58" t="s">
         <v>338</v>
       </c>
       <c r="P58" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>340</v>
       </c>
       <c r="B59" t="s">
         <v>341</v>
       </c>
       <c r="C59" t="s">
-        <v>342</v>
+        <v>40</v>
       </c>
       <c r="D59" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>327</v>
+        <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
+        <v>42</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>342</v>
+      </c>
+      <c r="M59" t="s">
+        <v>337</v>
+      </c>
+      <c r="N59" t="s">
+        <v>45</v>
+      </c>
+      <c r="O59" t="s">
         <v>343</v>
       </c>
-      <c r="K59" t="s">
-[...3 lines deleted...]
-      <c r="M59" t="s">
+      <c r="P59" t="s">
         <v>344</v>
-      </c>
-[...7 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>345</v>
+      </c>
+      <c r="B60" t="s">
+        <v>346</v>
+      </c>
+      <c r="C60" t="s">
         <v>347</v>
       </c>
-      <c r="B60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D60" t="s">
-        <v>58</v>
+        <v>98</v>
       </c>
       <c r="E60" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>2016</v>
+        <v>1985</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>129</v>
+        <v>292</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
+        <v>348</v>
+      </c>
+      <c r="M60" t="s">
         <v>349</v>
       </c>
-      <c r="M60" t="s">
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
         <v>350</v>
       </c>
-      <c r="N60" t="s">
-[...2 lines deleted...]
-      <c r="O60" t="s">
+      <c r="P60" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>352</v>
+      </c>
+      <c r="B61" t="s">
         <v>353</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" t="s">
-        <v>48</v>
+        <v>347</v>
       </c>
       <c r="D61" t="s">
-        <v>64</v>
+        <v>243</v>
       </c>
       <c r="E61" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2020</v>
+        <v>1989</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>50</v>
+        <v>122</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
-      <c r="L61" t="s">
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>349</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>354</v>
+      </c>
+      <c r="P61" t="s">
         <v>355</v>
-      </c>
-[...10 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="B62" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="C62" t="s">
-        <v>360</v>
+        <v>347</v>
       </c>
       <c r="D62" t="s">
-        <v>105</v>
+        <v>258</v>
       </c>
       <c r="E62" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
-      <c r="L62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L62"/>
       <c r="M62" t="s">
-        <v>362</v>
+        <v>349</v>
       </c>
       <c r="N62" t="s">
         <v>26</v>
       </c>
       <c r="O62" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="P62" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="B63" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C63" t="s">
-        <v>360</v>
+        <v>347</v>
       </c>
       <c r="D63" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="E63" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>129</v>
+        <v>292</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
+        <v>349</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
         <v>362</v>
       </c>
-      <c r="N63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P63" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="B64" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="C64" t="s">
-        <v>360</v>
+        <v>347</v>
       </c>
       <c r="D64" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="E64" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>1989</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>362</v>
+        <v>349</v>
       </c>
       <c r="N64" t="s">
         <v>26</v>
       </c>
       <c r="O64" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="P64" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="B65" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C65" t="s">
-        <v>360</v>
+        <v>347</v>
       </c>
       <c r="D65" t="s">
-        <v>269</v>
+        <v>370</v>
       </c>
       <c r="E65" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>1990</v>
+        <v>1983</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="L65"/>
+      <c r="L65" t="s">
+        <v>371</v>
+      </c>
       <c r="M65" t="s">
-        <v>362</v>
+        <v>349</v>
       </c>
       <c r="N65" t="s">
         <v>26</v>
       </c>
       <c r="O65" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="P65" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B66" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="C66" t="s">
-        <v>360</v>
+        <v>347</v>
       </c>
       <c r="D66" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="E66" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>1989</v>
+        <v>1987</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>298</v>
+        <v>122</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>362</v>
+        <v>349</v>
       </c>
       <c r="N66" t="s">
         <v>26</v>
       </c>
       <c r="O66" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="P66" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="B67" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="C67" t="s">
-        <v>360</v>
+        <v>291</v>
       </c>
       <c r="D67" t="s">
-        <v>383</v>
+        <v>370</v>
       </c>
       <c r="E67" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F67" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>1983</v>
+        <v>2014</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
-      <c r="L67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
-        <v>362</v>
+        <v>294</v>
       </c>
       <c r="N67" t="s">
         <v>26</v>
       </c>
       <c r="O67" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="P67" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="B68" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="C68" t="s">
-        <v>360</v>
+        <v>291</v>
       </c>
       <c r="D68" t="s">
-        <v>250</v>
+        <v>384</v>
       </c>
       <c r="E68" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F68" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>1987</v>
+        <v>2015</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>129</v>
+        <v>292</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>362</v>
+        <v>385</v>
       </c>
       <c r="N68" t="s">
         <v>26</v>
       </c>
       <c r="O68" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="P68" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B69" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="C69" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="D69" t="s">
-        <v>383</v>
+        <v>224</v>
       </c>
       <c r="E69" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F69" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>300</v>
+        <v>385</v>
       </c>
       <c r="N69" t="s">
         <v>26</v>
       </c>
       <c r="O69" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="P69" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="B70" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="C70" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="D70" t="s">
-        <v>397</v>
+        <v>98</v>
       </c>
       <c r="E70" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F70" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>398</v>
+        <v>385</v>
       </c>
       <c r="N70" t="s">
         <v>26</v>
       </c>
       <c r="O70" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="P70" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C71" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="D71" t="s">
-        <v>231</v>
+        <v>50</v>
       </c>
       <c r="E71" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F71" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
-      <c r="L71"/>
+      <c r="L71" t="s">
+        <v>396</v>
+      </c>
       <c r="M71" t="s">
+        <v>294</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
         <v>398</v>
       </c>
-      <c r="N71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P71" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="B72" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="C72" t="s">
-        <v>297</v>
+        <v>215</v>
       </c>
       <c r="D72" t="s">
-        <v>105</v>
+        <v>69</v>
       </c>
       <c r="E72" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>128</v>
+        <v>314</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>298</v>
+        <v>402</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="L72"/>
+      <c r="L72" t="s">
+        <v>403</v>
+      </c>
       <c r="M72" t="s">
-        <v>398</v>
+        <v>218</v>
       </c>
       <c r="N72" t="s">
         <v>26</v>
       </c>
       <c r="O72" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="P72" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
+        <v>406</v>
+      </c>
+      <c r="B73" t="s">
+        <v>407</v>
+      </c>
+      <c r="C73" t="s">
+        <v>215</v>
+      </c>
+      <c r="D73" t="s">
+        <v>287</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>314</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2021</v>
+      </c>
+      <c r="I73">
+        <v>2024</v>
+      </c>
+      <c r="J73" t="s">
+        <v>402</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>408</v>
+      </c>
+      <c r="M73" t="s">
+        <v>218</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
         <v>409</v>
       </c>
-      <c r="B73" t="s">
+      <c r="P73" t="s">
         <v>410</v>
-      </c>
-[...38 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
+        <v>411</v>
+      </c>
+      <c r="B74" t="s">
+        <v>412</v>
+      </c>
+      <c r="C74" t="s">
         <v>413</v>
       </c>
-      <c r="B74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D74" t="s">
-        <v>76</v>
+        <v>243</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>327</v>
+        <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
+        <v>414</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
         <v>415</v>
       </c>
-      <c r="K74" t="s">
-[...2 lines deleted...]
-      <c r="L74" t="s">
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
         <v>416</v>
       </c>
-      <c r="M74" t="s">
-[...5 lines deleted...]
-      <c r="O74" t="s">
+      <c r="P74" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
+        <v>418</v>
+      </c>
+      <c r="B75" t="s">
         <v>419</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
+        <v>413</v>
+      </c>
+      <c r="D75" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>327</v>
+        <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
-      <c r="H75">
-[...4 lines deleted...]
-      </c>
+      <c r="H75"/>
+      <c r="I75"/>
       <c r="J75" t="s">
+        <v>315</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
         <v>415</v>
       </c>
-      <c r="K75" t="s">
-[...2 lines deleted...]
-      <c r="L75" t="s">
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
         <v>421</v>
       </c>
-      <c r="M75" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P75" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
+        <v>422</v>
+      </c>
+      <c r="B76" t="s">
+        <v>423</v>
+      </c>
+      <c r="C76" t="s">
+        <v>413</v>
+      </c>
+      <c r="D76" t="s">
         <v>424</v>
-      </c>
-[...7 lines deleted...]
-        <v>250</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2022</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>427</v>
+        <v>414</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>428</v>
+        <v>415</v>
       </c>
       <c r="N76" t="s">
         <v>26</v>
       </c>
       <c r="O76" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="P76" t="s">
-        <v>430</v>
+        <v>417</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="B77" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="C77" t="s">
-        <v>426</v>
+        <v>413</v>
       </c>
       <c r="D77" t="s">
-        <v>433</v>
+        <v>287</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
-      <c r="H77"/>
+      <c r="H77">
+        <v>2022</v>
+      </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>328</v>
+        <v>414</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
+        <v>415</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
         <v>428</v>
       </c>
-      <c r="N77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P77" t="s">
-        <v>430</v>
+        <v>417</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="B78" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="C78" t="s">
-        <v>426</v>
+        <v>413</v>
       </c>
       <c r="D78" t="s">
-        <v>437</v>
+        <v>134</v>
       </c>
       <c r="E78" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2022</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>427</v>
+        <v>414</v>
       </c>
       <c r="K78" t="s">
-        <v>24</v>
+        <v>431</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>428</v>
+        <v>415</v>
       </c>
       <c r="N78" t="s">
-        <v>26</v>
+        <v>432</v>
       </c>
       <c r="O78" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="P78" t="s">
-        <v>430</v>
+        <v>417</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="B79" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="C79" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="D79" t="s">
-        <v>19</v>
+        <v>287</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G79" t="s">
-        <v>22</v>
+        <v>437</v>
       </c>
       <c r="H79">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>427</v>
+        <v>438</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
-      <c r="L79"/>
+      <c r="L79" t="s">
+        <v>439</v>
+      </c>
       <c r="M79" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="N79" t="s">
         <v>26</v>
       </c>
       <c r="O79" t="s">
         <v>441</v>
       </c>
       <c r="P79" t="s">
-        <v>430</v>
+        <v>442</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B80" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C80" t="s">
-        <v>426</v>
+        <v>291</v>
       </c>
       <c r="D80" t="s">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="E80" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>427</v>
+        <v>292</v>
       </c>
       <c r="K80" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="L80"/>
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>299</v>
+      </c>
       <c r="M80" t="s">
-        <v>428</v>
+        <v>294</v>
       </c>
       <c r="N80" t="s">
+        <v>26</v>
+      </c>
+      <c r="O80" t="s">
         <v>445</v>
       </c>
-      <c r="O80" t="s">
+      <c r="P80" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>447</v>
       </c>
       <c r="B81" t="s">
         <v>448</v>
       </c>
       <c r="C81" t="s">
         <v>449</v>
       </c>
       <c r="D81" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>41</v>
+        <v>314</v>
       </c>
       <c r="G81" t="s">
-        <v>450</v>
+        <v>22</v>
       </c>
       <c r="H81">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
+        <v>292</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>450</v>
+      </c>
+      <c r="M81" t="s">
         <v>451</v>
       </c>
-      <c r="K81" t="s">
-[...2 lines deleted...]
-      <c r="L81" t="s">
+      <c r="N81" t="s">
+        <v>26</v>
+      </c>
+      <c r="O81" t="s">
         <v>452</v>
       </c>
-      <c r="M81" t="s">
+      <c r="P81" t="s">
         <v>453</v>
-      </c>
-[...7 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="B82" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="C82" t="s">
-        <v>297</v>
+        <v>235</v>
       </c>
       <c r="D82" t="s">
-        <v>126</v>
+        <v>424</v>
       </c>
       <c r="E82" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>298</v>
+        <v>237</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
-      <c r="L82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L82"/>
       <c r="M82" t="s">
-        <v>300</v>
+        <v>238</v>
       </c>
       <c r="N82" t="s">
         <v>26</v>
       </c>
       <c r="O82" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="P82" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="B83" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="C83" t="s">
-        <v>462</v>
+        <v>235</v>
       </c>
       <c r="D83" t="s">
-        <v>76</v>
+        <v>176</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>327</v>
+        <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>298</v>
+        <v>237</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
-      <c r="L83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L83"/>
       <c r="M83" t="s">
-        <v>464</v>
+        <v>238</v>
       </c>
       <c r="N83" t="s">
         <v>26</v>
       </c>
       <c r="O83" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="P83" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="B84" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="C84" t="s">
-        <v>242</v>
+        <v>449</v>
       </c>
       <c r="D84" t="s">
-        <v>437</v>
+        <v>243</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>244</v>
+        <v>292</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
-      <c r="L84"/>
+      <c r="L84" t="s">
+        <v>463</v>
+      </c>
       <c r="M84" t="s">
-        <v>245</v>
+        <v>451</v>
       </c>
       <c r="N84" t="s">
         <v>26</v>
       </c>
       <c r="O84" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="P84" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="B85" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="C85" t="s">
-        <v>242</v>
+        <v>449</v>
       </c>
       <c r="D85" t="s">
-        <v>183</v>
+        <v>63</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>244</v>
+        <v>292</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
-      <c r="L85"/>
+      <c r="L85" t="s">
+        <v>468</v>
+      </c>
       <c r="M85" t="s">
-        <v>245</v>
+        <v>451</v>
       </c>
       <c r="N85" t="s">
         <v>26</v>
       </c>
       <c r="O85" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="P85" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="B86" t="s">
-        <v>475</v>
+        <v>283</v>
       </c>
       <c r="C86" t="s">
-        <v>462</v>
+        <v>235</v>
       </c>
       <c r="D86" t="s">
-        <v>250</v>
+        <v>63</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>298</v>
+        <v>237</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
-      <c r="L86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L86"/>
       <c r="M86" t="s">
-        <v>464</v>
+        <v>238</v>
       </c>
       <c r="N86" t="s">
         <v>26</v>
       </c>
       <c r="O86" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="P86" t="s">
-        <v>478</v>
+        <v>457</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="B87" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="C87" t="s">
-        <v>462</v>
+        <v>436</v>
       </c>
       <c r="D87" t="s">
-        <v>70</v>
+        <v>287</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
-        <v>2008</v>
+        <v>2024</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>298</v>
+        <v>475</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
-      <c r="L87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L87"/>
       <c r="M87" t="s">
-        <v>464</v>
+        <v>440</v>
       </c>
       <c r="N87" t="s">
         <v>26</v>
       </c>
       <c r="O87" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="P87" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="B88" t="s">
-        <v>290</v>
+        <v>479</v>
       </c>
       <c r="C88" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="D88" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
-      <c r="L88"/>
+      <c r="L88" t="s">
+        <v>309</v>
+      </c>
       <c r="M88" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="N88" t="s">
         <v>26</v>
       </c>
       <c r="O88" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="P88" t="s">
-        <v>470</v>
+        <v>457</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="B89" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="C89" t="s">
-        <v>449</v>
+        <v>483</v>
       </c>
       <c r="D89" t="s">
-        <v>19</v>
+        <v>287</v>
       </c>
       <c r="E89" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="F89" t="s">
-        <v>21</v>
+        <v>484</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
-      <c r="H89"/>
+      <c r="H89">
+        <v>2017</v>
+      </c>
       <c r="I89"/>
       <c r="J89" t="s">
+        <v>217</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>485</v>
+      </c>
+      <c r="M89" t="s">
+        <v>486</v>
+      </c>
+      <c r="N89" t="s">
+        <v>26</v>
+      </c>
+      <c r="O89" t="s">
+        <v>487</v>
+      </c>
+      <c r="P89" t="s">
         <v>488</v>
-      </c>
-[...14 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
+        <v>489</v>
+      </c>
+      <c r="B90" t="s">
+        <v>490</v>
+      </c>
+      <c r="C90" t="s">
         <v>491</v>
       </c>
-      <c r="B90" t="s">
+      <c r="D90" t="s">
         <v>492</v>
       </c>
-      <c r="C90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E90" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="F90" t="s">
-        <v>21</v>
+        <v>493</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>244</v>
+        <v>494</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
-      <c r="L90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L90"/>
       <c r="M90" t="s">
-        <v>245</v>
+        <v>495</v>
       </c>
       <c r="N90" t="s">
         <v>26</v>
       </c>
       <c r="O90" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="P90" t="s">
-        <v>470</v>
+        <v>497</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="B91" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="C91" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="D91" t="s">
-        <v>19</v>
+        <v>500</v>
       </c>
       <c r="E91" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F91" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>224</v>
+        <v>494</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
-      <c r="L91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="N91" t="s">
         <v>26</v>
       </c>
       <c r="O91" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="P91" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B92" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C92" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D92" t="s">
         <v>505</v>
       </c>
       <c r="E92" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F92" t="s">
-        <v>506</v>
+        <v>493</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2015</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>508</v>
+        <v>495</v>
       </c>
       <c r="N92" t="s">
         <v>26</v>
       </c>
       <c r="O92" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="P92" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="B93" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="C93" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D93" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="E93" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F93" t="s">
-        <v>506</v>
+        <v>493</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2015</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>508</v>
+        <v>495</v>
       </c>
       <c r="N93" t="s">
         <v>26</v>
       </c>
       <c r="O93" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="P93" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="B94" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="C94" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D94" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="E94" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F94" t="s">
-        <v>506</v>
+        <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2015</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>508</v>
+        <v>495</v>
       </c>
       <c r="N94" t="s">
         <v>26</v>
       </c>
       <c r="O94" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="P94" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="B95" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="C95" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D95" t="s">
-        <v>523</v>
+        <v>500</v>
       </c>
       <c r="E95" t="s">
-        <v>127</v>
+        <v>520</v>
       </c>
       <c r="F95" t="s">
-        <v>506</v>
+        <v>493</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2015</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>508</v>
+        <v>495</v>
       </c>
       <c r="N95" t="s">
         <v>26</v>
       </c>
       <c r="O95" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="P95" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="B96" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="C96" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D96" t="s">
-        <v>528</v>
+        <v>500</v>
       </c>
       <c r="E96" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F96" t="s">
-        <v>21</v>
+        <v>493</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2015</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>508</v>
+        <v>495</v>
       </c>
       <c r="N96" t="s">
         <v>26</v>
       </c>
       <c r="O96" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="P96" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="B97" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="C97" t="s">
-        <v>504</v>
+        <v>347</v>
       </c>
       <c r="D97" t="s">
-        <v>513</v>
+        <v>529</v>
       </c>
       <c r="E97" t="s">
-        <v>533</v>
+        <v>120</v>
       </c>
       <c r="F97" t="s">
-        <v>506</v>
+        <v>33</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>507</v>
+        <v>292</v>
       </c>
       <c r="K97" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L97"/>
+        <v>530</v>
+      </c>
+      <c r="L97" t="s">
+        <v>531</v>
+      </c>
       <c r="M97" t="s">
-        <v>508</v>
+        <v>532</v>
       </c>
       <c r="N97" t="s">
         <v>26</v>
       </c>
       <c r="O97" t="s">
+        <v>533</v>
+      </c>
+      <c r="P97" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
+        <v>535</v>
+      </c>
+      <c r="B98" t="s">
         <v>536</v>
       </c>
-      <c r="B98" t="s">
+      <c r="C98" t="s">
         <v>537</v>
       </c>
-      <c r="C98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" t="s">
-        <v>513</v>
+        <v>287</v>
       </c>
       <c r="E98" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F98" t="s">
-        <v>506</v>
+        <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>507</v>
+        <v>34</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
-      <c r="L98"/>
+      <c r="L98" t="s">
+        <v>538</v>
+      </c>
       <c r="M98" t="s">
-        <v>508</v>
+        <v>539</v>
       </c>
       <c r="N98" t="s">
         <v>26</v>
       </c>
       <c r="O98" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="P98" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B99" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C99" t="s">
-        <v>360</v>
+        <v>537</v>
       </c>
       <c r="D99" t="s">
-        <v>542</v>
+        <v>98</v>
       </c>
       <c r="E99" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F99" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>298</v>
+        <v>34</v>
       </c>
       <c r="K99" t="s">
-        <v>543</v>
+        <v>24</v>
       </c>
       <c r="L99" t="s">
         <v>544</v>
       </c>
       <c r="M99" t="s">
+        <v>539</v>
+      </c>
+      <c r="N99" t="s">
+        <v>26</v>
+      </c>
+      <c r="O99" t="s">
         <v>545</v>
       </c>
-      <c r="N99" t="s">
-[...2 lines deleted...]
-      <c r="O99" t="s">
+      <c r="P99" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
+        <v>547</v>
+      </c>
+      <c r="B100" t="s">
         <v>548</v>
       </c>
-      <c r="B100" t="s">
+      <c r="C100" t="s">
         <v>549</v>
       </c>
-      <c r="C100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D100" t="s">
-        <v>19</v>
+        <v>176</v>
       </c>
       <c r="E100" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
-        <v>22</v>
+        <v>437</v>
       </c>
       <c r="H100">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>42</v>
+        <v>475</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
+        <v>550</v>
+      </c>
+      <c r="M100" t="s">
         <v>551</v>
       </c>
-      <c r="M100" t="s">
+      <c r="N100" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
         <v>552</v>
       </c>
-      <c r="N100" t="s">
-[...2 lines deleted...]
-      <c r="O100" t="s">
+      <c r="P100" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
+        <v>554</v>
+      </c>
+      <c r="B101" t="s">
         <v>555</v>
       </c>
-      <c r="B101" t="s">
+      <c r="C101" t="s">
         <v>556</v>
       </c>
-      <c r="C101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D101" t="s">
-        <v>105</v>
+        <v>557</v>
       </c>
       <c r="E101" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F101" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>42</v>
+        <v>558</v>
       </c>
       <c r="K101" t="s">
-        <v>24</v>
+        <v>559</v>
       </c>
       <c r="L101" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="M101" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="N101" t="s">
         <v>26</v>
       </c>
       <c r="O101" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="P101" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="B102" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="C102" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="D102" t="s">
-        <v>183</v>
+        <v>565</v>
       </c>
       <c r="E102" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="F102" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="G102" t="s">
-        <v>450</v>
+        <v>22</v>
       </c>
       <c r="H102">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>488</v>
+        <v>558</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="M102" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="N102" t="s">
         <v>26</v>
       </c>
       <c r="O102" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="P102" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B103" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C103" t="s">
-        <v>569</v>
+        <v>556</v>
       </c>
       <c r="D103" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="E103" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F103" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
-        <v>571</v>
+        <v>558</v>
       </c>
       <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
         <v>572</v>
       </c>
-      <c r="L103" t="s">
+      <c r="M103" t="s">
+        <v>561</v>
+      </c>
+      <c r="N103" t="s">
+        <v>26</v>
+      </c>
+      <c r="O103" t="s">
         <v>573</v>
       </c>
-      <c r="M103" t="s">
+      <c r="P103" t="s">
         <v>574</v>
-      </c>
-[...7 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="B104" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="C104" t="s">
-        <v>569</v>
+        <v>215</v>
       </c>
       <c r="D104" t="s">
-        <v>578</v>
+        <v>287</v>
       </c>
       <c r="E104" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
+        <v>578</v>
+      </c>
+      <c r="M104" t="s">
+        <v>218</v>
+      </c>
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
         <v>579</v>
       </c>
-      <c r="M104" t="s">
-[...5 lines deleted...]
-      <c r="O104" t="s">
+      <c r="P104" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
+        <v>581</v>
+      </c>
+      <c r="B105" t="s">
         <v>582</v>
       </c>
-      <c r="B105" t="s">
+      <c r="C105" t="s">
         <v>583</v>
       </c>
-      <c r="C105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D105" t="s">
-        <v>584</v>
+        <v>287</v>
       </c>
       <c r="E105" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2015</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
         <v>585</v>
       </c>
       <c r="M105" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
       <c r="N105" t="s">
         <v>26</v>
       </c>
       <c r="O105" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="P105" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B106" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C106" t="s">
-        <v>222</v>
+        <v>591</v>
       </c>
       <c r="D106" t="s">
-        <v>19</v>
+        <v>236</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>41</v>
+        <v>314</v>
       </c>
       <c r="G106" t="s">
-        <v>22</v>
+        <v>437</v>
       </c>
       <c r="H106">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="M106" t="s">
-        <v>225</v>
+        <v>594</v>
       </c>
       <c r="N106" t="s">
         <v>26</v>
       </c>
       <c r="O106" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="P106" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="B107" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="C107" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="D107" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>597</v>
+        <v>584</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="M107" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="N107" t="s">
         <v>26</v>
       </c>
       <c r="O107" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="P107" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B108" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C108" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="D108" t="s">
-        <v>243</v>
+        <v>287</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>327</v>
+        <v>33</v>
       </c>
       <c r="G108" t="s">
-        <v>450</v>
+        <v>22</v>
       </c>
       <c r="H108">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>605</v>
+        <v>584</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
         <v>606</v>
       </c>
       <c r="M108" t="s">
+        <v>601</v>
+      </c>
+      <c r="N108" t="s">
+        <v>26</v>
+      </c>
+      <c r="O108" t="s">
         <v>607</v>
       </c>
-      <c r="N108" t="s">
-[...2 lines deleted...]
-      <c r="O108" t="s">
+      <c r="P108" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
+        <v>609</v>
+      </c>
+      <c r="B109" t="s">
         <v>610</v>
       </c>
-      <c r="B109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" t="s">
-        <v>612</v>
+        <v>313</v>
       </c>
       <c r="D109" t="s">
+        <v>243</v>
+      </c>
+      <c r="E109" t="s">
         <v>120</v>
       </c>
-      <c r="E109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F109" t="s">
-        <v>41</v>
+        <v>121</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2011</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>597</v>
+        <v>51</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
+        <v>611</v>
+      </c>
+      <c r="M109" t="s">
+        <v>317</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109" t="s">
+        <v>612</v>
+      </c>
+      <c r="P109" t="s">
         <v>613</v>
-      </c>
-[...10 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="B110" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C110" t="s">
-        <v>612</v>
+        <v>313</v>
       </c>
       <c r="D110" t="s">
-        <v>19</v>
+        <v>258</v>
       </c>
       <c r="E110" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="F110" t="s">
-        <v>41</v>
+        <v>121</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>597</v>
+        <v>51</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="M110" t="s">
-        <v>614</v>
+        <v>317</v>
       </c>
       <c r="N110" t="s">
         <v>26</v>
       </c>
       <c r="O110" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="P110" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="B111" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="C111" t="s">
-        <v>326</v>
+        <v>313</v>
       </c>
       <c r="D111" t="s">
-        <v>250</v>
+        <v>134</v>
       </c>
       <c r="E111" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F111" t="s">
-        <v>128</v>
+        <v>314</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="M111" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="N111" t="s">
-        <v>26</v>
+        <v>432</v>
       </c>
       <c r="O111" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="P111" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="B112" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="C112" t="s">
-        <v>326</v>
+        <v>313</v>
       </c>
       <c r="D112" t="s">
-        <v>265</v>
+        <v>287</v>
       </c>
       <c r="E112" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F112" t="s">
-        <v>128</v>
+        <v>314</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="M112" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="N112" t="s">
         <v>26</v>
       </c>
       <c r="O112" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="P112" t="s">
-        <v>631</v>
+        <v>319</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="B113" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="C113" t="s">
-        <v>326</v>
+        <v>436</v>
       </c>
       <c r="D113" t="s">
-        <v>141</v>
+        <v>630</v>
       </c>
       <c r="E113" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F113" t="s">
-        <v>327</v>
+        <v>121</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K113" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="L113"/>
       <c r="M113" t="s">
-        <v>330</v>
+        <v>631</v>
       </c>
       <c r="N113" t="s">
-        <v>445</v>
+        <v>26</v>
       </c>
       <c r="O113" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="P113" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="B114" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="C114" t="s">
-        <v>326</v>
+        <v>436</v>
       </c>
       <c r="D114" t="s">
-        <v>19</v>
+        <v>636</v>
       </c>
       <c r="E114" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F114" t="s">
-        <v>327</v>
+        <v>121</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K114" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="L114"/>
       <c r="M114" t="s">
-        <v>330</v>
+        <v>631</v>
       </c>
       <c r="N114" t="s">
         <v>26</v>
       </c>
       <c r="O114" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="P114" t="s">
-        <v>332</v>
+        <v>638</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="B115" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="C115" t="s">
-        <v>449</v>
+        <v>640</v>
       </c>
       <c r="D115" t="s">
-        <v>643</v>
+        <v>243</v>
       </c>
       <c r="E115" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F115" t="s">
-        <v>128</v>
+        <v>314</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>42</v>
+        <v>641</v>
       </c>
       <c r="K115" t="s">
-        <v>142</v>
+        <v>24</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
+        <v>642</v>
+      </c>
+      <c r="N115" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" t="s">
+        <v>643</v>
+      </c>
+      <c r="P115" t="s">
         <v>644</v>
-      </c>
-[...7 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
+        <v>645</v>
+      </c>
+      <c r="B116" t="s">
+        <v>646</v>
+      </c>
+      <c r="C116" t="s">
+        <v>483</v>
+      </c>
+      <c r="D116" t="s">
         <v>647</v>
       </c>
-      <c r="B116" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E116" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>42</v>
+        <v>648</v>
       </c>
       <c r="K116" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
-        <v>644</v>
+        <v>486</v>
       </c>
       <c r="N116" t="s">
-        <v>26</v>
+        <v>649</v>
       </c>
       <c r="O116" t="s">
         <v>650</v>
       </c>
       <c r="P116" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
         <v>652</v>
       </c>
       <c r="B117" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C117" t="s">
-        <v>653</v>
+        <v>549</v>
       </c>
       <c r="D117" t="s">
-        <v>250</v>
+        <v>113</v>
       </c>
       <c r="E117" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>327</v>
+        <v>314</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
+        <v>584</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
         <v>654</v>
       </c>
-      <c r="K117" t="s">
-[...2 lines deleted...]
-      <c r="L117"/>
       <c r="M117" t="s">
+        <v>551</v>
+      </c>
+      <c r="N117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
         <v>655</v>
       </c>
-      <c r="N117" t="s">
-[...2 lines deleted...]
-      <c r="O117" t="s">
+      <c r="P117" t="s">
         <v>656</v>
-      </c>
-[...1 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
+        <v>657</v>
+      </c>
+      <c r="B118" t="s">
         <v>658</v>
       </c>
-      <c r="B118" t="s">
+      <c r="C118" t="s">
         <v>659</v>
       </c>
-      <c r="C118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D118" t="s">
-        <v>660</v>
+        <v>258</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
+        <v>217</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>616</v>
+      </c>
+      <c r="M118" t="s">
+        <v>660</v>
+      </c>
+      <c r="N118" t="s">
+        <v>26</v>
+      </c>
+      <c r="O118" t="s">
         <v>661</v>
       </c>
-      <c r="K118" t="s">
-[...6 lines deleted...]
-      <c r="N118" t="s">
+      <c r="P118" t="s">
         <v>662</v>
-      </c>
-[...4 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="B119" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="C119" t="s">
-        <v>562</v>
+        <v>659</v>
       </c>
       <c r="D119" t="s">
-        <v>120</v>
+        <v>287</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>327</v>
+        <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>597</v>
+        <v>217</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
-      <c r="L119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L119"/>
       <c r="M119" t="s">
-        <v>564</v>
+        <v>660</v>
       </c>
       <c r="N119" t="s">
         <v>26</v>
       </c>
       <c r="O119" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="P119" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="B120" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="C120" t="s">
-        <v>672</v>
+        <v>491</v>
       </c>
       <c r="D120" t="s">
-        <v>265</v>
+        <v>669</v>
       </c>
       <c r="E120" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="F120" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>224</v>
+        <v>494</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>629</v>
+        <v>670</v>
       </c>
       <c r="M120" t="s">
+        <v>671</v>
+      </c>
+      <c r="N120" t="s">
+        <v>26</v>
+      </c>
+      <c r="O120" t="s">
+        <v>672</v>
+      </c>
+      <c r="P120" t="s">
         <v>673</v>
-      </c>
-[...7 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
+        <v>674</v>
+      </c>
+      <c r="B121" t="s">
+        <v>675</v>
+      </c>
+      <c r="C121" t="s">
+        <v>491</v>
+      </c>
+      <c r="D121" t="s">
         <v>676</v>
       </c>
-      <c r="B121" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E121" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="F121" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>224</v>
+        <v>677</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
-      <c r="L121"/>
+      <c r="L121" t="s">
+        <v>678</v>
+      </c>
       <c r="M121" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="N121" t="s">
         <v>26</v>
       </c>
       <c r="O121" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="P121" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B122" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C122" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D122" t="s">
-        <v>682</v>
+        <v>370</v>
       </c>
       <c r="E122" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F122" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>507</v>
+        <v>683</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="M122" t="s">
-        <v>684</v>
+        <v>671</v>
       </c>
       <c r="N122" t="s">
         <v>26</v>
       </c>
       <c r="O122" t="s">
         <v>685</v>
       </c>
       <c r="P122" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
         <v>687</v>
       </c>
       <c r="B123" t="s">
         <v>688</v>
       </c>
       <c r="C123" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D123" t="s">
-        <v>689</v>
+        <v>258</v>
       </c>
       <c r="E123" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F123" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
+        <v>683</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>689</v>
+      </c>
+      <c r="M123" t="s">
+        <v>671</v>
+      </c>
+      <c r="N123" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
         <v>690</v>
       </c>
-      <c r="K123" t="s">
-[...2 lines deleted...]
-      <c r="L123" t="s">
+      <c r="P123" t="s">
         <v>691</v>
-      </c>
-[...10 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="B124" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="C124" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D124" t="s">
-        <v>383</v>
+        <v>258</v>
       </c>
       <c r="E124" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F124" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
+        <v>683</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>694</v>
+      </c>
+      <c r="M124" t="s">
+        <v>671</v>
+      </c>
+      <c r="N124" t="s">
+        <v>26</v>
+      </c>
+      <c r="O124" t="s">
+        <v>695</v>
+      </c>
+      <c r="P124" t="s">
         <v>696</v>
-      </c>
-[...16 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="B125" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="C125" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D125" t="s">
-        <v>265</v>
+        <v>176</v>
       </c>
       <c r="E125" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F125" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>696</v>
+        <v>683</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="M125" t="s">
-        <v>684</v>
+        <v>671</v>
       </c>
       <c r="N125" t="s">
         <v>26</v>
       </c>
       <c r="O125" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="P125" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="B126" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="C126" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D126" t="s">
-        <v>265</v>
+        <v>147</v>
       </c>
       <c r="E126" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F126" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>696</v>
+        <v>683</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="M126" t="s">
-        <v>684</v>
+        <v>671</v>
       </c>
       <c r="N126" t="s">
         <v>26</v>
       </c>
       <c r="O126" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="P126" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="B127" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="C127" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D127" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E127" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F127" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2012</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>696</v>
+        <v>683</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="M127" t="s">
-        <v>684</v>
+        <v>671</v>
       </c>
       <c r="N127" t="s">
         <v>26</v>
       </c>
       <c r="O127" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="P127" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="B128" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="C128" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D128" t="s">
-        <v>154</v>
+        <v>251</v>
       </c>
       <c r="E128" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F128" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>696</v>
+        <v>683</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="M128" t="s">
-        <v>684</v>
+        <v>671</v>
       </c>
       <c r="N128" t="s">
         <v>26</v>
       </c>
       <c r="O128" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="P128" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="B129" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="C129" t="s">
-        <v>504</v>
+        <v>82</v>
       </c>
       <c r="D129" t="s">
-        <v>105</v>
+        <v>719</v>
       </c>
       <c r="E129" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>696</v>
+        <v>84</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
-      <c r="L129" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L129"/>
+      <c r="M129"/>
       <c r="N129" t="s">
         <v>26</v>
       </c>
       <c r="O129" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="P129" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="B130" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="C130" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D130" t="s">
-        <v>258</v>
+        <v>57</v>
       </c>
       <c r="E130" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F130" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="G130" t="s">
-        <v>22</v>
+        <v>437</v>
       </c>
       <c r="H130">
-        <v>2004</v>
+        <v>2021</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>696</v>
+        <v>438</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
+        <v>724</v>
+      </c>
+      <c r="M130" t="s">
+        <v>725</v>
+      </c>
+      <c r="N130" t="s">
+        <v>26</v>
+      </c>
+      <c r="O130" t="s">
+        <v>726</v>
+      </c>
+      <c r="P130" t="s">
         <v>727</v>
-      </c>
-[...10 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
+        <v>728</v>
+      </c>
+      <c r="B131" t="s">
+        <v>729</v>
+      </c>
+      <c r="C131" t="s">
         <v>730</v>
       </c>
-      <c r="B131" t="s">
+      <c r="D131" t="s">
         <v>731</v>
       </c>
-      <c r="C131" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E131" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="F131" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>91</v>
+        <v>122</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
-      <c r="L131"/>
-      <c r="M131"/>
+      <c r="L131" t="s">
+        <v>732</v>
+      </c>
+      <c r="M131" t="s">
+        <v>733</v>
+      </c>
       <c r="N131" t="s">
         <v>26</v>
       </c>
       <c r="O131" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="P131" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B132" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C132" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="D132" t="s">
-        <v>64</v>
+        <v>738</v>
       </c>
       <c r="E132" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F132" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G132" t="s">
-        <v>450</v>
+        <v>22</v>
       </c>
       <c r="H132">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>451</v>
+        <v>494</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
-      <c r="L132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L132"/>
       <c r="M132" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="N132" t="s">
         <v>26</v>
       </c>
       <c r="O132" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="P132" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="B133" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C133" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D133" t="s">
-        <v>744</v>
+        <v>198</v>
       </c>
       <c r="E133" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F133" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>129</v>
+        <v>438</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
         <v>745</v>
       </c>
       <c r="M133" t="s">
         <v>746</v>
       </c>
       <c r="N133" t="s">
         <v>26</v>
       </c>
       <c r="O133" t="s">
         <v>747</v>
       </c>
-      <c r="P133" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P133"/>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
+        <v>748</v>
+      </c>
+      <c r="B134" t="s">
         <v>749</v>
       </c>
-      <c r="B134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" t="s">
-        <v>504</v>
+        <v>744</v>
       </c>
       <c r="D134" t="s">
-        <v>751</v>
+        <v>98</v>
       </c>
       <c r="E134" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>507</v>
+        <v>438</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
-      <c r="L134"/>
+      <c r="L134" t="s">
+        <v>750</v>
+      </c>
       <c r="M134" t="s">
+        <v>746</v>
+      </c>
+      <c r="N134" t="s">
+        <v>26</v>
+      </c>
+      <c r="O134" t="s">
+        <v>751</v>
+      </c>
+      <c r="P134" t="s">
         <v>752</v>
-      </c>
-[...7 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="B135" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="C135" t="s">
-        <v>757</v>
+        <v>744</v>
       </c>
       <c r="D135" t="s">
-        <v>205</v>
+        <v>98</v>
       </c>
       <c r="E135" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F135" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>451</v>
+        <v>755</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
+        <v>756</v>
+      </c>
+      <c r="M135" t="s">
+        <v>746</v>
+      </c>
+      <c r="N135" t="s">
+        <v>26</v>
+      </c>
+      <c r="O135" t="s">
+        <v>757</v>
+      </c>
+      <c r="P135" t="s">
         <v>758</v>
       </c>
-      <c r="M135" t="s">
-[...8 lines deleted...]
-      <c r="P135"/>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="B136" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="C136" t="s">
-        <v>757</v>
+        <v>744</v>
       </c>
       <c r="D136" t="s">
-        <v>105</v>
+        <v>69</v>
       </c>
       <c r="E136" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F136" t="s">
-        <v>21</v>
+        <v>493</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>451</v>
+        <v>438</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
+        <v>761</v>
+      </c>
+      <c r="M136" t="s">
+        <v>746</v>
+      </c>
+      <c r="N136" t="s">
+        <v>26</v>
+      </c>
+      <c r="O136" t="s">
+        <v>762</v>
+      </c>
+      <c r="P136" t="s">
         <v>763</v>
-      </c>
-[...10 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
+        <v>764</v>
+      </c>
+      <c r="B137" t="s">
+        <v>765</v>
+      </c>
+      <c r="C137" t="s">
+        <v>102</v>
+      </c>
+      <c r="D137" t="s">
         <v>766</v>
       </c>
-      <c r="B137" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E137" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F137" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
+        <v>77</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137"/>
+      <c r="N137" t="s">
+        <v>26</v>
+      </c>
+      <c r="O137" t="s">
+        <v>767</v>
+      </c>
+      <c r="P137" t="s">
         <v>768</v>
-      </c>
-[...16 lines deleted...]
-        <v>771</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="B138" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="C138" t="s">
-        <v>757</v>
+        <v>75</v>
       </c>
       <c r="D138" t="s">
-        <v>76</v>
+        <v>258</v>
       </c>
       <c r="E138" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F138" t="s">
-        <v>506</v>
+        <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>451</v>
+        <v>77</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
-      <c r="L138" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L138"/>
+      <c r="M138"/>
       <c r="N138" t="s">
         <v>26</v>
       </c>
       <c r="O138" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="P138" t="s">
-        <v>776</v>
-[...87 lines deleted...]
-        <v>785</v>
+        <v>772</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">