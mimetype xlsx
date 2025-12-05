--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,956 +12,700 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>December 2024</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.1:2010</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB/T 29295; GB/T 29296</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
+    <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
+  </si>
+  <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>AS/NZS 3823.1.1-1.4: 2012</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce, Industries, Labour and Immigration</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
+  </si>
+  <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
+    <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
+  </si>
+  <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>CQC 3129-2013, GB 17625.1-2012</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
+    <t>Decision 4889/QD-BCT LED labeling guidelines</t>
+  </si>
+  <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>TCVN 11843:2017, TCVN 11844:2017</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
+  </si>
+  <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
+    <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
+  </si>
+  <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
+    <t>WAEMU/UEMOA</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>May 2020</t>
+  </si>
+  <si>
+    <t>WAEMU Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
+  </si>
+  <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
+    <t>ECOSTAND 053: 2016</t>
+  </si>
+  <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
+    <t>ECOWAS</t>
+  </si>
+  <si>
+    <t>ECOWAS Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
+  </si>
+  <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
+    <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>October 2021</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce and Industry</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
+  </si>
+  <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
+    <t>Energy Labeling Scheme</t>
+  </si>
+  <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
+    <t>Tajikistan</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
-    <t>10 CFR 430 Subpart B</t>
-[...101 lines deleted...]
-    <t>European Union</t>
+    <t>Ministry of Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
+  </si>
+  <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>See policy document for full list</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+  </si>
+  <si>
+    <t>Minimum Equipment Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Policy 2023</t>
+  </si>
+  <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, LPG</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
+  </si>
+  <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
+    <t>Pakistan MEPS and labeling for CFLs</t>
+  </si>
+  <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>PS-IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
+  </si>
+  <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: CFLs</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Singapore Environment Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
+  </si>
+  <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines (MINEM)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
+    <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
+    <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
+  </si>
+  <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
-    <t>August 2023</t>
-[...251 lines deleted...]
-    <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
-    <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
-[...161 lines deleted...]
-    <t>Paraguay</t>
+    <t>Commission Regulation (EU) 2019/2020</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
+  </si>
+  <si>
+    <t>Tuvalu Energy Efficiency Act of 2016</t>
+  </si>
+  <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
+    <t>Tuvalu</t>
+  </si>
+  <si>
+    <t>Tuvalu Ministry of Works, Water and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
-    <t>Ministry of Industry and Trade</t>
-[...232 lines deleted...]
-  <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
-    <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1225,2511 +969,1326 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N57"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...5 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>100</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...17 lines deleted...]
-      <c r="M3" t="s">
+      <c r="E12" t="s">
+        <v>59</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>61</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" t="s">
+        <v>114</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>115</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>116</v>
+      </c>
+      <c r="M13" t="s">
+        <v>117</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>99</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>101</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" t="s">
+        <v>126</v>
+      </c>
+      <c r="E15" t="s">
+        <v>127</v>
+      </c>
+      <c r="F15" t="s">
+        <v>128</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2023</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>129</v>
+      </c>
+      <c r="K15" t="s">
+        <v>130</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>131</v>
+      </c>
+      <c r="N15" t="s">
+        <v>132</v>
+      </c>
+      <c r="O15" t="s">
+        <v>133</v>
+      </c>
+      <c r="P15" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>135</v>
+      </c>
+      <c r="B16" t="s">
+        <v>136</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>59</v>
+      </c>
+      <c r="F16" t="s">
+        <v>128</v>
+      </c>
+      <c r="G16" t="s">
+        <v>137</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>129</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>138</v>
+      </c>
+      <c r="M16" t="s">
+        <v>131</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>143</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>59</v>
+      </c>
+      <c r="F17" t="s">
+        <v>60</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>144</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>145</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>146</v>
+      </c>
+      <c r="P17" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>148</v>
+      </c>
+      <c r="B18" t="s">
+        <v>149</v>
+      </c>
+      <c r="C18" t="s">
+        <v>150</v>
+      </c>
+      <c r="D18" t="s">
+        <v>151</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...30 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>152</v>
+      </c>
+      <c r="K18" t="s">
+        <v>100</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>153</v>
+      </c>
+      <c r="N18" t="s">
+        <v>132</v>
+      </c>
+      <c r="O18" t="s">
+        <v>154</v>
+      </c>
+      <c r="P18" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>156</v>
+      </c>
+      <c r="B19" t="s">
+        <v>157</v>
+      </c>
+      <c r="C19" t="s">
+        <v>68</v>
+      </c>
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>69</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>71</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>158</v>
+      </c>
+      <c r="P19" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>160</v>
+      </c>
+      <c r="B20" t="s">
+        <v>161</v>
+      </c>
+      <c r="C20" t="s">
+        <v>162</v>
+      </c>
+      <c r="D20" t="s">
+        <v>163</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>164</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>165</v>
+      </c>
+      <c r="P20" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>167</v>
+      </c>
+      <c r="C21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D21" t="s">
+        <v>163</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>164</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>168</v>
+      </c>
+      <c r="P21" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>170</v>
+      </c>
+      <c r="B22" t="s">
+        <v>171</v>
+      </c>
+      <c r="C22" t="s">
+        <v>172</v>
+      </c>
+      <c r="D22" t="s">
+        <v>173</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>52</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>174</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>175</v>
+      </c>
+      <c r="N22" t="s">
+        <v>132</v>
+      </c>
+      <c r="O22" t="s">
+        <v>176</v>
+      </c>
+      <c r="P22" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>178</v>
+      </c>
+      <c r="B23" t="s">
+        <v>179</v>
+      </c>
+      <c r="C23" t="s">
+        <v>180</v>
+      </c>
+      <c r="D23" t="s">
+        <v>181</v>
+      </c>
+      <c r="E23" t="s">
+        <v>59</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>182</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>183</v>
+      </c>
+      <c r="M23" t="s">
+        <v>184</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>185</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
+        <v>180</v>
+      </c>
+      <c r="D24" t="s">
+        <v>181</v>
+      </c>
+      <c r="E24" t="s">
+        <v>59</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>182</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>183</v>
+      </c>
+      <c r="M24" t="s">
+        <v>184</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>186</v>
+      </c>
+      <c r="P24"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>187</v>
+      </c>
+      <c r="B25" t="s">
+        <v>188</v>
+      </c>
+      <c r="C25" t="s">
+        <v>189</v>
+      </c>
+      <c r="D25" t="s">
+        <v>51</v>
+      </c>
+      <c r="E25" t="s">
+        <v>59</v>
+      </c>
+      <c r="F25" t="s">
+        <v>52</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>69</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>53</v>
+      </c>
+      <c r="M25" t="s">
+        <v>190</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>191</v>
+      </c>
+      <c r="P25" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>193</v>
+      </c>
+      <c r="B26" t="s">
+        <v>194</v>
+      </c>
+      <c r="C26" t="s">
+        <v>195</v>
+      </c>
+      <c r="D26" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...28 lines deleted...]
-      <c r="M5" t="s">
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>52</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2007</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>196</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...878 lines deleted...]
-      </c>
       <c r="L26" t="s">
-        <v>161</v>
+        <v>197</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>198</v>
       </c>
       <c r="N26" t="s">
-        <v>162</v>
-[...346 lines deleted...]
-      <c r="B35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>199</v>
       </c>
-      <c r="C35" t="s">
+      <c r="P26" t="s">
         <v>200</v>
       </c>
-      <c r="D35" t="s">
-[...951 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>