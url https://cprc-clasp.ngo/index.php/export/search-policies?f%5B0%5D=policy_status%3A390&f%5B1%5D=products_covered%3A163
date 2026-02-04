--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -374,51 +374,51 @@
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
     <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
     <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
@@ -992,51 +992,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">