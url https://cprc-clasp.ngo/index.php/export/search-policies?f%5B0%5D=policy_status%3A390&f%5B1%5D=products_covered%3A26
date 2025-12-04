--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,797 +12,614 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
-[...5 lines deleted...]
-    <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Building Circulator Pumps</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...11 lines deleted...]
-    <t>U.S. Department of Energy</t>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
+    <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
+  </si>
+  <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Pump Systems</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>CQC3153-2015</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
+  </si>
+  <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
+    <t>CQC 3122-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
+  </si>
+  <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB 30721-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
+    <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
+  </si>
+  <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Pumps</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
+  </si>
+  <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Pool Pumps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>AS 5102.1-2009, AS 5102.2-2009</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
+    <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
+  </si>
+  <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
+    <t>GB 18613; JB/T 12579</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
-[...131 lines deleted...]
-    <t>JBT 11706.1-2013</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
+  </si>
+  <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
+    <t>GB 18163; GB/T 33566</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Pumps, Pumps Other</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
+    <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency Conservation Program (Procel)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
+  </si>
+  <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
+    <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
+  </si>
+  <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Agricultural Pumps</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
+    <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
+  </si>
+  <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
-[...433 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
-    <t>Standard NOM-001-ENER-2014 - Pumps</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1066,2147 +883,1144 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N48"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="278" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1994</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...25 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
-[...22 lines deleted...]
-      <c r="G4">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2009</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K4"/>
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
       <c r="L4"/>
       <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>33</v>
       </c>
-      <c r="N4" t="s">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>40</v>
       </c>
-      <c r="B5" t="s">
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>41</v>
       </c>
-      <c r="C5" t="s">
-[...18 lines deleted...]
-      <c r="J5" t="s">
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
+        <v>57</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>57</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>60</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>57</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>60</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>87</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>46</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>58</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>97</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>46</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>58</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1986</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
+        <v>46</v>
+      </c>
+      <c r="E15" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...3 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>115</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>117</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>122</v>
+      </c>
+      <c r="D16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E16" t="s">
+        <v>56</v>
+      </c>
+      <c r="F16" t="s">
+        <v>124</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>131</v>
+      </c>
+      <c r="D17" t="s">
+        <v>46</v>
+      </c>
+      <c r="E17" t="s">
+        <v>56</v>
+      </c>
+      <c r="F17" t="s">
+        <v>57</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>115</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" t="s">
+        <v>133</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
+        <v>139</v>
+      </c>
+      <c r="E18" t="s">
+        <v>56</v>
+      </c>
+      <c r="F18" t="s">
+        <v>87</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>78</v>
+      </c>
+      <c r="K18" t="s">
+        <v>140</v>
+      </c>
+      <c r="L18" t="s">
+        <v>141</v>
+      </c>
+      <c r="M18" t="s">
+        <v>142</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>147</v>
+      </c>
+      <c r="D19" t="s">
+        <v>148</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>33</v>
       </c>
-      <c r="N5" t="s">
-[...10 lines deleted...]
-      <c r="C6" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2019</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K19" t="s">
+        <v>150</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>152</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>122</v>
+      </c>
+      <c r="D20" t="s">
         <v>46</v>
       </c>
-      <c r="D6" t="s">
-[...22 lines deleted...]
-      <c r="M6" t="s">
+      <c r="E20" t="s">
+        <v>56</v>
+      </c>
+      <c r="F20" t="s">
+        <v>57</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>157</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>158</v>
+      </c>
+      <c r="M20" t="s">
+        <v>159</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
+        <v>122</v>
+      </c>
+      <c r="D21" t="s">
+        <v>123</v>
+      </c>
+      <c r="E21" t="s">
+        <v>56</v>
+      </c>
+      <c r="F21" t="s">
         <v>33</v>
       </c>
-      <c r="N6" t="s">
-[...10 lines deleted...]
-      <c r="C7" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>125</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>164</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>165</v>
+      </c>
+      <c r="P21" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>167</v>
+      </c>
+      <c r="B22" t="s">
+        <v>168</v>
+      </c>
+      <c r="C22" t="s">
+        <v>169</v>
+      </c>
+      <c r="D22" t="s">
         <v>46</v>
       </c>
-      <c r="D7" t="s">
-[...106 lines deleted...]
-      <c r="M9" t="s">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>87</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>170</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-[...557 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>33</v>
+        <v>171</v>
       </c>
       <c r="N22" t="s">
-        <v>119</v>
-[...495 lines deleted...]
-      <c r="I34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
         <v>172</v>
       </c>
-      <c r="J34" t="s">
-[...3 lines deleted...]
-      <c r="L34" t="s">
+      <c r="P22" t="s">
         <v>173</v>
       </c>
-      <c r="M34" t="s">
-[...602 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>