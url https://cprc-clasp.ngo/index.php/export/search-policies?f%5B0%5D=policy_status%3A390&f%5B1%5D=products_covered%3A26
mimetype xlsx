--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -248,50 +248,53 @@
     <t>Applies to ground source heat pumps</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
     <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
@@ -897,51 +900,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="278.361" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1349,642 +1352,642 @@
       </c>
       <c r="P9" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>74</v>
       </c>
       <c r="B10" t="s">
         <v>75</v>
       </c>
       <c r="C10" t="s">
         <v>76</v>
       </c>
       <c r="D10" t="s">
         <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>56</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H10">
         <v>2021</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12" t="s">
         <v>46</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2020</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>58</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
         <v>54</v>
       </c>
       <c r="D13" t="s">
         <v>46</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2020</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>58</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D14" t="s">
         <v>55</v>
       </c>
       <c r="E14" t="s">
         <v>56</v>
       </c>
       <c r="F14" t="s">
         <v>33</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>1986</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
       <c r="E15" t="s">
         <v>56</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E16" t="s">
         <v>56</v>
       </c>
       <c r="F16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D17" t="s">
         <v>46</v>
       </c>
       <c r="E17" t="s">
         <v>56</v>
       </c>
       <c r="F17" t="s">
         <v>57</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2011</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E18" t="s">
         <v>56</v>
       </c>
       <c r="F18" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>33</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2019</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="O19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D20" t="s">
         <v>46</v>
       </c>
       <c r="E20" t="s">
         <v>56</v>
       </c>
       <c r="F20" t="s">
         <v>57</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2014</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E21" t="s">
         <v>56</v>
       </c>
       <c r="F21" t="s">
         <v>33</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2014</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D22" t="s">
         <v>46</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2017</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">