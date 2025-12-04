--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,1267 +12,1015 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="384">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
-[...5 lines deleted...]
-    <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
+  </si>
+  <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
+  </si>
+  <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
+    <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
+  </si>
+  <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>CQC 2209-2009</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
+    <t>Electric Motors Minimum Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...11 lines deleted...]
-    <t>U.S. Department of Energy</t>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
+    <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
+  </si>
+  <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
+    <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
+  </si>
+  <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
-[...80 lines deleted...]
-    <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
+  </si>
+  <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
+    <t>Motors</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>0013</t>
+  </si>
+  <si>
+    <t>October 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
+    <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
+  </si>
+  <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
+    <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
+    <t>GB/T 5773; GB/T 15765-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Air Compressors</t>
-  </si>
-[...265 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
-    <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
-    <t>High-efficiency Appliances Certification Program</t>
-[...5 lines deleted...]
-    <t>1-Phase Motors</t>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>Korea Energy Management Corporation (KEMCO)</t>
-[...55 lines deleted...]
-  <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
-    <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
-    <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>MEPS for Three-Phase Induction Motors</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
   </si>
   <si>
-    <t>Minimum energy performance requirements for three phase electric motors</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
-    <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
-[...4 lines deleted...]
-  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>August 2018</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
-    <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...31 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
-    <t>Procel Seal - Electric Motors</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
   </si>
   <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
-[...38 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
   </si>
   <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
-[...2 lines deleted...]
-    <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4165 - Elevators</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
+    <t>Elevators</t>
+  </si>
+  <si>
+    <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4101-three-phase-induction-motors</t>
-[...49 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
-    <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1536,3741 +1284,2092 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N86"/>
+  <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1994</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>56</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>48</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>34</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>72</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9" t="s">
+        <v>79</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>72</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>56</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>48</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" t="s">
+        <v>72</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>71</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>46</v>
+      </c>
+      <c r="F12" t="s">
+        <v>56</v>
+      </c>
+      <c r="G12" t="s">
+        <v>78</v>
+      </c>
+      <c r="H12">
+        <v>2025</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>97</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>99</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>46</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>107</v>
+      </c>
+      <c r="M13" t="s">
+        <v>108</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>104</v>
+      </c>
+      <c r="D14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E14" t="s">
+        <v>46</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>106</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
+      <c r="M14" t="s">
+        <v>108</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>104</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2022</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>106</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>108</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>126</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>64</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>134</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>141</v>
+      </c>
+      <c r="D18" t="s">
+        <v>55</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>56</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>142</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>143</v>
+      </c>
+      <c r="N18" t="s">
+        <v>72</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19" t="s">
+        <v>147</v>
+      </c>
+      <c r="C19" t="s">
+        <v>148</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>56</v>
+      </c>
+      <c r="G19" t="s">
+        <v>78</v>
+      </c>
+      <c r="H19">
+        <v>2018</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>150</v>
+      </c>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>72</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20" t="s">
+        <v>155</v>
+      </c>
+      <c r="D20" t="s">
+        <v>96</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>56</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>65</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>156</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>155</v>
+      </c>
+      <c r="D21" t="s">
+        <v>161</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>56</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>65</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21"/>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22" t="s">
+        <v>164</v>
+      </c>
+      <c r="C22" t="s">
+        <v>104</v>
+      </c>
+      <c r="D22" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" t="s">
+        <v>46</v>
+      </c>
+      <c r="F22" t="s">
+        <v>165</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>106</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>108</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>166</v>
+      </c>
+      <c r="P22" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>168</v>
+      </c>
+      <c r="B23" t="s">
+        <v>169</v>
+      </c>
+      <c r="C23" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" t="s">
+        <v>119</v>
+      </c>
+      <c r="E23" t="s">
+        <v>46</v>
+      </c>
+      <c r="F23" t="s">
+        <v>165</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>106</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>108</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>170</v>
+      </c>
+      <c r="P23" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>172</v>
+      </c>
+      <c r="B24" t="s">
+        <v>173</v>
+      </c>
+      <c r="C24" t="s">
+        <v>174</v>
+      </c>
+      <c r="D24" t="s">
+        <v>175</v>
+      </c>
+      <c r="E24" t="s">
+        <v>46</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>176</v>
+      </c>
+      <c r="K24" t="s">
+        <v>177</v>
+      </c>
+      <c r="L24" t="s">
+        <v>178</v>
+      </c>
+      <c r="M24" t="s">
+        <v>179</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>182</v>
+      </c>
+      <c r="B25" t="s">
+        <v>183</v>
+      </c>
+      <c r="C25" t="s">
+        <v>184</v>
+      </c>
+      <c r="D25" t="s">
+        <v>77</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>56</v>
+      </c>
+      <c r="G25" t="s">
+        <v>78</v>
+      </c>
+      <c r="H25">
+        <v>2024</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>185</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>186</v>
+      </c>
+      <c r="M25" t="s">
+        <v>187</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>192</v>
+      </c>
+      <c r="D26" t="s">
+        <v>45</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>64</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2020</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>193</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>194</v>
+      </c>
+      <c r="M26" t="s">
+        <v>195</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>196</v>
+      </c>
+      <c r="P26" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>198</v>
+      </c>
+      <c r="B27" t="s">
+        <v>199</v>
+      </c>
+      <c r="C27" t="s">
+        <v>192</v>
+      </c>
+      <c r="D27" t="s">
+        <v>161</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>56</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>149</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>200</v>
+      </c>
+      <c r="N27" t="s">
+        <v>72</v>
+      </c>
+      <c r="O27" t="s">
+        <v>201</v>
+      </c>
+      <c r="P27" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>203</v>
+      </c>
+      <c r="B28" t="s">
+        <v>204</v>
+      </c>
+      <c r="C28" t="s">
+        <v>205</v>
+      </c>
+      <c r="D28" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>56</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>206</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>207</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>208</v>
+      </c>
+      <c r="P28" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>210</v>
+      </c>
+      <c r="B29" t="s">
+        <v>211</v>
+      </c>
+      <c r="C29" t="s">
+        <v>54</v>
+      </c>
+      <c r="D29" t="s">
+        <v>55</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>64</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29">
+        <v>2024</v>
+      </c>
+      <c r="J29" t="s">
+        <v>212</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>213</v>
+      </c>
+      <c r="M29" t="s">
+        <v>58</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>214</v>
+      </c>
+      <c r="P29" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>216</v>
+      </c>
+      <c r="B30" t="s">
+        <v>217</v>
+      </c>
+      <c r="C30" t="s">
+        <v>218</v>
+      </c>
+      <c r="D30" t="s">
+        <v>55</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>126</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>219</v>
+      </c>
+      <c r="M30" t="s">
+        <v>220</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>221</v>
+      </c>
+      <c r="P30" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>223</v>
+      </c>
+      <c r="B31" t="s">
+        <v>224</v>
+      </c>
+      <c r="C31" t="s">
+        <v>225</v>
+      </c>
+      <c r="D31" t="s">
+        <v>32</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>64</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2019</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>226</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>227</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>228</v>
+      </c>
+      <c r="P31" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>230</v>
+      </c>
+      <c r="B32" t="s">
+        <v>231</v>
+      </c>
+      <c r="C32" t="s">
+        <v>232</v>
+      </c>
+      <c r="D32" t="s">
+        <v>32</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>56</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2016</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>134</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>233</v>
+      </c>
+      <c r="M32" t="s">
+        <v>234</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>235</v>
+      </c>
+      <c r="P32" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>237</v>
+      </c>
+      <c r="B33" t="s">
+        <v>238</v>
+      </c>
+      <c r="C33" t="s">
+        <v>239</v>
+      </c>
+      <c r="D33" t="s">
+        <v>240</v>
+      </c>
+      <c r="E33" t="s">
+        <v>46</v>
+      </c>
+      <c r="F33" t="s">
+        <v>64</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2021</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>65</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>241</v>
+      </c>
+      <c r="M33" t="s">
+        <v>242</v>
+      </c>
+      <c r="N33" t="s">
+        <v>72</v>
+      </c>
+      <c r="O33" t="s">
+        <v>243</v>
+      </c>
+      <c r="P33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>245</v>
+      </c>
+      <c r="B34" t="s">
+        <v>246</v>
+      </c>
+      <c r="C34" t="s">
+        <v>239</v>
+      </c>
+      <c r="D34" t="s">
+        <v>240</v>
+      </c>
+      <c r="E34" t="s">
+        <v>46</v>
+      </c>
+      <c r="F34" t="s">
+        <v>64</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>65</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>247</v>
+      </c>
+      <c r="M34" t="s">
+        <v>242</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>248</v>
+      </c>
+      <c r="P34" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>250</v>
+      </c>
+      <c r="B35" t="s">
+        <v>251</v>
+      </c>
+      <c r="C35" t="s">
+        <v>239</v>
+      </c>
+      <c r="D35" t="s">
+        <v>32</v>
+      </c>
+      <c r="E35" t="s">
+        <v>46</v>
+      </c>
+      <c r="F35" t="s">
+        <v>64</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2010</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>65</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>252</v>
+      </c>
+      <c r="M35" t="s">
+        <v>242</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>253</v>
+      </c>
+      <c r="P35" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>255</v>
+      </c>
+      <c r="B36" t="s">
+        <v>256</v>
+      </c>
+      <c r="C36" t="s">
+        <v>192</v>
+      </c>
+      <c r="D36" t="s">
+        <v>257</v>
+      </c>
+      <c r="E36" t="s">
+        <v>46</v>
+      </c>
+      <c r="F36" t="s">
+        <v>47</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>126</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>258</v>
+      </c>
+      <c r="M36" t="s">
+        <v>259</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>260</v>
+      </c>
+      <c r="P36" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>262</v>
+      </c>
+      <c r="B37" t="s">
+        <v>263</v>
+      </c>
+      <c r="C37" t="s">
+        <v>264</v>
+      </c>
+      <c r="D37" t="s">
+        <v>265</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>56</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2016</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>65</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>266</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>267</v>
+      </c>
+      <c r="P37" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>269</v>
+      </c>
+      <c r="B38" t="s">
+        <v>270</v>
+      </c>
+      <c r="C38" t="s">
+        <v>104</v>
+      </c>
+      <c r="D38" t="s">
+        <v>32</v>
+      </c>
+      <c r="E38" t="s">
+        <v>46</v>
+      </c>
+      <c r="F38" t="s">
+        <v>47</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1998</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>271</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>272</v>
+      </c>
+      <c r="M38" t="s">
+        <v>273</v>
+      </c>
+      <c r="N38" t="s">
+        <v>72</v>
+      </c>
+      <c r="O38" t="s">
+        <v>274</v>
+      </c>
+      <c r="P38" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>276</v>
+      </c>
+      <c r="B39" t="s">
+        <v>277</v>
+      </c>
+      <c r="C39" t="s">
+        <v>278</v>
+      </c>
+      <c r="D39" t="s">
+        <v>40</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>56</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>279</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39"/>
+      <c r="N39" t="s">
+        <v>72</v>
+      </c>
+      <c r="O39" t="s">
+        <v>280</v>
+      </c>
+      <c r="P39" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>282</v>
+      </c>
+      <c r="B40" t="s">
+        <v>283</v>
+      </c>
+      <c r="C40" t="s">
+        <v>284</v>
+      </c>
+      <c r="D40" t="s">
+        <v>285</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>64</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2016</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>286</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>287</v>
+      </c>
+      <c r="N40" t="s">
+        <v>72</v>
+      </c>
+      <c r="O40" t="s">
+        <v>288</v>
+      </c>
+      <c r="P40" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>290</v>
+      </c>
+      <c r="B41" t="s">
+        <v>291</v>
+      </c>
+      <c r="C41" t="s">
+        <v>104</v>
+      </c>
+      <c r="D41" t="s">
+        <v>113</v>
+      </c>
+      <c r="E41" t="s">
+        <v>46</v>
+      </c>
+      <c r="F41" t="s">
+        <v>56</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2007</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>106</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>292</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>293</v>
+      </c>
+      <c r="P41" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>295</v>
+      </c>
+      <c r="B42" t="s">
+        <v>296</v>
+      </c>
+      <c r="C42" t="s">
+        <v>297</v>
+      </c>
+      <c r="D42" t="s">
+        <v>32</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>56</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2011</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...375 lines deleted...]
-      <c r="K11" t="s">
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>298</v>
+      </c>
+      <c r="N42" t="s">
         <v>72</v>
       </c>
-      <c r="L11" t="s">
-[...2277 lines deleted...]
-      <c r="L65" t="s">
+      <c r="O42" t="s">
         <v>299</v>
       </c>
-      <c r="M65" t="s">
-[...2 lines deleted...]
-      <c r="N65" t="s">
+      <c r="P42" t="s">
         <v>300</v>
       </c>
     </row>
-    <row r="66" spans="1:14">
-[...884 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>