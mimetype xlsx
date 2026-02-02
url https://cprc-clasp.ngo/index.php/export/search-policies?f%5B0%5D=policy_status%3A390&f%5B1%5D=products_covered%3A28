--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="300">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -297,53 +297,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
     <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
@@ -453,71 +450,71 @@
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
@@ -1842,1498 +1839,1498 @@
       </c>
       <c r="L11" t="s">
         <v>90</v>
       </c>
       <c r="M11" t="s">
         <v>71</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
         <v>91</v>
       </c>
       <c r="P11" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>93</v>
       </c>
       <c r="B12" t="s">
         <v>94</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E12" t="s">
         <v>46</v>
       </c>
       <c r="F12" t="s">
         <v>56</v>
       </c>
       <c r="G12" t="s">
         <v>78</v>
       </c>
       <c r="H12">
         <v>2025</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
         <v>97</v>
       </c>
-      <c r="K12" t="s">
-[...2 lines deleted...]
-      <c r="L12" t="s">
+      <c r="M12" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
         <v>102</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>103</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E13" t="s">
         <v>46</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2022</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
+        <v>105</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
         <v>106</v>
       </c>
-      <c r="K13" t="s">
-[...2 lines deleted...]
-      <c r="L13" t="s">
+      <c r="M13" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
         <v>111</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>103</v>
+      </c>
+      <c r="D14" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2022</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="M14" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
         <v>117</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D15" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E15" t="s">
         <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2022</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="M15" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
         <v>123</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D16" t="s">
         <v>32</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
         <v>126</v>
       </c>
-      <c r="K16" t="s">
-[...2 lines deleted...]
-      <c r="L16" t="s">
+      <c r="M16" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
         <v>131</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>64</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
+        <v>133</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
         <v>134</v>
       </c>
-      <c r="K17" t="s">
-[...2 lines deleted...]
-      <c r="L17" t="s">
+      <c r="M17" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
         <v>139</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D18" t="s">
         <v>55</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>56</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2022</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="N18" t="s">
         <v>72</v>
       </c>
       <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
         <v>146</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="D19" t="s">
         <v>32</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>56</v>
       </c>
       <c r="G19" t="s">
         <v>78</v>
       </c>
       <c r="H19">
         <v>2018</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
+        <v>148</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
         <v>149</v>
       </c>
-      <c r="K19" t="s">
-[...2 lines deleted...]
-      <c r="L19" t="s">
+      <c r="M19" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="N19" t="s">
         <v>72</v>
       </c>
       <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B20"/>
       <c r="C20" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D20" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>56</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2021</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>65</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
+        <v>156</v>
+      </c>
+      <c r="P20" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>158</v>
+      </c>
+      <c r="B21" t="s">
         <v>159</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>56</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2002</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>65</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>162</v>
+      </c>
+      <c r="B22" t="s">
         <v>163</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D22" t="s">
         <v>32</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" t="s">
         <v>168</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D23" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E23" t="s">
         <v>46</v>
       </c>
       <c r="F23" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
         <v>172</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>173</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E24" t="s">
         <v>46</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
+        <v>175</v>
+      </c>
+      <c r="K24" t="s">
         <v>176</v>
       </c>
-      <c r="K24" t="s">
+      <c r="L24" t="s">
         <v>177</v>
       </c>
-      <c r="L24" t="s">
+      <c r="M24" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
+        <v>179</v>
+      </c>
+      <c r="P24" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>181</v>
+      </c>
+      <c r="B25" t="s">
         <v>182</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D25" t="s">
         <v>77</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25" t="s">
         <v>78</v>
       </c>
       <c r="H25">
         <v>2024</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
+        <v>184</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
         <v>185</v>
       </c>
-      <c r="K25" t="s">
-[...2 lines deleted...]
-      <c r="L25" t="s">
+      <c r="M25" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
+        <v>187</v>
+      </c>
+      <c r="P25" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>189</v>
+      </c>
+      <c r="B26" t="s">
         <v>190</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="D26" t="s">
         <v>45</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>64</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2020</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
+        <v>192</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
         <v>193</v>
       </c>
-      <c r="K26" t="s">
-[...2 lines deleted...]
-      <c r="L26" t="s">
+      <c r="M26" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
+        <v>195</v>
+      </c>
+      <c r="P26" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" t="s">
         <v>198</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D27" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="N27" t="s">
         <v>72</v>
       </c>
       <c r="O27" t="s">
+        <v>200</v>
+      </c>
+      <c r="P27" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>202</v>
+      </c>
+      <c r="B28" t="s">
         <v>203</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D28" t="s">
         <v>32</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>56</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
+        <v>207</v>
+      </c>
+      <c r="P28" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>209</v>
+      </c>
+      <c r="B29" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="C29" t="s">
         <v>54</v>
       </c>
       <c r="D29" t="s">
         <v>55</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>64</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2014</v>
       </c>
       <c r="I29">
         <v>2024</v>
       </c>
       <c r="J29" t="s">
+        <v>211</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="M29" t="s">
         <v>58</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
+        <v>213</v>
+      </c>
+      <c r="P29" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>215</v>
+      </c>
+      <c r="B30" t="s">
         <v>216</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="D30" t="s">
         <v>55</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
+        <v>218</v>
+      </c>
+      <c r="M30" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
+        <v>220</v>
+      </c>
+      <c r="P30" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>222</v>
+      </c>
+      <c r="B31" t="s">
         <v>223</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="D31" t="s">
         <v>32</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>64</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2019</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
+        <v>227</v>
+      </c>
+      <c r="P31" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>229</v>
+      </c>
+      <c r="B32" t="s">
         <v>230</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="D32" t="s">
         <v>32</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>56</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2016</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
+        <v>232</v>
+      </c>
+      <c r="M32" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
+        <v>234</v>
+      </c>
+      <c r="P32" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>236</v>
+      </c>
+      <c r="B33" t="s">
         <v>237</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>238</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="E33" t="s">
         <v>46</v>
       </c>
       <c r="F33" t="s">
         <v>64</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2021</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>65</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
+        <v>240</v>
+      </c>
+      <c r="M33" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="N33" t="s">
         <v>72</v>
       </c>
       <c r="O33" t="s">
+        <v>242</v>
+      </c>
+      <c r="P33" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>244</v>
+      </c>
+      <c r="B34" t="s">
         <v>245</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" t="s">
+        <v>238</v>
+      </c>
+      <c r="D34" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="E34" t="s">
         <v>46</v>
       </c>
       <c r="F34" t="s">
         <v>64</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2021</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>65</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="M34" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
+        <v>247</v>
+      </c>
+      <c r="P34" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>249</v>
+      </c>
+      <c r="B35" t="s">
         <v>250</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D35" t="s">
         <v>32</v>
       </c>
       <c r="E35" t="s">
         <v>46</v>
       </c>
       <c r="F35" t="s">
         <v>64</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2010</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>65</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="M35" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
+        <v>252</v>
+      </c>
+      <c r="P35" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>254</v>
+      </c>
+      <c r="B36" t="s">
         <v>255</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
+        <v>191</v>
+      </c>
+      <c r="D36" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E36" t="s">
         <v>46</v>
       </c>
       <c r="F36" t="s">
         <v>47</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
+        <v>257</v>
+      </c>
+      <c r="M36" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
+        <v>259</v>
+      </c>
+      <c r="P36" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>261</v>
+      </c>
+      <c r="B37" t="s">
         <v>262</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>263</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>56</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2016</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>65</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
+        <v>266</v>
+      </c>
+      <c r="P37" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>268</v>
+      </c>
+      <c r="B38" t="s">
         <v>269</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D38" t="s">
         <v>32</v>
       </c>
       <c r="E38" t="s">
         <v>46</v>
       </c>
       <c r="F38" t="s">
         <v>47</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>1998</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
+        <v>270</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
         <v>271</v>
       </c>
-      <c r="K38" t="s">
-[...2 lines deleted...]
-      <c r="L38" t="s">
+      <c r="M38" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="N38" t="s">
         <v>72</v>
       </c>
       <c r="O38" t="s">
+        <v>273</v>
+      </c>
+      <c r="P38" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>275</v>
+      </c>
+      <c r="B39" t="s">
         <v>276</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="D39" t="s">
         <v>40</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>56</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="s">
         <v>72</v>
       </c>
       <c r="O39" t="s">
+        <v>279</v>
+      </c>
+      <c r="P39" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>281</v>
+      </c>
+      <c r="B40" t="s">
         <v>282</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>283</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>64</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2016</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="N40" t="s">
         <v>72</v>
       </c>
       <c r="O40" t="s">
+        <v>287</v>
+      </c>
+      <c r="P40" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>289</v>
+      </c>
+      <c r="B41" t="s">
         <v>290</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D41" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E41" t="s">
         <v>46</v>
       </c>
       <c r="F41" t="s">
         <v>56</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2007</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
+        <v>292</v>
+      </c>
+      <c r="P41" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>294</v>
+      </c>
+      <c r="B42" t="s">
         <v>295</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="D42" t="s">
         <v>32</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>56</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="N42" t="s">
         <v>72</v>
       </c>
       <c r="O42" t="s">
+        <v>298</v>
+      </c>
+      <c r="P42" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">