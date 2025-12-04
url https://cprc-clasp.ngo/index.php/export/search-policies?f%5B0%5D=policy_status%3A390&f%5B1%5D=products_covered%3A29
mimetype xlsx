--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -12,3285 +12,2460 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1009">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="750">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
+  </si>
+  <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...23 lines deleted...]
-    <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.1:2010</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.1:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
+  </si>
+  <si>
+    <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
+  </si>
+  <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...38 lines deleted...]
-    <t>Non-Directional lamps</t>
+    <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
+  </si>
+  <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
+    <t>BDS 1761:2013 (1st revision)</t>
+  </si>
+  <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
+    <t>BDS 1734:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision-0</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
+  </si>
+  <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
+    <t>BDS IEC 60081:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>CEL - High Pressure Sodium Lamps</t>
+  </si>
+  <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-high-pressure-sodium-lamps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>GB/T 29295; GB/T 29296</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
+    <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
+    <t>CEL- LED products for indoor lighting: LED downlights</t>
+  </si>
+  <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB/T 29293; GB/T 29294</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
+  </si>
+  <si>
+    <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
+  </si>
+  <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
+    <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CFL standard</t>
+  </si>
+  <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>CNS 10839 CNS 14567</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
+  </si>
+  <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
+  </si>
+  <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>AS/NZS 3823.1.1-1.4: 2012</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce, Industries, Labour and Immigration</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
+  </si>
+  <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
+    <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>GB 17896-2012; GB/T 15144-2009</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
+  </si>
+  <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
+    <t>Lighting Controls</t>
+  </si>
+  <si>
+    <t>CQC3146-2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
+  </si>
+  <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
+    <t>GB/T 17263-2013 GB 19044-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
+  </si>
+  <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
+    <t>GB/T 10682-2010 GB 19043-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
+  </si>
+  <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
+  </si>
+  <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
+    <t>CQC 3129-2013, GB 17625.1-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
+  </si>
+  <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
+    <t>GB/T 24908-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
+  </si>
+  <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3128-2013 GB 17625.1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
+  </si>
+  <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
+    <t>GB 38450-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
+  </si>
+  <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
+    <t>CQC3155-2016; GB/T 18595-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
+  </si>
+  <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
+    <t>GB 30255-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3127-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>GB 37478-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
+    <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
+  </si>
+  <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
+    <t>Decision 4889/QD-BCT LED labeling guidelines</t>
+  </si>
+  <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
+    <t>TCVN 11843:2017, TCVN 11844:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
+  </si>
+  <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
+    <t>Department Circular No. DC 2020-06-0016</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
+  </si>
+  <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
+    <t>Directive 2010-30-EU</t>
+  </si>
+  <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
-    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
-[...531 lines deleted...]
-  <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
-    <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
-[...8 lines deleted...]
-    <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
+    <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
+  </si>
+  <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Vanuatu</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
+  </si>
+  <si>
+    <t>Vanuatu Department of Energy, Mines and Minerals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
+  </si>
+  <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
+    <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>October 2021</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce and Industry</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
+  </si>
+  <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
+    <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
+  </si>
+  <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
+    <t>CNS 691, CNS 13755</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
+    <t>Energy Labeling Scheme</t>
+  </si>
+  <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
+    <t>Tajikistan</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
+  </si>
+  <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
+    <t>See policy document for full list</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>Federal Law No. 261-FZ</t>
+  </si>
+  <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
+    <t>Fluorescent lamp Ballast Efficiency Factor</t>
+  </si>
+  <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>CNS 1375 CNS 691</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
+  </si>
+  <si>
+    <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
+  </si>
+  <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
+    <t>Venezuela</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
+  </si>
+  <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
+  </si>
+  <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N129 - LED Lamps</t>
+  </si>
+  <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
+    <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program</t>
+  </si>
+  <si>
+    <t>Reflectors for HID Lamps</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
-[...1 lines deleted...]
-  <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
-[...378 lines deleted...]
-    <t>Malaysia</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
-  </si>
-[...176 lines deleted...]
-    <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
-    <t>Incandescent light bulb energy consumption efficiency standards</t>
-[...8 lines deleted...]
-    <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
+    <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
+  </si>
+  <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
+    <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard, Quality Standard</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
+  </si>
+  <si>
+    <t>MEPS for ballasts for fluorescent lamps</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Samoa*</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010</t>
+  </si>
+  <si>
+    <t>Samoa Ministry of Finance</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Fluorescent Lamp Ballasts</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Lighting</t>
+  </si>
+  <si>
+    <t>AS/NZ 4783.1:2001</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamp-ballasts</t>
+  </si>
+  <si>
+    <t>MEPS for Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps-0</t>
+  </si>
+  <si>
+    <t>MEPS for Linear Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-linear-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>MEPS schemes for non-directional lamps</t>
+  </si>
+  <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
+    <t>Bahrain</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Commerce</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
+  </si>
+  <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for LED Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Equipment Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
+  </si>
+  <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
+    <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 1324</t>
+  </si>
+  <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
+    <t>Federal Agency on Technical Regulating and Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
+  </si>
+  <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
-[...538 lines deleted...]
-  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
-[...10 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
+  </si>
+  <si>
     <t>Africa, Nigeria</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
-    <t>NOM-017-ENER/SCFI-2012</t>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
+    <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
-[...17 lines deleted...]
-    <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+    <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
-    <t>Pakistan Energy Labels for LED Lights</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
   </si>
   <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
-    <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
   </si>
   <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
-    <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
   </si>
   <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
-    <t>Procel Seal - CFLs with Integrated Ballasts</t>
-[...2 lines deleted...]
-    <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
+    <t>Procel Seal - LED Street Light Luminaires</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
-[...28 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
-    <t>Procel Seal - Sodium Vapor Lamps</t>
-[...35 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
-[...50 lines deleted...]
-    <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
+    <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
-    <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
+    <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
-    <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
   </si>
   <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
-    <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
   </si>
   <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
-    <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
-[...152 lines deleted...]
-    <t>IES LM-79, 31</t>
+    <t>Sello FIDE No. 4172</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
+    <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4139</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
-    <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
+    <t>SI 60968</t>
+  </si>
+  <si>
+    <t>Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
-    <t>Singapore Green Labelling Scheme: LEDs</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
   </si>
   <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
-    <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
   </si>
   <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
   </si>
   <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
-[...18 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
+    <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
-[...45 lines deleted...]
-    <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
+  </si>
+  <si>
+    <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
-    <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
   </si>
   <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2019/2015</t>
+    <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
-[...10 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
-    <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
-[...7 lines deleted...]
-  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
-    <t>VC 8043 Incandescent Lamps</t>
-[...43 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3554,12605 +2729,6364 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N295"/>
+  <dimension ref="A1:P133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>72</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>76</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>72</v>
+      </c>
+      <c r="D12" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>93</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>76</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>74</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>76</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>103</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>47</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>104</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>113</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...34 lines deleted...]
-      <c r="F3" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>66</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>115</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" t="s">
+        <v>47</v>
+      </c>
+      <c r="F16" t="s">
+        <v>120</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>74</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>121</v>
+      </c>
+      <c r="M16" t="s">
+        <v>122</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" t="s">
+        <v>127</v>
+      </c>
+      <c r="E17" t="s">
+        <v>47</v>
+      </c>
+      <c r="F17" t="s">
+        <v>120</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>93</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
+        <v>122</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...72 lines deleted...]
-      <c r="B5" t="s">
+      <c r="E18" t="s">
+        <v>47</v>
+      </c>
+      <c r="F18" t="s">
+        <v>120</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>93</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>133</v>
+      </c>
+      <c r="M18" t="s">
+        <v>122</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>72</v>
+      </c>
+      <c r="D19" t="s">
         <v>41</v>
       </c>
-      <c r="C5" t="s">
-[...38 lines deleted...]
-      <c r="B6" t="s">
+      <c r="E19" t="s">
         <v>47</v>
       </c>
-      <c r="C6" t="s">
-[...553 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>120</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
-      <c r="I19" t="s">
+      <c r="I19"/>
+      <c r="J19" t="s">
         <v>93</v>
       </c>
-      <c r="J19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K19" t="s">
-        <v>110</v>
+        <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>95</v>
+        <v>138</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N19" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>112</v>
+        <v>141</v>
       </c>
       <c r="B20" t="s">
-        <v>91</v>
+        <v>142</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="F20" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>120</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>93</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>75</v>
+      </c>
+      <c r="M20" t="s">
+        <v>122</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>143</v>
+      </c>
+      <c r="P20" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>146</v>
+      </c>
+      <c r="C21" t="s">
+        <v>72</v>
+      </c>
+      <c r="D21" t="s">
+        <v>81</v>
+      </c>
+      <c r="E21" t="s">
+        <v>47</v>
+      </c>
+      <c r="F21" t="s">
+        <v>120</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>93</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>147</v>
+      </c>
+      <c r="M21" t="s">
+        <v>122</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>148</v>
+      </c>
+      <c r="P21" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>150</v>
+      </c>
+      <c r="B22" t="s">
+        <v>151</v>
+      </c>
+      <c r="C22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>47</v>
+      </c>
+      <c r="F22" t="s">
+        <v>120</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>93</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>152</v>
+      </c>
+      <c r="M22" t="s">
+        <v>122</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>153</v>
+      </c>
+      <c r="P22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>155</v>
+      </c>
+      <c r="B23" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" t="s">
+        <v>72</v>
+      </c>
+      <c r="D23" t="s">
+        <v>92</v>
+      </c>
+      <c r="E23" t="s">
+        <v>47</v>
+      </c>
+      <c r="F23" t="s">
+        <v>120</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>93</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>157</v>
+      </c>
+      <c r="M23" t="s">
+        <v>122</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>158</v>
+      </c>
+      <c r="P23" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>160</v>
+      </c>
+      <c r="B24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" t="s">
+        <v>72</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>47</v>
+      </c>
+      <c r="F24" t="s">
+        <v>120</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24">
         <v>2020</v>
       </c>
-      <c r="H20"/>
-      <c r="I20" t="s">
+      <c r="J24" t="s">
+        <v>74</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>162</v>
+      </c>
+      <c r="M24" t="s">
+        <v>122</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>72</v>
+      </c>
+      <c r="D25" t="s">
+        <v>92</v>
+      </c>
+      <c r="E25" t="s">
+        <v>47</v>
+      </c>
+      <c r="F25" t="s">
+        <v>120</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>74</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>167</v>
+      </c>
+      <c r="M25" t="s">
+        <v>122</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>168</v>
+      </c>
+      <c r="P25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>170</v>
+      </c>
+      <c r="B26" t="s">
+        <v>171</v>
+      </c>
+      <c r="C26" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26" t="s">
+        <v>92</v>
+      </c>
+      <c r="E26" t="s">
+        <v>47</v>
+      </c>
+      <c r="F26" t="s">
+        <v>120</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2019</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
         <v>93</v>
       </c>
-      <c r="J20" t="s">
-[...2 lines deleted...]
-      <c r="K20" t="s">
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>172</v>
+      </c>
+      <c r="M26" t="s">
+        <v>122</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>173</v>
+      </c>
+      <c r="P26" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>175</v>
+      </c>
+      <c r="B27" t="s">
+        <v>176</v>
+      </c>
+      <c r="C27" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" t="s">
+        <v>73</v>
+      </c>
+      <c r="E27" t="s">
+        <v>47</v>
+      </c>
+      <c r="F27" t="s">
+        <v>120</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>74</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>177</v>
+      </c>
+      <c r="M27" t="s">
+        <v>122</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>178</v>
+      </c>
+      <c r="P27" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>180</v>
+      </c>
+      <c r="B28" t="s">
+        <v>181</v>
+      </c>
+      <c r="C28" t="s">
+        <v>72</v>
+      </c>
+      <c r="D28" t="s">
+        <v>73</v>
+      </c>
+      <c r="E28" t="s">
+        <v>47</v>
+      </c>
+      <c r="F28" t="s">
+        <v>120</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2019</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>74</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>182</v>
+      </c>
+      <c r="M28" t="s">
+        <v>122</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>183</v>
+      </c>
+      <c r="P28" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>185</v>
+      </c>
+      <c r="B29" t="s">
+        <v>186</v>
+      </c>
+      <c r="C29" t="s">
+        <v>187</v>
+      </c>
+      <c r="D29" t="s">
+        <v>73</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2008</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>188</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>189</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>190</v>
+      </c>
+      <c r="P29" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>192</v>
+      </c>
+      <c r="B30" t="s">
+        <v>193</v>
+      </c>
+      <c r="C30" t="s">
+        <v>187</v>
+      </c>
+      <c r="D30" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>120</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>188</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>194</v>
+      </c>
+      <c r="M30" t="s">
+        <v>189</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>195</v>
+      </c>
+      <c r="P30" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>197</v>
+      </c>
+      <c r="B31" t="s">
+        <v>198</v>
+      </c>
+      <c r="C31" t="s">
+        <v>199</v>
+      </c>
+      <c r="D31" t="s">
+        <v>200</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>33</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>201</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>202</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>203</v>
+      </c>
+      <c r="P31" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>205</v>
+      </c>
+      <c r="B32" t="s">
+        <v>206</v>
+      </c>
+      <c r="C32" t="s">
+        <v>207</v>
+      </c>
+      <c r="D32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>113</v>
       </c>
-      <c r="L20" t="s">
-[...28 lines deleted...]
-      <c r="G21">
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>208</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>209</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>210</v>
+      </c>
+      <c r="P32" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>212</v>
+      </c>
+      <c r="B33" t="s">
+        <v>213</v>
+      </c>
+      <c r="C33" t="s">
+        <v>214</v>
+      </c>
+      <c r="D33" t="s">
+        <v>215</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2020</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>216</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>217</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>218</v>
+      </c>
+      <c r="P33" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>220</v>
+      </c>
+      <c r="B34" t="s">
+        <v>221</v>
+      </c>
+      <c r="C34" t="s">
+        <v>222</v>
+      </c>
+      <c r="D34" t="s">
+        <v>81</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>66</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>223</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>224</v>
+      </c>
+      <c r="P34" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>226</v>
+      </c>
+      <c r="B35" t="s">
+        <v>227</v>
+      </c>
+      <c r="C35" t="s">
+        <v>103</v>
+      </c>
+      <c r="D35" t="s">
+        <v>73</v>
+      </c>
+      <c r="E35" t="s">
+        <v>47</v>
+      </c>
+      <c r="F35" t="s">
+        <v>120</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>104</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>228</v>
+      </c>
+      <c r="M35" t="s">
+        <v>106</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>229</v>
+      </c>
+      <c r="P35" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>231</v>
+      </c>
+      <c r="B36" t="s">
+        <v>232</v>
+      </c>
+      <c r="C36" t="s">
+        <v>103</v>
+      </c>
+      <c r="D36" t="s">
+        <v>92</v>
+      </c>
+      <c r="E36" t="s">
+        <v>47</v>
+      </c>
+      <c r="F36" t="s">
+        <v>120</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>104</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>233</v>
+      </c>
+      <c r="M36" t="s">
+        <v>106</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>234</v>
+      </c>
+      <c r="P36" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>236</v>
+      </c>
+      <c r="B37" t="s">
+        <v>237</v>
+      </c>
+      <c r="C37" t="s">
+        <v>103</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>47</v>
+      </c>
+      <c r="F37" t="s">
+        <v>120</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2010</v>
       </c>
-      <c r="H21"/>
-[...15 lines deleted...]
-      <c r="N21" t="s">
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>104</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>238</v>
+      </c>
+      <c r="M37" t="s">
+        <v>239</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>240</v>
+      </c>
+      <c r="P37" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>242</v>
+      </c>
+      <c r="B38" t="s">
+        <v>243</v>
+      </c>
+      <c r="C38" t="s">
+        <v>103</v>
+      </c>
+      <c r="D38" t="s">
+        <v>244</v>
+      </c>
+      <c r="E38" t="s">
+        <v>47</v>
+      </c>
+      <c r="F38" t="s">
         <v>120</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F22" t="s">
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>208</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>245</v>
+      </c>
+      <c r="M38" t="s">
+        <v>106</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>246</v>
+      </c>
+      <c r="P38" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>248</v>
+      </c>
+      <c r="B39" t="s">
+        <v>249</v>
+      </c>
+      <c r="C39" t="s">
+        <v>103</v>
+      </c>
+      <c r="D39" t="s">
+        <v>244</v>
+      </c>
+      <c r="E39" t="s">
+        <v>47</v>
+      </c>
+      <c r="F39" t="s">
+        <v>120</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>208</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>250</v>
+      </c>
+      <c r="M39" t="s">
+        <v>106</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>251</v>
+      </c>
+      <c r="P39" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>253</v>
+      </c>
+      <c r="B40" t="s">
+        <v>254</v>
+      </c>
+      <c r="C40" t="s">
+        <v>103</v>
+      </c>
+      <c r="D40" t="s">
         <v>19</v>
       </c>
-      <c r="G22">
-[...38 lines deleted...]
-      <c r="F23" t="s">
+      <c r="E40" t="s">
+        <v>47</v>
+      </c>
+      <c r="F40" t="s">
+        <v>120</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>104</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>255</v>
+      </c>
+      <c r="M40" t="s">
+        <v>106</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>256</v>
+      </c>
+      <c r="P40" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>258</v>
+      </c>
+      <c r="B41" t="s">
+        <v>259</v>
+      </c>
+      <c r="C41" t="s">
+        <v>103</v>
+      </c>
+      <c r="D41" t="s">
+        <v>244</v>
+      </c>
+      <c r="E41" t="s">
+        <v>47</v>
+      </c>
+      <c r="F41" t="s">
+        <v>120</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2017</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>208</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>250</v>
+      </c>
+      <c r="M41" t="s">
+        <v>106</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>260</v>
+      </c>
+      <c r="P41" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>262</v>
+      </c>
+      <c r="B42" t="s">
+        <v>263</v>
+      </c>
+      <c r="C42" t="s">
+        <v>264</v>
+      </c>
+      <c r="D42" t="s">
+        <v>265</v>
+      </c>
+      <c r="E42" t="s">
+        <v>47</v>
+      </c>
+      <c r="F42" t="s">
+        <v>113</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2017</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>188</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>266</v>
+      </c>
+      <c r="M42" t="s">
+        <v>267</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>268</v>
+      </c>
+      <c r="P42" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>270</v>
+      </c>
+      <c r="B43" t="s">
+        <v>271</v>
+      </c>
+      <c r="C43" t="s">
+        <v>272</v>
+      </c>
+      <c r="D43" t="s">
+        <v>81</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>33</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2020</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>273</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>274</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>275</v>
+      </c>
+      <c r="P43" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>277</v>
+      </c>
+      <c r="B44" t="s">
+        <v>278</v>
+      </c>
+      <c r="C44" t="s">
+        <v>103</v>
+      </c>
+      <c r="D44" t="s">
         <v>19</v>
       </c>
-      <c r="G23">
-[...41 lines deleted...]
-      <c r="G24">
+      <c r="E44" t="s">
+        <v>47</v>
+      </c>
+      <c r="F44" t="s">
+        <v>120</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>104</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>279</v>
+      </c>
+      <c r="M44" t="s">
+        <v>239</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>280</v>
+      </c>
+      <c r="P44" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>282</v>
+      </c>
+      <c r="B45" t="s">
+        <v>283</v>
+      </c>
+      <c r="C45" t="s">
+        <v>284</v>
+      </c>
+      <c r="D45" t="s">
+        <v>285</v>
+      </c>
+      <c r="E45" t="s">
+        <v>47</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>48</v>
+      </c>
+      <c r="K45" t="s">
+        <v>286</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>287</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>288</v>
+      </c>
+      <c r="P45" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>290</v>
+      </c>
+      <c r="B46" t="s">
+        <v>291</v>
+      </c>
+      <c r="C46" t="s">
+        <v>292</v>
+      </c>
+      <c r="D46" t="s">
+        <v>19</v>
+      </c>
+      <c r="E46" t="s">
+        <v>47</v>
+      </c>
+      <c r="F46" t="s">
+        <v>120</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2007</v>
+      </c>
+      <c r="I46">
+        <v>2008</v>
+      </c>
+      <c r="J46" t="s">
+        <v>93</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>293</v>
+      </c>
+      <c r="M46" t="s">
+        <v>294</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>295</v>
+      </c>
+      <c r="P46" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>297</v>
+      </c>
+      <c r="B47" t="s">
+        <v>298</v>
+      </c>
+      <c r="C47" t="s">
+        <v>292</v>
+      </c>
+      <c r="D47" t="s">
+        <v>32</v>
+      </c>
+      <c r="E47" t="s">
+        <v>47</v>
+      </c>
+      <c r="F47" t="s">
+        <v>120</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2017</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>93</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>299</v>
+      </c>
+      <c r="M47" t="s">
+        <v>294</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>300</v>
+      </c>
+      <c r="P47" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>302</v>
+      </c>
+      <c r="B48" t="s">
+        <v>303</v>
+      </c>
+      <c r="C48" t="s">
+        <v>304</v>
+      </c>
+      <c r="D48" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" t="s">
+        <v>47</v>
+      </c>
+      <c r="F48" t="s">
+        <v>33</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2011</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>104</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>305</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>306</v>
+      </c>
+      <c r="P48" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>308</v>
+      </c>
+      <c r="B49" t="s">
+        <v>309</v>
+      </c>
+      <c r="C49" t="s">
+        <v>103</v>
+      </c>
+      <c r="D49" t="s">
+        <v>310</v>
+      </c>
+      <c r="E49" t="s">
+        <v>47</v>
+      </c>
+      <c r="F49" t="s">
+        <v>33</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>104</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>311</v>
+      </c>
+      <c r="M49" t="s">
+        <v>106</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>312</v>
+      </c>
+      <c r="P49" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>313</v>
+      </c>
+      <c r="B50" t="s">
+        <v>314</v>
+      </c>
+      <c r="C50" t="s">
+        <v>315</v>
+      </c>
+      <c r="D50" t="s">
+        <v>19</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>33</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2014</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>316</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50"/>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>317</v>
+      </c>
+      <c r="P50" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>319</v>
+      </c>
+      <c r="B51" t="s">
+        <v>86</v>
+      </c>
+      <c r="C51" t="s">
+        <v>72</v>
+      </c>
+      <c r="D51" t="s">
+        <v>73</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>33</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2020</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>74</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>87</v>
+      </c>
+      <c r="M51" t="s">
+        <v>320</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>321</v>
+      </c>
+      <c r="P51" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>323</v>
+      </c>
+      <c r="B52" t="s">
+        <v>324</v>
+      </c>
+      <c r="C52" t="s">
+        <v>72</v>
+      </c>
+      <c r="D52" t="s">
+        <v>92</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>33</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2021</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>74</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>87</v>
+      </c>
+      <c r="M52" t="s">
+        <v>320</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>325</v>
+      </c>
+      <c r="P52" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>327</v>
+      </c>
+      <c r="B53" t="s">
+        <v>328</v>
+      </c>
+      <c r="C53" t="s">
+        <v>103</v>
+      </c>
+      <c r="D53" t="s">
+        <v>73</v>
+      </c>
+      <c r="E53" t="s">
+        <v>47</v>
+      </c>
+      <c r="F53" t="s">
+        <v>120</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2013</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>104</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>239</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>329</v>
+      </c>
+      <c r="P53" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>331</v>
+      </c>
+      <c r="B54" t="s">
+        <v>332</v>
+      </c>
+      <c r="C54" t="s">
+        <v>103</v>
+      </c>
+      <c r="D54" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" t="s">
+        <v>47</v>
+      </c>
+      <c r="F54" t="s">
+        <v>120</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2014</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>104</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>239</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>333</v>
+      </c>
+      <c r="P54" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>335</v>
+      </c>
+      <c r="B55" t="s">
+        <v>336</v>
+      </c>
+      <c r="C55" t="s">
+        <v>337</v>
+      </c>
+      <c r="D55" t="s">
+        <v>338</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>33</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>339</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>340</v>
+      </c>
+      <c r="M55" t="s">
+        <v>341</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>342</v>
+      </c>
+      <c r="P55" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>344</v>
+      </c>
+      <c r="B56" t="s">
+        <v>345</v>
+      </c>
+      <c r="C56" t="s">
+        <v>346</v>
+      </c>
+      <c r="D56" t="s">
+        <v>19</v>
+      </c>
+      <c r="E56" t="s">
+        <v>47</v>
+      </c>
+      <c r="F56" t="s">
+        <v>120</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2012</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>34</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>347</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>348</v>
+      </c>
+      <c r="P56" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>344</v>
+      </c>
+      <c r="B57" t="s">
+        <v>350</v>
+      </c>
+      <c r="C57" t="s">
+        <v>346</v>
+      </c>
+      <c r="D57" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" t="s">
+        <v>47</v>
+      </c>
+      <c r="F57" t="s">
+        <v>120</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2012</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>34</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>347</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>351</v>
+      </c>
+      <c r="P57" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>352</v>
+      </c>
+      <c r="B58" t="s">
+        <v>353</v>
+      </c>
+      <c r="C58" t="s">
+        <v>199</v>
+      </c>
+      <c r="D58" t="s">
+        <v>354</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>113</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2021</v>
+      </c>
+      <c r="I58">
+        <v>2024</v>
+      </c>
+      <c r="J58" t="s">
+        <v>355</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>356</v>
+      </c>
+      <c r="M58" t="s">
+        <v>202</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>357</v>
+      </c>
+      <c r="P58" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>359</v>
+      </c>
+      <c r="B59" t="s">
+        <v>360</v>
+      </c>
+      <c r="C59" t="s">
+        <v>361</v>
+      </c>
+      <c r="D59" t="s">
+        <v>73</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2016</v>
       </c>
-      <c r="H24"/>
-[...26 lines deleted...]
-      <c r="C25" t="s">
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>362</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>363</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>364</v>
+      </c>
+      <c r="P59" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>366</v>
+      </c>
+      <c r="B60" t="s">
+        <v>367</v>
+      </c>
+      <c r="C60" t="s">
+        <v>368</v>
+      </c>
+      <c r="D60" t="s">
+        <v>310</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>113</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2009</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>316</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>369</v>
+      </c>
+      <c r="M60" t="s">
+        <v>370</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>371</v>
+      </c>
+      <c r="P60" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>373</v>
+      </c>
+      <c r="B61" t="s">
+        <v>374</v>
+      </c>
+      <c r="C61" t="s">
+        <v>368</v>
+      </c>
+      <c r="D61" t="s">
+        <v>19</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>113</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2004</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>316</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>375</v>
+      </c>
+      <c r="M61" t="s">
+        <v>370</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>376</v>
+      </c>
+      <c r="P61" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>377</v>
+      </c>
+      <c r="B62" t="s">
+        <v>378</v>
+      </c>
+      <c r="C62" t="s">
+        <v>368</v>
+      </c>
+      <c r="D62" t="s">
+        <v>41</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>113</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2004</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>316</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>379</v>
+      </c>
+      <c r="M62" t="s">
+        <v>370</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>380</v>
+      </c>
+      <c r="P62" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>381</v>
+      </c>
+      <c r="B63" t="s">
+        <v>382</v>
+      </c>
+      <c r="C63" t="s">
+        <v>383</v>
+      </c>
+      <c r="D63" t="s">
+        <v>19</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>33</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2017</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
         <v>66</v>
       </c>
-      <c r="D25" t="s">
-[...8 lines deleted...]
-      <c r="G25">
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>384</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>385</v>
+      </c>
+      <c r="P63" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>387</v>
+      </c>
+      <c r="B64" t="s">
+        <v>388</v>
+      </c>
+      <c r="C64" t="s">
+        <v>383</v>
+      </c>
+      <c r="D64" t="s">
+        <v>389</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>390</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2022</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>391</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>384</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>392</v>
+      </c>
+      <c r="P64" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>394</v>
+      </c>
+      <c r="B65" t="s">
+        <v>395</v>
+      </c>
+      <c r="C65" t="s">
+        <v>383</v>
+      </c>
+      <c r="D65" t="s">
+        <v>73</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>33</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2022</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>391</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>384</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>396</v>
+      </c>
+      <c r="P65" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>397</v>
+      </c>
+      <c r="B66" t="s">
+        <v>398</v>
+      </c>
+      <c r="C66" t="s">
+        <v>31</v>
+      </c>
+      <c r="D66" t="s">
+        <v>310</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>33</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2002</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>104</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>36</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>399</v>
+      </c>
+      <c r="P66" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>401</v>
+      </c>
+      <c r="B67" t="s">
+        <v>402</v>
+      </c>
+      <c r="C67" t="s">
+        <v>403</v>
+      </c>
+      <c r="D67" t="s">
+        <v>354</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>33</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2018</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>201</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>404</v>
+      </c>
+      <c r="M67" t="s">
+        <v>405</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>406</v>
+      </c>
+      <c r="P67" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>408</v>
+      </c>
+      <c r="B68" t="s">
+        <v>409</v>
+      </c>
+      <c r="C68" t="s">
+        <v>403</v>
+      </c>
+      <c r="D68" t="s">
+        <v>410</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>33</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2018</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>201</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>411</v>
+      </c>
+      <c r="M68" t="s">
+        <v>405</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>412</v>
+      </c>
+      <c r="P68" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>413</v>
+      </c>
+      <c r="B69" t="s">
+        <v>414</v>
+      </c>
+      <c r="C69" t="s">
+        <v>403</v>
+      </c>
+      <c r="D69" t="s">
+        <v>19</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>33</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2018</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>201</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>415</v>
+      </c>
+      <c r="M69" t="s">
+        <v>405</v>
+      </c>
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>416</v>
+      </c>
+      <c r="P69" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>417</v>
+      </c>
+      <c r="B70" t="s">
+        <v>418</v>
+      </c>
+      <c r="C70" t="s">
+        <v>403</v>
+      </c>
+      <c r="D70" t="s">
+        <v>41</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>33</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2018</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>201</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>419</v>
+      </c>
+      <c r="M70" t="s">
+        <v>405</v>
+      </c>
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>420</v>
+      </c>
+      <c r="P70" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>421</v>
+      </c>
+      <c r="B71" t="s">
+        <v>422</v>
+      </c>
+      <c r="C71" t="s">
+        <v>423</v>
+      </c>
+      <c r="D71" t="s">
+        <v>19</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>33</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2015</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>23</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>424</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>425</v>
+      </c>
+      <c r="P71" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>427</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72" t="s">
+        <v>103</v>
+      </c>
+      <c r="D72" t="s">
+        <v>19</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>33</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2010</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>208</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>106</v>
+      </c>
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>428</v>
+      </c>
+      <c r="P72" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>430</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73" t="s">
+        <v>103</v>
+      </c>
+      <c r="D73" t="s">
+        <v>310</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>33</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2009</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>208</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>106</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>431</v>
+      </c>
+      <c r="P73" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>432</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74" t="s">
+        <v>103</v>
+      </c>
+      <c r="D74" t="s">
+        <v>19</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>33</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>2012</v>
       </c>
-      <c r="H25"/>
-[...35 lines deleted...]
-      <c r="F26" t="s">
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>208</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>106</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>433</v>
+      </c>
+      <c r="P74" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>434</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75" t="s">
+        <v>103</v>
+      </c>
+      <c r="D75" t="s">
+        <v>389</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>33</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2014</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>208</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>106</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>435</v>
+      </c>
+      <c r="P75" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>436</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76" t="s">
+        <v>103</v>
+      </c>
+      <c r="D76" t="s">
+        <v>437</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>33</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2010</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>208</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>106</v>
+      </c>
+      <c r="N76" t="s">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>438</v>
+      </c>
+      <c r="P76" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>439</v>
+      </c>
+      <c r="B77" t="s">
+        <v>440</v>
+      </c>
+      <c r="C77" t="s">
+        <v>284</v>
+      </c>
+      <c r="D77" t="s">
+        <v>285</v>
+      </c>
+      <c r="E77" t="s">
+        <v>47</v>
+      </c>
+      <c r="F77" t="s">
+        <v>33</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2013</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>48</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>287</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>441</v>
+      </c>
+      <c r="P77" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>442</v>
+      </c>
+      <c r="B78" t="s">
+        <v>443</v>
+      </c>
+      <c r="C78" t="s">
+        <v>444</v>
+      </c>
+      <c r="D78" t="s">
+        <v>445</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>113</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2021</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>208</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>446</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>447</v>
+      </c>
+      <c r="P78" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>449</v>
+      </c>
+      <c r="B79" t="s">
+        <v>450</v>
+      </c>
+      <c r="C79" t="s">
+        <v>451</v>
+      </c>
+      <c r="D79" t="s">
+        <v>41</v>
+      </c>
+      <c r="E79" t="s">
+        <v>47</v>
+      </c>
+      <c r="F79" t="s">
+        <v>452</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2015</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>453</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>454</v>
+      </c>
+      <c r="N79" t="s">
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>455</v>
+      </c>
+      <c r="P79" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>457</v>
+      </c>
+      <c r="B80" t="s">
+        <v>458</v>
+      </c>
+      <c r="C80" t="s">
+        <v>451</v>
+      </c>
+      <c r="D80" t="s">
+        <v>459</v>
+      </c>
+      <c r="E80" t="s">
+        <v>47</v>
+      </c>
+      <c r="F80" t="s">
+        <v>452</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2015</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>453</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>460</v>
+      </c>
+      <c r="N80" t="s">
+        <v>26</v>
+      </c>
+      <c r="O80" t="s">
+        <v>461</v>
+      </c>
+      <c r="P80" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>463</v>
+      </c>
+      <c r="B81" t="s">
+        <v>464</v>
+      </c>
+      <c r="C81" t="s">
+        <v>451</v>
+      </c>
+      <c r="D81" t="s">
         <v>19</v>
       </c>
-      <c r="G26">
-[...40 lines deleted...]
-      <c r="F27" t="s">
+      <c r="E81" t="s">
+        <v>47</v>
+      </c>
+      <c r="F81" t="s">
+        <v>33</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2015</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>453</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>454</v>
+      </c>
+      <c r="N81" t="s">
+        <v>26</v>
+      </c>
+      <c r="O81" t="s">
+        <v>465</v>
+      </c>
+      <c r="P81" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>467</v>
+      </c>
+      <c r="B82" t="s">
+        <v>468</v>
+      </c>
+      <c r="C82" t="s">
+        <v>451</v>
+      </c>
+      <c r="D82" t="s">
+        <v>459</v>
+      </c>
+      <c r="E82" t="s">
+        <v>47</v>
+      </c>
+      <c r="F82" t="s">
+        <v>452</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2015</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>453</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>454</v>
+      </c>
+      <c r="N82" t="s">
+        <v>26</v>
+      </c>
+      <c r="O82" t="s">
+        <v>469</v>
+      </c>
+      <c r="P82" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>471</v>
+      </c>
+      <c r="B83" t="s">
+        <v>472</v>
+      </c>
+      <c r="C83" t="s">
+        <v>451</v>
+      </c>
+      <c r="D83" t="s">
+        <v>459</v>
+      </c>
+      <c r="E83" t="s">
+        <v>47</v>
+      </c>
+      <c r="F83" t="s">
+        <v>452</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2015</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>453</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>454</v>
+      </c>
+      <c r="N83" t="s">
+        <v>26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>473</v>
+      </c>
+      <c r="P83" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>475</v>
+      </c>
+      <c r="B84" t="s">
+        <v>476</v>
+      </c>
+      <c r="C84" t="s">
+        <v>304</v>
+      </c>
+      <c r="D84" t="s">
         <v>19</v>
       </c>
-      <c r="G27">
-[...853 lines deleted...]
-      <c r="G47">
+      <c r="E84" t="s">
+        <v>47</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2011</v>
       </c>
-      <c r="H47">
-[...1562 lines deleted...]
-      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K84"/>
+        <v>104</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>477</v>
       </c>
       <c r="N84" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O84" t="s">
+        <v>478</v>
+      </c>
+      <c r="P84" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>354</v>
+        <v>480</v>
       </c>
       <c r="B85" t="s">
-        <v>91</v>
+        <v>481</v>
       </c>
       <c r="C85" t="s">
-        <v>76</v>
+        <v>304</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>482</v>
       </c>
       <c r="E85" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="F85" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
       </c>
       <c r="H85">
         <v>2012</v>
       </c>
-      <c r="I85" t="s">
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>104</v>
+      </c>
+      <c r="K85" t="s">
+        <v>286</v>
+      </c>
+      <c r="L85" t="s">
+        <v>483</v>
+      </c>
+      <c r="M85" t="s">
+        <v>484</v>
+      </c>
+      <c r="N85" t="s">
+        <v>26</v>
+      </c>
+      <c r="O85" t="s">
+        <v>485</v>
+      </c>
+      <c r="P85" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>486</v>
+      </c>
+      <c r="B86" t="s">
+        <v>487</v>
+      </c>
+      <c r="C86" t="s">
+        <v>488</v>
+      </c>
+      <c r="D86" t="s">
+        <v>19</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>33</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2010</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>489</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>490</v>
+      </c>
+      <c r="N86" t="s">
+        <v>26</v>
+      </c>
+      <c r="O86" t="s">
+        <v>491</v>
+      </c>
+      <c r="P86" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>493</v>
+      </c>
+      <c r="B87" t="s">
+        <v>494</v>
+      </c>
+      <c r="C87" t="s">
+        <v>495</v>
+      </c>
+      <c r="D87" t="s">
+        <v>496</v>
+      </c>
+      <c r="E87" t="s">
+        <v>47</v>
+      </c>
+      <c r="F87" t="s">
+        <v>113</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2014</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>66</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>497</v>
+      </c>
+      <c r="M87" t="s">
+        <v>498</v>
+      </c>
+      <c r="N87" t="s">
+        <v>26</v>
+      </c>
+      <c r="O87" t="s">
+        <v>499</v>
+      </c>
+      <c r="P87" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>501</v>
+      </c>
+      <c r="B88" t="s">
+        <v>502</v>
+      </c>
+      <c r="C88" t="s">
+        <v>503</v>
+      </c>
+      <c r="D88" t="s">
+        <v>504</v>
+      </c>
+      <c r="E88" t="s">
+        <v>505</v>
+      </c>
+      <c r="F88" t="s">
+        <v>506</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2023</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>201</v>
+      </c>
+      <c r="K88" t="s">
+        <v>507</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>508</v>
+      </c>
+      <c r="N88" t="s">
+        <v>509</v>
+      </c>
+      <c r="O88" t="s">
+        <v>510</v>
+      </c>
+      <c r="P88" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>512</v>
+      </c>
+      <c r="B89" t="s">
+        <v>513</v>
+      </c>
+      <c r="C89" t="s">
+        <v>514</v>
+      </c>
+      <c r="D89" t="s">
+        <v>389</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>113</v>
+      </c>
+      <c r="G89" t="s">
+        <v>515</v>
+      </c>
+      <c r="H89">
+        <v>2024</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>516</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>517</v>
+      </c>
+      <c r="M89" t="s">
+        <v>518</v>
+      </c>
+      <c r="N89" t="s">
+        <v>26</v>
+      </c>
+      <c r="O89" t="s">
+        <v>519</v>
+      </c>
+      <c r="P89" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>521</v>
+      </c>
+      <c r="B90" t="s">
+        <v>522</v>
+      </c>
+      <c r="C90" t="s">
+        <v>514</v>
+      </c>
+      <c r="D90" t="s">
+        <v>244</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>113</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2024</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>516</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>523</v>
+      </c>
+      <c r="M90" t="s">
+        <v>518</v>
+      </c>
+      <c r="N90" t="s">
+        <v>26</v>
+      </c>
+      <c r="O90" t="s">
+        <v>524</v>
+      </c>
+      <c r="P90" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>525</v>
+      </c>
+      <c r="B91" t="s">
+        <v>526</v>
+      </c>
+      <c r="C91" t="s">
+        <v>527</v>
+      </c>
+      <c r="D91" t="s">
+        <v>410</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>390</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2018</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>528</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>529</v>
+      </c>
+      <c r="M91" t="s">
+        <v>530</v>
+      </c>
+      <c r="N91" t="s">
+        <v>26</v>
+      </c>
+      <c r="O91" t="s">
+        <v>531</v>
+      </c>
+      <c r="P91" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>533</v>
+      </c>
+      <c r="B92" t="s">
+        <v>534</v>
+      </c>
+      <c r="C92" t="s">
+        <v>535</v>
+      </c>
+      <c r="D92" t="s">
+        <v>73</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>33</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2021</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>536</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>537</v>
+      </c>
+      <c r="M92" t="s">
+        <v>538</v>
+      </c>
+      <c r="N92" t="s">
+        <v>26</v>
+      </c>
+      <c r="O92" t="s">
+        <v>539</v>
+      </c>
+      <c r="P92" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>541</v>
+      </c>
+      <c r="B93" t="s">
+        <v>542</v>
+      </c>
+      <c r="C93" t="s">
+        <v>543</v>
+      </c>
+      <c r="D93" t="s">
+        <v>19</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>33</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2009</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>34</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>544</v>
+      </c>
+      <c r="M93" t="s">
+        <v>545</v>
+      </c>
+      <c r="N93" t="s">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>546</v>
+      </c>
+      <c r="P93" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>548</v>
+      </c>
+      <c r="B94" t="s">
+        <v>549</v>
+      </c>
+      <c r="C94" t="s">
+        <v>543</v>
+      </c>
+      <c r="D94" t="s">
+        <v>19</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>33</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2009</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>34</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>550</v>
+      </c>
+      <c r="M94" t="s">
+        <v>545</v>
+      </c>
+      <c r="N94" t="s">
+        <v>26</v>
+      </c>
+      <c r="O94" t="s">
+        <v>551</v>
+      </c>
+      <c r="P94" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>553</v>
+      </c>
+      <c r="B95" t="s">
+        <v>554</v>
+      </c>
+      <c r="C95" t="s">
+        <v>503</v>
+      </c>
+      <c r="D95" t="s">
+        <v>32</v>
+      </c>
+      <c r="E95" t="s">
+        <v>47</v>
+      </c>
+      <c r="F95" t="s">
+        <v>506</v>
+      </c>
+      <c r="G95" t="s">
+        <v>515</v>
+      </c>
+      <c r="H95">
+        <v>2014</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>201</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>555</v>
+      </c>
+      <c r="M95" t="s">
+        <v>508</v>
+      </c>
+      <c r="N95" t="s">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>556</v>
+      </c>
+      <c r="P95" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>558</v>
+      </c>
+      <c r="B96" t="s">
+        <v>559</v>
+      </c>
+      <c r="C96" t="s">
+        <v>199</v>
+      </c>
+      <c r="D96" t="s">
+        <v>310</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2002</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>188</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>202</v>
+      </c>
+      <c r="N96" t="s">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>560</v>
+      </c>
+      <c r="P96" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>562</v>
+      </c>
+      <c r="B97" t="s">
+        <v>563</v>
+      </c>
+      <c r="C97" t="s">
+        <v>199</v>
+      </c>
+      <c r="D97" t="s">
+        <v>41</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2006</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>188</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>564</v>
+      </c>
+      <c r="M97" t="s">
+        <v>202</v>
+      </c>
+      <c r="N97" t="s">
+        <v>26</v>
+      </c>
+      <c r="O97" t="s">
+        <v>565</v>
+      </c>
+      <c r="P97" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>567</v>
+      </c>
+      <c r="B98" t="s">
+        <v>568</v>
+      </c>
+      <c r="C98" t="s">
+        <v>199</v>
+      </c>
+      <c r="D98" t="s">
+        <v>310</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2007</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>188</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>569</v>
+      </c>
+      <c r="M98" t="s">
+        <v>202</v>
+      </c>
+      <c r="N98" t="s">
+        <v>26</v>
+      </c>
+      <c r="O98" t="s">
+        <v>570</v>
+      </c>
+      <c r="P98" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>571</v>
+      </c>
+      <c r="B99" t="s">
+        <v>572</v>
+      </c>
+      <c r="C99" t="s">
+        <v>488</v>
+      </c>
+      <c r="D99" t="s">
+        <v>73</v>
+      </c>
+      <c r="E99" t="s">
+        <v>47</v>
+      </c>
+      <c r="F99" t="s">
+        <v>120</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2018</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>489</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>573</v>
+      </c>
+      <c r="N99" t="s">
+        <v>26</v>
+      </c>
+      <c r="O99" t="s">
+        <v>574</v>
+      </c>
+      <c r="P99" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>576</v>
+      </c>
+      <c r="B100" t="s">
+        <v>577</v>
+      </c>
+      <c r="C100" t="s">
+        <v>315</v>
+      </c>
+      <c r="D100" t="s">
+        <v>73</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2014</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>316</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>578</v>
+      </c>
+      <c r="N100" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
+        <v>579</v>
+      </c>
+      <c r="P100" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>581</v>
+      </c>
+      <c r="B101" t="s">
+        <v>582</v>
+      </c>
+      <c r="C101" t="s">
+        <v>315</v>
+      </c>
+      <c r="D101" t="s">
+        <v>354</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>113</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2015</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>34</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>583</v>
+      </c>
+      <c r="M101" t="s">
+        <v>578</v>
+      </c>
+      <c r="N101" t="s">
+        <v>26</v>
+      </c>
+      <c r="O101" t="s">
+        <v>584</v>
+      </c>
+      <c r="P101" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>586</v>
+      </c>
+      <c r="B102" t="s">
+        <v>587</v>
+      </c>
+      <c r="C102" t="s">
+        <v>588</v>
+      </c>
+      <c r="D102" t="s">
+        <v>19</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2011</v>
+      </c>
+      <c r="I102">
+        <v>2015</v>
+      </c>
+      <c r="J102" t="s">
+        <v>489</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>589</v>
+      </c>
+      <c r="M102" t="s">
+        <v>590</v>
+      </c>
+      <c r="N102" t="s">
+        <v>26</v>
+      </c>
+      <c r="O102" t="s">
+        <v>591</v>
+      </c>
+      <c r="P102" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>593</v>
+      </c>
+      <c r="B103" t="s">
+        <v>594</v>
+      </c>
+      <c r="C103" t="s">
+        <v>403</v>
+      </c>
+      <c r="D103" t="s">
+        <v>595</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2018</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>66</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>405</v>
+      </c>
+      <c r="N103" t="s">
+        <v>26</v>
+      </c>
+      <c r="O103" t="s">
+        <v>596</v>
+      </c>
+      <c r="P103" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>598</v>
+      </c>
+      <c r="B104" t="s">
+        <v>599</v>
+      </c>
+      <c r="C104" t="s">
+        <v>103</v>
+      </c>
+      <c r="D104" t="s">
+        <v>19</v>
+      </c>
+      <c r="E104" t="s">
+        <v>47</v>
+      </c>
+      <c r="F104" t="s">
+        <v>33</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2010</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>104</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>600</v>
+      </c>
+      <c r="M104" t="s">
         <v>106</v>
       </c>
-      <c r="J85" t="s">
-[...31 lines deleted...]
-      <c r="F86" t="s">
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
+        <v>601</v>
+      </c>
+      <c r="P104" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>602</v>
+      </c>
+      <c r="B105" t="s">
+        <v>603</v>
+      </c>
+      <c r="C105" t="s">
+        <v>535</v>
+      </c>
+      <c r="D105" t="s">
         <v>19</v>
       </c>
-      <c r="G86">
-[...38 lines deleted...]
-      <c r="F87" t="s">
+      <c r="E105" t="s">
+        <v>47</v>
+      </c>
+      <c r="F105" t="s">
+        <v>120</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2015</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>316</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>604</v>
+      </c>
+      <c r="M105" t="s">
+        <v>605</v>
+      </c>
+      <c r="N105" t="s">
+        <v>26</v>
+      </c>
+      <c r="O105" t="s">
+        <v>606</v>
+      </c>
+      <c r="P105"/>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>607</v>
+      </c>
+      <c r="B106" t="s">
+        <v>608</v>
+      </c>
+      <c r="C106" t="s">
+        <v>535</v>
+      </c>
+      <c r="D106" t="s">
+        <v>73</v>
+      </c>
+      <c r="E106" t="s">
+        <v>47</v>
+      </c>
+      <c r="F106" t="s">
+        <v>120</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2013</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>316</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>609</v>
+      </c>
+      <c r="M106" t="s">
+        <v>605</v>
+      </c>
+      <c r="N106" t="s">
+        <v>26</v>
+      </c>
+      <c r="O106" t="s">
+        <v>610</v>
+      </c>
+      <c r="P106"/>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>611</v>
+      </c>
+      <c r="B107" t="s">
+        <v>612</v>
+      </c>
+      <c r="C107" t="s">
+        <v>613</v>
+      </c>
+      <c r="D107" t="s">
+        <v>41</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2014</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>208</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>287</v>
+      </c>
+      <c r="N107" t="s">
+        <v>26</v>
+      </c>
+      <c r="O107" t="s">
+        <v>614</v>
+      </c>
+      <c r="P107" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>616</v>
+      </c>
+      <c r="B108" t="s">
+        <v>617</v>
+      </c>
+      <c r="C108" t="s">
+        <v>618</v>
+      </c>
+      <c r="D108" t="s">
+        <v>32</v>
+      </c>
+      <c r="E108" t="s">
+        <v>47</v>
+      </c>
+      <c r="F108" t="s">
+        <v>120</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2012</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>316</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>619</v>
+      </c>
+      <c r="N108" t="s">
+        <v>26</v>
+      </c>
+      <c r="O108" t="s">
+        <v>620</v>
+      </c>
+      <c r="P108" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>622</v>
+      </c>
+      <c r="B109" t="s">
+        <v>623</v>
+      </c>
+      <c r="C109" t="s">
+        <v>624</v>
+      </c>
+      <c r="D109" t="s">
         <v>19</v>
       </c>
-      <c r="G87">
-[...2 lines deleted...]
-      <c r="H87">
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>113</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2011</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>34</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>625</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109" t="s">
+        <v>626</v>
+      </c>
+      <c r="P109" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>628</v>
+      </c>
+      <c r="B110" t="s">
+        <v>629</v>
+      </c>
+      <c r="C110" t="s">
+        <v>624</v>
+      </c>
+      <c r="D110" t="s">
+        <v>354</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>33</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2011</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>66</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>625</v>
+      </c>
+      <c r="N110" t="s">
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>630</v>
+      </c>
+      <c r="P110" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>632</v>
+      </c>
+      <c r="B111" t="s">
+        <v>632</v>
+      </c>
+      <c r="C111" t="s">
+        <v>633</v>
+      </c>
+      <c r="D111" t="s">
+        <v>310</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>113</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2012</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>339</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>634</v>
+      </c>
+      <c r="M111" t="s">
+        <v>635</v>
+      </c>
+      <c r="N111" t="s">
+        <v>26</v>
+      </c>
+      <c r="O111" t="s">
+        <v>636</v>
+      </c>
+      <c r="P111" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>638</v>
+      </c>
+      <c r="B112" t="s">
+        <v>639</v>
+      </c>
+      <c r="C112" t="s">
+        <v>633</v>
+      </c>
+      <c r="D112" t="s">
+        <v>41</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>113</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2016</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>640</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>635</v>
+      </c>
+      <c r="N112" t="s">
+        <v>26</v>
+      </c>
+      <c r="O112" t="s">
+        <v>641</v>
+      </c>
+      <c r="P112" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>643</v>
+      </c>
+      <c r="B113" t="s">
+        <v>644</v>
+      </c>
+      <c r="C113" t="s">
+        <v>535</v>
+      </c>
+      <c r="D113" t="s">
+        <v>73</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>33</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2012</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>489</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>645</v>
+      </c>
+      <c r="M113" t="s">
+        <v>538</v>
+      </c>
+      <c r="N113" t="s">
+        <v>26</v>
+      </c>
+      <c r="O113" t="s">
+        <v>646</v>
+      </c>
+      <c r="P113" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>648</v>
+      </c>
+      <c r="B114" t="s">
+        <v>649</v>
+      </c>
+      <c r="C114" t="s">
+        <v>650</v>
+      </c>
+      <c r="D114" t="s">
+        <v>651</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>33</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2016</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>208</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>652</v>
+      </c>
+      <c r="N114" t="s">
+        <v>26</v>
+      </c>
+      <c r="O114" t="s">
+        <v>653</v>
+      </c>
+      <c r="P114" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>655</v>
+      </c>
+      <c r="B115" t="s">
+        <v>656</v>
+      </c>
+      <c r="C115" t="s">
+        <v>650</v>
+      </c>
+      <c r="D115" t="s">
+        <v>657</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2017</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>208</v>
+      </c>
+      <c r="K115" t="s">
+        <v>286</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>652</v>
+      </c>
+      <c r="N115" t="s">
+        <v>509</v>
+      </c>
+      <c r="O115" t="s">
+        <v>658</v>
+      </c>
+      <c r="P115" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>660</v>
+      </c>
+      <c r="B116" t="s">
+        <v>661</v>
+      </c>
+      <c r="C116" t="s">
+        <v>187</v>
+      </c>
+      <c r="D116" t="s">
+        <v>81</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>33</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2017</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>188</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>189</v>
+      </c>
+      <c r="N116" t="s">
+        <v>26</v>
+      </c>
+      <c r="O116" t="s">
+        <v>662</v>
+      </c>
+      <c r="P116" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>664</v>
+      </c>
+      <c r="B117" t="s">
+        <v>665</v>
+      </c>
+      <c r="C117" t="s">
+        <v>187</v>
+      </c>
+      <c r="D117" t="s">
+        <v>73</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>33</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2019</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>666</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>189</v>
+      </c>
+      <c r="N117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
+        <v>667</v>
+      </c>
+      <c r="P117" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>669</v>
+      </c>
+      <c r="B118" t="s">
+        <v>670</v>
+      </c>
+      <c r="C118" t="s">
+        <v>671</v>
+      </c>
+      <c r="D118" t="s">
+        <v>19</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>113</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2010</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>23</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>672</v>
+      </c>
+      <c r="N118" t="s">
+        <v>26</v>
+      </c>
+      <c r="O118" t="s">
+        <v>673</v>
+      </c>
+      <c r="P118" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>675</v>
+      </c>
+      <c r="B119" t="s">
+        <v>676</v>
+      </c>
+      <c r="C119" t="s">
+        <v>677</v>
+      </c>
+      <c r="D119" t="s">
+        <v>678</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2021</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>679</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119"/>
+      <c r="N119" t="s">
+        <v>26</v>
+      </c>
+      <c r="O119" t="s">
+        <v>680</v>
+      </c>
+      <c r="P119" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>675</v>
+      </c>
+      <c r="B120" t="s">
+        <v>682</v>
+      </c>
+      <c r="C120" t="s">
+        <v>677</v>
+      </c>
+      <c r="D120" t="s">
+        <v>678</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>33</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2021</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>679</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120"/>
+      <c r="N120" t="s">
+        <v>26</v>
+      </c>
+      <c r="O120" t="s">
+        <v>683</v>
+      </c>
+      <c r="P120" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>685</v>
+      </c>
+      <c r="B121" t="s">
+        <v>686</v>
+      </c>
+      <c r="C121" t="s">
+        <v>687</v>
+      </c>
+      <c r="D121" t="s">
+        <v>688</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>113</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2016</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>689</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>690</v>
+      </c>
+      <c r="N121" t="s">
+        <v>509</v>
+      </c>
+      <c r="O121" t="s">
+        <v>691</v>
+      </c>
+      <c r="P121" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>693</v>
+      </c>
+      <c r="B122" t="s">
+        <v>694</v>
+      </c>
+      <c r="C122" t="s">
+        <v>451</v>
+      </c>
+      <c r="D122" t="s">
+        <v>695</v>
+      </c>
+      <c r="E122" t="s">
+        <v>47</v>
+      </c>
+      <c r="F122" t="s">
+        <v>33</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
         <v>2013</v>
       </c>
-      <c r="I87" t="s">
-[...34 lines deleted...]
-      <c r="F88" t="s">
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>453</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>696</v>
+      </c>
+      <c r="N122" t="s">
+        <v>26</v>
+      </c>
+      <c r="O122" t="s">
+        <v>697</v>
+      </c>
+      <c r="P122" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>699</v>
+      </c>
+      <c r="B123" t="s">
+        <v>700</v>
+      </c>
+      <c r="C123" t="s">
+        <v>451</v>
+      </c>
+      <c r="D123" t="s">
+        <v>459</v>
+      </c>
+      <c r="E123" t="s">
+        <v>47</v>
+      </c>
+      <c r="F123" t="s">
+        <v>33</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2014</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>453</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>696</v>
+      </c>
+      <c r="N123" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
+        <v>701</v>
+      </c>
+      <c r="P123" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>703</v>
+      </c>
+      <c r="B124" t="s">
+        <v>704</v>
+      </c>
+      <c r="C124" t="s">
+        <v>451</v>
+      </c>
+      <c r="D124" t="s">
+        <v>459</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>33</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2017</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>453</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>696</v>
+      </c>
+      <c r="N124" t="s">
+        <v>26</v>
+      </c>
+      <c r="O124" t="s">
+        <v>705</v>
+      </c>
+      <c r="P124" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>707</v>
+      </c>
+      <c r="B125" t="s">
+        <v>708</v>
+      </c>
+      <c r="C125" t="s">
+        <v>709</v>
+      </c>
+      <c r="D125" t="s">
+        <v>710</v>
+      </c>
+      <c r="E125" t="s">
+        <v>47</v>
+      </c>
+      <c r="F125" t="s">
+        <v>33</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2021</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>536</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>711</v>
+      </c>
+      <c r="M125" t="s">
+        <v>712</v>
+      </c>
+      <c r="N125" t="s">
+        <v>26</v>
+      </c>
+      <c r="O125" t="s">
+        <v>713</v>
+      </c>
+      <c r="P125"/>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>707</v>
+      </c>
+      <c r="B126" t="s">
+        <v>708</v>
+      </c>
+      <c r="C126" t="s">
+        <v>709</v>
+      </c>
+      <c r="D126" t="s">
+        <v>710</v>
+      </c>
+      <c r="E126" t="s">
+        <v>47</v>
+      </c>
+      <c r="F126" t="s">
+        <v>33</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2021</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>536</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>711</v>
+      </c>
+      <c r="M126" t="s">
+        <v>712</v>
+      </c>
+      <c r="N126" t="s">
+        <v>26</v>
+      </c>
+      <c r="O126" t="s">
+        <v>714</v>
+      </c>
+      <c r="P126"/>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>715</v>
+      </c>
+      <c r="B127" t="s">
+        <v>716</v>
+      </c>
+      <c r="C127" t="s">
+        <v>717</v>
+      </c>
+      <c r="D127" t="s">
+        <v>112</v>
+      </c>
+      <c r="E127" t="s">
+        <v>47</v>
+      </c>
+      <c r="F127" t="s">
+        <v>113</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2016</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>188</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>114</v>
+      </c>
+      <c r="M127" t="s">
+        <v>718</v>
+      </c>
+      <c r="N127" t="s">
+        <v>26</v>
+      </c>
+      <c r="O127" t="s">
+        <v>719</v>
+      </c>
+      <c r="P127" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>721</v>
+      </c>
+      <c r="B128" t="s">
+        <v>722</v>
+      </c>
+      <c r="C128" t="s">
+        <v>723</v>
+      </c>
+      <c r="D128" t="s">
+        <v>81</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>113</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2007</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>23</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>724</v>
+      </c>
+      <c r="M128" t="s">
+        <v>725</v>
+      </c>
+      <c r="N128" t="s">
+        <v>26</v>
+      </c>
+      <c r="O128" t="s">
+        <v>726</v>
+      </c>
+      <c r="P128" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>728</v>
+      </c>
+      <c r="B129" t="s">
+        <v>729</v>
+      </c>
+      <c r="C129" t="s">
+        <v>723</v>
+      </c>
+      <c r="D129" t="s">
         <v>19</v>
       </c>
-      <c r="G88">
-[...1754 lines deleted...]
-      </c>
       <c r="E129" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="F129" t="s">
-        <v>54</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2007</v>
+      </c>
+      <c r="I129"/>
       <c r="J129" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K129"/>
+        <v>208</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
       <c r="L129" t="s">
-        <v>479</v>
+        <v>730</v>
       </c>
       <c r="M129" t="s">
-        <v>24</v>
+        <v>725</v>
       </c>
       <c r="N129" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O129" t="s">
+        <v>731</v>
+      </c>
+      <c r="P129" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>488</v>
+        <v>733</v>
       </c>
       <c r="B130" t="s">
-        <v>476</v>
+        <v>734</v>
       </c>
       <c r="C130" t="s">
-        <v>42</v>
+        <v>723</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>354</v>
       </c>
       <c r="E130" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>33</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
       </c>
       <c r="H130">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="I130"/>
       <c r="J130" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K130"/>
+        <v>23</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
       <c r="L130" t="s">
-        <v>479</v>
+        <v>730</v>
       </c>
       <c r="M130" t="s">
-        <v>24</v>
+        <v>725</v>
       </c>
       <c r="N130" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O130" t="s">
+        <v>735</v>
+      </c>
+      <c r="P130" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>488</v>
+        <v>736</v>
       </c>
       <c r="B131" t="s">
-        <v>476</v>
+        <v>737</v>
       </c>
       <c r="C131" t="s">
-        <v>42</v>
+        <v>738</v>
       </c>
       <c r="D131" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="E131" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>33</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
       </c>
       <c r="H131">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I131"/>
       <c r="J131" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
       <c r="M131" t="s">
-        <v>24</v>
+        <v>739</v>
       </c>
       <c r="N131" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O131" t="s">
+        <v>740</v>
+      </c>
+      <c r="P131" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>491</v>
+        <v>742</v>
       </c>
       <c r="B132" t="s">
-        <v>476</v>
+        <v>743</v>
       </c>
       <c r="C132" t="s">
-        <v>66</v>
+        <v>738</v>
       </c>
       <c r="D132" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="E132" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>33</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
       </c>
       <c r="H132">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I132"/>
       <c r="J132" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
       <c r="M132" t="s">
-        <v>24</v>
+        <v>739</v>
       </c>
       <c r="N132" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O132" t="s">
+        <v>744</v>
+      </c>
+      <c r="P132" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>493</v>
+        <v>746</v>
       </c>
       <c r="B133" t="s">
-        <v>476</v>
+        <v>747</v>
       </c>
       <c r="C133" t="s">
-        <v>66</v>
+        <v>738</v>
       </c>
       <c r="D133" t="s">
-        <v>17</v>
+        <v>310</v>
       </c>
       <c r="E133" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>113</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
       </c>
       <c r="H133">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I133"/>
       <c r="J133" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
       <c r="M133" t="s">
-        <v>24</v>
+        <v>739</v>
       </c>
       <c r="N133" t="s">
-        <v>494</v>
-[...3314 lines deleted...]
-      <c r="L212" t="s">
+        <v>26</v>
+      </c>
+      <c r="O133" t="s">
         <v>748</v>
       </c>
-      <c r="M212" t="s">
-[...2 lines deleted...]
-      <c r="N212" t="s">
+      <c r="P133" t="s">
         <v>749</v>
       </c>
     </row>
-    <row r="213" spans="1:14">
-[...3518 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>