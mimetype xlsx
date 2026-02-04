--- v1 (2025-12-04)
+++ v2 (2026-02-04)
@@ -984,50 +984,53 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
     <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
     <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
     <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
@@ -1053,51 +1056,51 @@
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
     <t>Reflectors for HID Lamps</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
     <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
   <si>
     <t>Metal-Halide Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
@@ -1586,51 +1589,51 @@
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
     <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
@@ -1669,53 +1672,50 @@
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nigeria</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
@@ -2743,60 +2743,60 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -5159,1910 +5159,1910 @@
       </c>
       <c r="P50" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>319</v>
       </c>
       <c r="B51" t="s">
         <v>86</v>
       </c>
       <c r="C51" t="s">
         <v>72</v>
       </c>
       <c r="D51" t="s">
         <v>73</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>33</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>320</v>
       </c>
       <c r="H51">
         <v>2020</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>74</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
         <v>87</v>
       </c>
       <c r="M51" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="P51" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B52" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C52" t="s">
         <v>72</v>
       </c>
       <c r="D52" t="s">
         <v>92</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>33</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>74</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
         <v>87</v>
       </c>
       <c r="M52" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="P52" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B53" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C53" t="s">
         <v>103</v>
       </c>
       <c r="D53" t="s">
         <v>73</v>
       </c>
       <c r="E53" t="s">
         <v>47</v>
       </c>
       <c r="F53" t="s">
         <v>120</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2013</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>104</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>239</v>
       </c>
       <c r="N53" t="s">
         <v>26</v>
       </c>
       <c r="O53" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P53" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B54" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C54" t="s">
         <v>103</v>
       </c>
       <c r="D54" t="s">
         <v>19</v>
       </c>
       <c r="E54" t="s">
         <v>47</v>
       </c>
       <c r="F54" t="s">
         <v>120</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2014</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>104</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>239</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P54" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B55" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C55" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D55" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>33</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2015</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="M55" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P55" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B56" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C56" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D56" t="s">
         <v>19</v>
       </c>
       <c r="E56" t="s">
         <v>47</v>
       </c>
       <c r="F56" t="s">
         <v>120</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2012</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>34</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="P56" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B57" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C57" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D57" t="s">
         <v>19</v>
       </c>
       <c r="E57" t="s">
         <v>47</v>
       </c>
       <c r="F57" t="s">
         <v>120</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>34</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P57" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B58" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C58" t="s">
         <v>199</v>
       </c>
       <c r="D58" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>113</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2021</v>
       </c>
       <c r="I58">
         <v>2024</v>
       </c>
       <c r="J58" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="M58" t="s">
         <v>202</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="P58" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B59" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C59" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D59" t="s">
         <v>73</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2016</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="N59" t="s">
         <v>26</v>
       </c>
       <c r="O59" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P59" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B60" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C60" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D60" t="s">
         <v>310</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>113</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2009</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>316</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="M60" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N60" t="s">
         <v>26</v>
       </c>
       <c r="O60" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="P60" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B61" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C61" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D61" t="s">
         <v>19</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>113</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2004</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>316</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M61" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N61" t="s">
         <v>26</v>
       </c>
       <c r="O61" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="P61" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B62" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C62" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D62" t="s">
         <v>41</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>113</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2004</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>316</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="M62" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N62" t="s">
         <v>26</v>
       </c>
       <c r="O62" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="P62" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B63" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C63" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D63" t="s">
         <v>19</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>33</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2017</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>66</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="N63" t="s">
         <v>26</v>
       </c>
       <c r="O63" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="P63" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B64" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C64" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D64" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2022</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="N64" t="s">
         <v>26</v>
       </c>
       <c r="O64" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P64" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B65" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C65" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D65" t="s">
         <v>73</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>33</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2022</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="N65" t="s">
         <v>26</v>
       </c>
       <c r="O65" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="P65" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B66" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C66" t="s">
         <v>31</v>
       </c>
       <c r="D66" t="s">
         <v>310</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>33</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2002</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>104</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
         <v>36</v>
       </c>
       <c r="N66" t="s">
         <v>26</v>
       </c>
       <c r="O66" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="P66" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C67" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D67" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>33</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2018</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>201</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="M67" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="N67" t="s">
         <v>26</v>
       </c>
       <c r="O67" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="P67" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B68" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C68" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D68" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>33</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2018</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>201</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="M68" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="N68" t="s">
         <v>26</v>
       </c>
       <c r="O68" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="P68" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B69" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C69" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D69" t="s">
         <v>19</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>33</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2018</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>201</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="M69" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="N69" t="s">
         <v>26</v>
       </c>
       <c r="O69" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="P69" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B70" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C70" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D70" t="s">
         <v>41</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>33</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2018</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>201</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="M70" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="N70" t="s">
         <v>26</v>
       </c>
       <c r="O70" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="P70" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B71" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C71" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D71" t="s">
         <v>19</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>33</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2015</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>23</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="N71" t="s">
         <v>26</v>
       </c>
       <c r="O71" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P71" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B72"/>
       <c r="C72" t="s">
         <v>103</v>
       </c>
       <c r="D72" t="s">
         <v>19</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>33</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2010</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>208</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>106</v>
       </c>
       <c r="N72" t="s">
         <v>26</v>
       </c>
       <c r="O72" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="P72" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B73"/>
       <c r="C73" t="s">
         <v>103</v>
       </c>
       <c r="D73" t="s">
         <v>310</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>33</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2009</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>208</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
         <v>106</v>
       </c>
       <c r="N73" t="s">
         <v>26</v>
       </c>
       <c r="O73" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="P73" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B74"/>
       <c r="C74" t="s">
         <v>103</v>
       </c>
       <c r="D74" t="s">
         <v>19</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>33</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2012</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>208</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
         <v>106</v>
       </c>
       <c r="N74" t="s">
         <v>26</v>
       </c>
       <c r="O74" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P74" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B75"/>
       <c r="C75" t="s">
         <v>103</v>
       </c>
       <c r="D75" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>33</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2014</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>208</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
         <v>106</v>
       </c>
       <c r="N75" t="s">
         <v>26</v>
       </c>
       <c r="O75" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="P75" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B76"/>
       <c r="C76" t="s">
         <v>103</v>
       </c>
       <c r="D76" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>33</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2010</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>208</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>106</v>
       </c>
       <c r="N76" t="s">
         <v>26</v>
       </c>
       <c r="O76" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="P76" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B77" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C77" t="s">
         <v>284</v>
       </c>
       <c r="D77" t="s">
         <v>285</v>
       </c>
       <c r="E77" t="s">
         <v>47</v>
       </c>
       <c r="F77" t="s">
         <v>33</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2013</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>48</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
         <v>287</v>
       </c>
       <c r="N77" t="s">
         <v>26</v>
       </c>
       <c r="O77" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="P77" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B78" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C78" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D78" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>113</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2021</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>208</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="N78" t="s">
         <v>26</v>
       </c>
       <c r="O78" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="P78" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B79" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C79" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D79" t="s">
         <v>41</v>
       </c>
       <c r="E79" t="s">
         <v>47</v>
       </c>
       <c r="F79" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2015</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N79" t="s">
         <v>26</v>
       </c>
       <c r="O79" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="P79" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B80" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C80" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D80" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E80" t="s">
         <v>47</v>
       </c>
       <c r="F80" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2015</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="N80" t="s">
         <v>26</v>
       </c>
       <c r="O80" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="P80" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B81" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C81" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D81" t="s">
         <v>19</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
         <v>33</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2015</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N81" t="s">
         <v>26</v>
       </c>
       <c r="O81" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="P81" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B82" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C82" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D82" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2015</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N82" t="s">
         <v>26</v>
       </c>
       <c r="O82" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="P82" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B83" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C83" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D83" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E83" t="s">
         <v>47</v>
       </c>
       <c r="F83" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2015</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N83" t="s">
         <v>26</v>
       </c>
       <c r="O83" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="P83" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B84" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C84" t="s">
         <v>304</v>
       </c>
       <c r="D84" t="s">
         <v>19</v>
       </c>
       <c r="E84" t="s">
         <v>47</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2011</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>104</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="N84" t="s">
         <v>26</v>
       </c>
       <c r="O84" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="P84" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B85" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C85" t="s">
         <v>304</v>
       </c>
       <c r="D85" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E85" t="s">
         <v>47</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2012</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
         <v>104</v>
       </c>
       <c r="K85" t="s">
         <v>286</v>
       </c>
       <c r="L85" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="M85" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="N85" t="s">
         <v>26</v>
       </c>
       <c r="O85" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="P85" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B86" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C86" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D86" t="s">
         <v>19</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>33</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2010</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N86" t="s">
         <v>26</v>
       </c>
       <c r="O86" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="P86" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B87" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C87" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D87" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E87" t="s">
         <v>47</v>
       </c>
       <c r="F87" t="s">
         <v>113</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2014</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>66</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="M87" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="N87" t="s">
         <v>26</v>
       </c>
       <c r="O87" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="P87" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B88" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C88" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D88" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E88" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F88" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2023</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
         <v>201</v>
       </c>
       <c r="K88" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="N88" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="O88" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="P88" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B89" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C89" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D89" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>113</v>
       </c>
       <c r="G89" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H89">
         <v>2024</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="M89" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N89" t="s">
         <v>26</v>
       </c>
       <c r="O89" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="P89" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B90" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C90" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D90" t="s">
         <v>244</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>113</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2024</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="M90" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N90" t="s">
         <v>26</v>
       </c>
       <c r="O90" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="P90" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B91" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C91" t="s">
-        <v>527</v>
+        <v>515</v>
       </c>
       <c r="D91" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2018</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>528</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
         <v>529</v>
       </c>
       <c r="M91" t="s">
         <v>530</v>
       </c>
       <c r="N91" t="s">
         <v>26</v>
       </c>
       <c r="O91" t="s">
         <v>531</v>
@@ -7201,79 +7201,79 @@
       </c>
       <c r="L94" t="s">
         <v>550</v>
       </c>
       <c r="M94" t="s">
         <v>545</v>
       </c>
       <c r="N94" t="s">
         <v>26</v>
       </c>
       <c r="O94" t="s">
         <v>551</v>
       </c>
       <c r="P94" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>553</v>
       </c>
       <c r="B95" t="s">
         <v>554</v>
       </c>
       <c r="C95" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D95" t="s">
         <v>32</v>
       </c>
       <c r="E95" t="s">
         <v>47</v>
       </c>
       <c r="F95" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G95" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H95">
         <v>2014</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>201</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
         <v>555</v>
       </c>
       <c r="M95" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="N95" t="s">
         <v>26</v>
       </c>
       <c r="O95" t="s">
         <v>556</v>
       </c>
       <c r="P95" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>558</v>
       </c>
       <c r="B96" t="s">
         <v>559</v>
       </c>
       <c r="C96" t="s">
         <v>199</v>
       </c>
       <c r="D96" t="s">
         <v>310</v>
       </c>
       <c r="E96" t="s">
@@ -7391,70 +7391,70 @@
       </c>
       <c r="L98" t="s">
         <v>569</v>
       </c>
       <c r="M98" t="s">
         <v>202</v>
       </c>
       <c r="N98" t="s">
         <v>26</v>
       </c>
       <c r="O98" t="s">
         <v>570</v>
       </c>
       <c r="P98" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
         <v>571</v>
       </c>
       <c r="B99" t="s">
         <v>572</v>
       </c>
       <c r="C99" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D99" t="s">
         <v>73</v>
       </c>
       <c r="E99" t="s">
         <v>47</v>
       </c>
       <c r="F99" t="s">
         <v>120</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2018</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
         <v>573</v>
       </c>
       <c r="N99" t="s">
         <v>26</v>
       </c>
       <c r="O99" t="s">
         <v>574</v>
       </c>
       <c r="P99" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
         <v>576</v>
       </c>
       <c r="B100" t="s">
         <v>577</v>
       </c>
@@ -7486,51 +7486,51 @@
       <c r="L100"/>
       <c r="M100" t="s">
         <v>578</v>
       </c>
       <c r="N100" t="s">
         <v>26</v>
       </c>
       <c r="O100" t="s">
         <v>579</v>
       </c>
       <c r="P100" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>581</v>
       </c>
       <c r="B101" t="s">
         <v>582</v>
       </c>
       <c r="C101" t="s">
         <v>315</v>
       </c>
       <c r="D101" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>113</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2015</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
         <v>34</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
         <v>583</v>
       </c>
       <c r="M101" t="s">
         <v>578</v>
@@ -7552,106 +7552,106 @@
       <c r="B102" t="s">
         <v>587</v>
       </c>
       <c r="C102" t="s">
         <v>588</v>
       </c>
       <c r="D102" t="s">
         <v>19</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2011</v>
       </c>
       <c r="I102">
         <v>2015</v>
       </c>
       <c r="J102" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
         <v>589</v>
       </c>
       <c r="M102" t="s">
         <v>590</v>
       </c>
       <c r="N102" t="s">
         <v>26</v>
       </c>
       <c r="O102" t="s">
         <v>591</v>
       </c>
       <c r="P102" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
         <v>593</v>
       </c>
       <c r="B103" t="s">
         <v>594</v>
       </c>
       <c r="C103" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D103" t="s">
         <v>595</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2018</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
         <v>66</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="N103" t="s">
         <v>26</v>
       </c>
       <c r="O103" t="s">
         <v>596</v>
       </c>
       <c r="P103" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
         <v>598</v>
       </c>
       <c r="B104" t="s">
         <v>599</v>
       </c>
       <c r="C104" t="s">
         <v>103</v>
       </c>
       <c r="D104" t="s">
         <v>19</v>
       </c>
       <c r="E104" t="s">
@@ -7908,51 +7908,51 @@
       <c r="L109"/>
       <c r="M109" t="s">
         <v>625</v>
       </c>
       <c r="N109" t="s">
         <v>26</v>
       </c>
       <c r="O109" t="s">
         <v>626</v>
       </c>
       <c r="P109" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
         <v>628</v>
       </c>
       <c r="B110" t="s">
         <v>629</v>
       </c>
       <c r="C110" t="s">
         <v>624</v>
       </c>
       <c r="D110" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>33</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2011</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>66</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
         <v>625</v>
       </c>
       <c r="N110" t="s">
@@ -7970,51 +7970,51 @@
         <v>632</v>
       </c>
       <c r="B111" t="s">
         <v>632</v>
       </c>
       <c r="C111" t="s">
         <v>633</v>
       </c>
       <c r="D111" t="s">
         <v>310</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>113</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2012</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
         <v>634</v>
       </c>
       <c r="M111" t="s">
         <v>635</v>
       </c>
       <c r="N111" t="s">
         <v>26</v>
       </c>
       <c r="O111" t="s">
         <v>636</v>
       </c>
       <c r="P111" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
         <v>638</v>
       </c>
       <c r="B112" t="s">
@@ -8064,51 +8064,51 @@
         <v>643</v>
       </c>
       <c r="B113" t="s">
         <v>644</v>
       </c>
       <c r="C113" t="s">
         <v>535</v>
       </c>
       <c r="D113" t="s">
         <v>73</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>33</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2012</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
         <v>645</v>
       </c>
       <c r="M113" t="s">
         <v>538</v>
       </c>
       <c r="N113" t="s">
         <v>26</v>
       </c>
       <c r="O113" t="s">
         <v>646</v>
       </c>
       <c r="P113" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
         <v>648</v>
       </c>
       <c r="B114" t="s">
@@ -8168,51 +8168,51 @@
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2017</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
         <v>208</v>
       </c>
       <c r="K115" t="s">
         <v>286</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
         <v>652</v>
       </c>
       <c r="N115" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="O115" t="s">
         <v>658</v>
       </c>
       <c r="P115" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
         <v>660</v>
       </c>
       <c r="B116" t="s">
         <v>661</v>
       </c>
       <c r="C116" t="s">
         <v>187</v>
       </c>
       <c r="D116" t="s">
         <v>81</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
@@ -8440,179 +8440,179 @@
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>113</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2016</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
         <v>689</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
         <v>690</v>
       </c>
       <c r="N121" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="O121" t="s">
         <v>691</v>
       </c>
       <c r="P121" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
         <v>693</v>
       </c>
       <c r="B122" t="s">
         <v>694</v>
       </c>
       <c r="C122" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D122" t="s">
         <v>695</v>
       </c>
       <c r="E122" t="s">
         <v>47</v>
       </c>
       <c r="F122" t="s">
         <v>33</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2013</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
         <v>696</v>
       </c>
       <c r="N122" t="s">
         <v>26</v>
       </c>
       <c r="O122" t="s">
         <v>697</v>
       </c>
       <c r="P122" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
         <v>699</v>
       </c>
       <c r="B123" t="s">
         <v>700</v>
       </c>
       <c r="C123" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D123" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E123" t="s">
         <v>47</v>
       </c>
       <c r="F123" t="s">
         <v>33</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2014</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
         <v>696</v>
       </c>
       <c r="N123" t="s">
         <v>26</v>
       </c>
       <c r="O123" t="s">
         <v>701</v>
       </c>
       <c r="P123" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
         <v>703</v>
       </c>
       <c r="B124" t="s">
         <v>704</v>
       </c>
       <c r="C124" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D124" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>33</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2017</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
         <v>696</v>
       </c>
       <c r="N124" t="s">
         <v>26</v>
       </c>
       <c r="O124" t="s">
         <v>705</v>
       </c>
       <c r="P124" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
         <v>707</v>
       </c>
       <c r="B125" t="s">
         <v>708</v>
       </c>
@@ -8834,51 +8834,51 @@
       </c>
       <c r="M129" t="s">
         <v>725</v>
       </c>
       <c r="N129" t="s">
         <v>26</v>
       </c>
       <c r="O129" t="s">
         <v>731</v>
       </c>
       <c r="P129" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
         <v>733</v>
       </c>
       <c r="B130" t="s">
         <v>734</v>
       </c>
       <c r="C130" t="s">
         <v>723</v>
       </c>
       <c r="D130" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>33</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2007</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
         <v>23</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
         <v>730</v>
       </c>
       <c r="M130" t="s">
         <v>725</v>