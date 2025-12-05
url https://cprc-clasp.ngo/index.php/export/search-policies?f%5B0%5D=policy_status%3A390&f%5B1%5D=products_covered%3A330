--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,1896 +12,1319 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="589">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="400">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
+  </si>
+  <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
+    <t>BDS 1849:2012</t>
+  </si>
+  <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>December 2024</t>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
+    <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
+  </si>
+  <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>AS/NZS 3823.1.1-1.4: 2012</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce, Industries, Labour and Immigration</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
+  </si>
+  <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
+    <t>Department Circular No. DC 2020-06-0016</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
+  </si>
+  <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
+    <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
+  </si>
+  <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
+    <t>WAEMU/UEMOA</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>May 2020</t>
+  </si>
+  <si>
+    <t>WAEMU Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
+  </si>
+  <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
+    <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
+    <t>ECOWAS</t>
+  </si>
+  <si>
+    <t>ECOWAS Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
+  </si>
+  <si>
+    <t>Energy Conservation Label - Refrigerators</t>
+  </si>
+  <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>CNS 2062-95 CNS 9577-89</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
+    <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
+  </si>
+  <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Vanuatu</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
+  </si>
+  <si>
+    <t>Vanuatu Department of Energy, Mines and Minerals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
+  </si>
+  <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
+    <t>Energy Labeling Scheme</t>
+  </si>
+  <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
+    <t>Tajikistan</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
-    <t>10 CFR 430 Subpart B</t>
-[...83 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>Ministry of Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
+  </si>
+  <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
+    <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
+  </si>
+  <si>
+    <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
+  </si>
+  <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
-    <t>NT 81.70 NT 81.71</t>
-[...526 lines deleted...]
-  <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
-    <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
-[...62 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
-    <t>Greenmark N28 - Refrigerators</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
-    <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
-[...65 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
   </si>
   <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
+    <t>November 2019</t>
+  </si>
+  <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
-    <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
   </si>
   <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
-    <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for the following products:
+- Refrigerators without a freezer up to 900L
+- Refrigerators with a freezer up to 300L
+- Refrigerators with a freezer &gt; 300L to 900L
+- Refrigerators with freezer and through-the-door ice dispenser</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
-    <t>MEPS for Commercial Refrigerators</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
-    <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
-    <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
   </si>
   <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>MS 201</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
-    <t>Nigerian MEPS and Energy Label Guide</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
+    <t>Ministry of Mines and Energy (MME)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
-    <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
-[...80 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
   </si>
   <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
+    <t>September 2022</t>
+  </si>
+  <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
-    <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
   </si>
   <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
-    <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
   </si>
   <si>
     <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
   </si>
   <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-035-2009-rte-inen-0092005</t>
   </si>
   <si>
-    <t>RTE INEN 035|2009</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009</t>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
   </si>
   <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
-    <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
-[...38 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
   </si>
   <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
   </si>
   <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
+  </si>
+  <si>
     <t>SLS 1690 Minimum Energy Performance for Household Refrigerators</t>
   </si>
   <si>
+    <t>The following computers can be licensed.</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
+    <t>February 2021</t>
+  </si>
+  <si>
     <t>IEC 62552, MS 2595:2014, IS 1476 (Part 1): 2000</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1690-minimum-energy-performance-household-refrigerators</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=search_standards&amp;Itemid=436&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
-    <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
-    <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
-[...15 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
-    <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
-    <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
-    <t>VC 9008</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2165,5843 +1588,2796 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N135"/>
+  <dimension ref="A1:P57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>42</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" t="s">
+        <v>98</v>
+      </c>
+      <c r="F12" t="s">
+        <v>99</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1995</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>100</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
+        <v>102</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>107</v>
+      </c>
+      <c r="D13" t="s">
+        <v>108</v>
+      </c>
+      <c r="E13" t="s">
+        <v>98</v>
+      </c>
+      <c r="F13" t="s">
+        <v>68</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>109</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>110</v>
+      </c>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>117</v>
+      </c>
+      <c r="E14" t="s">
+        <v>98</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>118</v>
+      </c>
+      <c r="K14" t="s">
+        <v>119</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" t="s">
+        <v>49</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>68</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>92</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>128</v>
+      </c>
+      <c r="D16" t="s">
+        <v>129</v>
+      </c>
+      <c r="E16" t="s">
+        <v>98</v>
+      </c>
+      <c r="F16" t="s">
+        <v>99</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>130</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>131</v>
+      </c>
+      <c r="M16" t="s">
+        <v>132</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>137</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>68</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>138</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>139</v>
+      </c>
+      <c r="M17" t="s">
+        <v>140</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>141</v>
+      </c>
+      <c r="P17" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>68</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18">
+        <v>2024</v>
+      </c>
+      <c r="J18" t="s">
+        <v>145</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>146</v>
+      </c>
+      <c r="M18" t="s">
+        <v>78</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>147</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>149</v>
+      </c>
+      <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>151</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>32</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>152</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>153</v>
+      </c>
+      <c r="M19" t="s">
+        <v>154</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" t="s">
+        <v>159</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>32</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>160</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>161</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>162</v>
+      </c>
+      <c r="P20" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>164</v>
+      </c>
+      <c r="B21" t="s">
+        <v>165</v>
+      </c>
+      <c r="C21" t="s">
+        <v>159</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>68</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>166</v>
+      </c>
+      <c r="M21" t="s">
+        <v>161</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>167</v>
+      </c>
+      <c r="P21" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" t="s">
+        <v>170</v>
+      </c>
+      <c r="C22" t="s">
+        <v>171</v>
+      </c>
+      <c r="D22" t="s">
+        <v>97</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>172</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>138</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>173</v>
+      </c>
+      <c r="M22" t="s">
+        <v>174</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>175</v>
+      </c>
+      <c r="P22" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>177</v>
+      </c>
+      <c r="B23" t="s">
+        <v>178</v>
+      </c>
+      <c r="C23" t="s">
+        <v>179</v>
+      </c>
+      <c r="D23" t="s">
+        <v>97</v>
+      </c>
+      <c r="E23" t="s">
+        <v>98</v>
+      </c>
+      <c r="F23" t="s">
+        <v>68</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>130</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>180</v>
+      </c>
+      <c r="M23" t="s">
+        <v>181</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>182</v>
+      </c>
+      <c r="P23" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>184</v>
+      </c>
+      <c r="B24" t="s">
+        <v>185</v>
+      </c>
+      <c r="C24" t="s">
+        <v>186</v>
+      </c>
+      <c r="D24" t="s">
+        <v>97</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>68</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>187</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>188</v>
+      </c>
+      <c r="P24" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>190</v>
+      </c>
+      <c r="B25" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="C25" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D25" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>32</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>191</v>
+      </c>
+      <c r="P25" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>193</v>
+      </c>
+      <c r="B26" t="s">
+        <v>194</v>
+      </c>
+      <c r="C26" t="s">
+        <v>195</v>
+      </c>
+      <c r="D26" t="s">
+        <v>97</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>68</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2021</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>130</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>196</v>
+      </c>
+      <c r="M26" t="s">
+        <v>197</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>198</v>
+      </c>
+      <c r="P26" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>200</v>
+      </c>
+      <c r="B27" t="s">
+        <v>201</v>
+      </c>
+      <c r="C27" t="s">
+        <v>202</v>
+      </c>
+      <c r="D27" t="s">
+        <v>97</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>68</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2024</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>145</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>203</v>
+      </c>
+      <c r="M27" t="s">
+        <v>204</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>205</v>
+      </c>
+      <c r="P27" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" t="s">
+        <v>208</v>
+      </c>
+      <c r="C28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" t="s">
+        <v>117</v>
+      </c>
+      <c r="E28" t="s">
+        <v>98</v>
+      </c>
+      <c r="F28" t="s">
+        <v>32</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>118</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>120</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>209</v>
+      </c>
+      <c r="P28" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>210</v>
+      </c>
+      <c r="B29" t="s">
+        <v>211</v>
+      </c>
+      <c r="C29" t="s">
+        <v>195</v>
+      </c>
+      <c r="D29" t="s">
+        <v>212</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>68</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>130</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>213</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>214</v>
+      </c>
+      <c r="P29" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>216</v>
+      </c>
+      <c r="B30" t="s">
+        <v>217</v>
+      </c>
+      <c r="C30" t="s">
+        <v>218</v>
+      </c>
+      <c r="D30" t="s">
+        <v>97</v>
+      </c>
+      <c r="E30" t="s">
+        <v>98</v>
+      </c>
+      <c r="F30" t="s">
+        <v>219</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>220</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>221</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>222</v>
+      </c>
+      <c r="P30" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>224</v>
+      </c>
+      <c r="B31" t="s">
+        <v>225</v>
+      </c>
+      <c r="C31" t="s">
+        <v>226</v>
+      </c>
+      <c r="D31" t="s">
+        <v>227</v>
+      </c>
+      <c r="E31" t="s">
+        <v>98</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>100</v>
+      </c>
+      <c r="K31" t="s">
+        <v>119</v>
+      </c>
+      <c r="L31" t="s">
+        <v>228</v>
+      </c>
+      <c r="M31" t="s">
+        <v>229</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>230</v>
+      </c>
+      <c r="P31" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>232</v>
+      </c>
+      <c r="B32" t="s">
+        <v>233</v>
+      </c>
+      <c r="C32" t="s">
+        <v>234</v>
+      </c>
+      <c r="D32" t="s">
+        <v>49</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>32</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>42</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>235</v>
+      </c>
+      <c r="M32" t="s">
+        <v>236</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>237</v>
+      </c>
+      <c r="P32" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>239</v>
+      </c>
+      <c r="B33" t="s">
+        <v>240</v>
+      </c>
+      <c r="C33" t="s">
+        <v>202</v>
+      </c>
+      <c r="D33" t="s">
+        <v>241</v>
+      </c>
+      <c r="E33" t="s">
+        <v>242</v>
+      </c>
+      <c r="F33" t="s">
+        <v>243</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2023</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>77</v>
+      </c>
+      <c r="K33" t="s">
+        <v>244</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>204</v>
+      </c>
+      <c r="N33" t="s">
+        <v>245</v>
+      </c>
+      <c r="O33" t="s">
+        <v>246</v>
+      </c>
+      <c r="P33" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>248</v>
+      </c>
+      <c r="B34" t="s">
+        <v>249</v>
+      </c>
+      <c r="C34" t="s">
+        <v>250</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>32</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2018</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>138</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>248</v>
+      </c>
+      <c r="M34" t="s">
+        <v>251</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>252</v>
+      </c>
+      <c r="P34" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>254</v>
+      </c>
+      <c r="B35" t="s">
+        <v>255</v>
+      </c>
+      <c r="C35" t="s">
+        <v>256</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>98</v>
+      </c>
+      <c r="F35" t="s">
+        <v>99</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>257</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>258</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>259</v>
+      </c>
+      <c r="P35" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>261</v>
+      </c>
+      <c r="B36" t="s">
+        <v>262</v>
+      </c>
+      <c r="C36" t="s">
+        <v>263</v>
+      </c>
+      <c r="D36" t="s">
+        <v>264</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>32</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>42</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>265</v>
+      </c>
+      <c r="M36" t="s">
+        <v>266</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>267</v>
+      </c>
+      <c r="P36" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>269</v>
+      </c>
+      <c r="B37" t="s">
+        <v>270</v>
+      </c>
+      <c r="C37" t="s">
+        <v>263</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>32</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2010</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>152</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>271</v>
+      </c>
+      <c r="M37" t="s">
+        <v>266</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>272</v>
+      </c>
+      <c r="P37" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>274</v>
+      </c>
+      <c r="B38" t="s">
+        <v>275</v>
+      </c>
+      <c r="C38" t="s">
+        <v>276</v>
+      </c>
+      <c r="D38" t="s">
+        <v>97</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>32</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>145</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>277</v>
+      </c>
+      <c r="M38" t="s">
+        <v>278</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>279</v>
+      </c>
+      <c r="P38" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>281</v>
+      </c>
+      <c r="B39" t="s">
+        <v>282</v>
+      </c>
+      <c r="C39" t="s">
+        <v>75</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>109</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>283</v>
+      </c>
+      <c r="M39" t="s">
+        <v>78</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>284</v>
+      </c>
+      <c r="P39" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>286</v>
+      </c>
+      <c r="B40" t="s">
+        <v>287</v>
+      </c>
+      <c r="C40" t="s">
+        <v>288</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2007</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>289</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>290</v>
+      </c>
+      <c r="M40" t="s">
+        <v>291</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>292</v>
+      </c>
+      <c r="P40" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>294</v>
+      </c>
+      <c r="B41" t="s">
+        <v>295</v>
+      </c>
+      <c r="C41" t="s">
+        <v>288</v>
+      </c>
+      <c r="D41" t="s">
+        <v>97</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>32</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>289</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>296</v>
+      </c>
+      <c r="M41" t="s">
+        <v>291</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>297</v>
+      </c>
+      <c r="P41" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>299</v>
+      </c>
+      <c r="B42" t="s">
+        <v>300</v>
+      </c>
+      <c r="C42" t="s">
+        <v>301</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>68</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2019</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>302</v>
+      </c>
+      <c r="M42" t="s">
+        <v>303</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>304</v>
+      </c>
+      <c r="P42" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>306</v>
+      </c>
+      <c r="B43" t="s">
+        <v>307</v>
+      </c>
+      <c r="C43" t="s">
+        <v>308</v>
+      </c>
+      <c r="D43" t="s">
+        <v>309</v>
+      </c>
+      <c r="E43" t="s">
+        <v>98</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2014</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>257</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>310</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>311</v>
+      </c>
+      <c r="P43" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>313</v>
+      </c>
+      <c r="B44" t="s">
+        <v>314</v>
+      </c>
+      <c r="C44" t="s">
+        <v>315</v>
+      </c>
+      <c r="D44" t="s">
+        <v>97</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>68</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>316</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>317</v>
+      </c>
+      <c r="P44" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>319</v>
+      </c>
+      <c r="B45" t="s">
+        <v>150</v>
+      </c>
+      <c r="C45" t="s">
+        <v>315</v>
+      </c>
+      <c r="D45" t="s">
+        <v>19</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>32</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2015</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>316</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>320</v>
+      </c>
+      <c r="P45" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>322</v>
+      </c>
+      <c r="B46" t="s">
+        <v>323</v>
+      </c>
+      <c r="C46" t="s">
+        <v>324</v>
+      </c>
+      <c r="D46" t="s">
+        <v>19</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>68</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2019</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>325</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>326</v>
+      </c>
+      <c r="P46" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>328</v>
+      </c>
+      <c r="B47" t="s">
+        <v>329</v>
+      </c>
+      <c r="C47" t="s">
+        <v>330</v>
+      </c>
+      <c r="D47" t="s">
+        <v>331</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2018</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>42</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>332</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>333</v>
+      </c>
+      <c r="P47" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>335</v>
+      </c>
+      <c r="B48" t="s">
+        <v>336</v>
+      </c>
+      <c r="C48" t="s">
+        <v>337</v>
+      </c>
+      <c r="D48" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>32</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>152</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>338</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>339</v>
+      </c>
+      <c r="P48" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>341</v>
+      </c>
+      <c r="B49" t="s">
+        <v>342</v>
+      </c>
+      <c r="C49" t="s">
+        <v>343</v>
+      </c>
+      <c r="D49" t="s">
+        <v>97</v>
+      </c>
+      <c r="E49" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F49" t="s">
+        <v>68</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2020</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>344</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>345</v>
+      </c>
+      <c r="M49" t="s">
+        <v>346</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>347</v>
+      </c>
+      <c r="P49" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>349</v>
+      </c>
+      <c r="B50" t="s">
+        <v>350</v>
+      </c>
+      <c r="C50" t="s">
+        <v>250</v>
+      </c>
+      <c r="D50" t="s">
+        <v>19</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>68</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>289</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>351</v>
+      </c>
+      <c r="M50" t="s">
+        <v>251</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>352</v>
+      </c>
+      <c r="P50" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>354</v>
+      </c>
+      <c r="B51" t="s">
+        <v>355</v>
+      </c>
+      <c r="C51" t="s">
+        <v>356</v>
+      </c>
+      <c r="D51" t="s">
+        <v>357</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2017</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>130</v>
+      </c>
+      <c r="K51" t="s">
+        <v>119</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>358</v>
+      </c>
+      <c r="N51" t="s">
+        <v>245</v>
+      </c>
+      <c r="O51" t="s">
+        <v>359</v>
+      </c>
+      <c r="P51" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>361</v>
+      </c>
+      <c r="B52" t="s">
+        <v>362</v>
+      </c>
+      <c r="C52" t="s">
+        <v>48</v>
+      </c>
+      <c r="D52" t="s">
+        <v>49</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>32</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2021</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>50</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52"/>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>363</v>
+      </c>
+      <c r="P52" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>365</v>
+      </c>
+      <c r="B53" t="s">
+        <v>366</v>
+      </c>
+      <c r="C53" t="s">
+        <v>367</v>
+      </c>
+      <c r="D53" t="s">
+        <v>368</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>68</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2016</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>369</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>370</v>
+      </c>
+      <c r="N53" t="s">
+        <v>245</v>
+      </c>
+      <c r="O53" t="s">
+        <v>371</v>
+      </c>
+      <c r="P53" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>373</v>
+      </c>
+      <c r="B54" t="s">
+        <v>374</v>
+      </c>
+      <c r="C54" t="s">
+        <v>218</v>
+      </c>
+      <c r="D54" t="s">
+        <v>97</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>32</v>
+      </c>
+      <c r="G54" t="s">
+        <v>172</v>
+      </c>
+      <c r="H54">
+        <v>2004</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>375</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>376</v>
+      </c>
+      <c r="M54" t="s">
+        <v>377</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>378</v>
+      </c>
+      <c r="P54" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>380</v>
+      </c>
+      <c r="B55" t="s">
+        <v>381</v>
+      </c>
+      <c r="C55" t="s">
+        <v>382</v>
+      </c>
+      <c r="D55" t="s">
+        <v>67</v>
+      </c>
+      <c r="E55" t="s">
+        <v>98</v>
+      </c>
+      <c r="F55" t="s">
+        <v>68</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2016</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>109</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>69</v>
+      </c>
+      <c r="M55" t="s">
+        <v>383</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>384</v>
+      </c>
+      <c r="P55" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>386</v>
+      </c>
+      <c r="B56" t="s">
+        <v>387</v>
+      </c>
+      <c r="C56" t="s">
+        <v>388</v>
+      </c>
+      <c r="D56" t="s">
+        <v>19</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>32</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2011</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...22 lines deleted...]
-      <c r="F3" t="s">
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>389</v>
+      </c>
+      <c r="M56" t="s">
+        <v>390</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>391</v>
+      </c>
+      <c r="P56" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>393</v>
+      </c>
+      <c r="B57" t="s">
+        <v>394</v>
+      </c>
+      <c r="C57" t="s">
+        <v>395</v>
+      </c>
+      <c r="D57" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...69 lines deleted...]
-      <c r="A5" t="s">
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>68</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2011</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...1771 lines deleted...]
-      <c r="L46" t="s">
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>396</v>
+      </c>
+      <c r="M57" t="s">
+        <v>397</v>
+      </c>
+      <c r="N57" t="s">
         <v>245</v>
       </c>
-      <c r="M46" t="s">
-[...1657 lines deleted...]
-      <c r="A86" t="s">
+      <c r="O57" t="s">
         <v>398</v>
       </c>
-      <c r="B86" t="s">
+      <c r="P57" t="s">
         <v>399</v>
       </c>
-      <c r="C86" t="s">
-[...2114 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>