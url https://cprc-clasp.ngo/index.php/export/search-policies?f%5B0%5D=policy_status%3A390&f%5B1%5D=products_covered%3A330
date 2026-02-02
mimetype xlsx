--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="400">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="402">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -611,50 +611,53 @@
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
   </si>
   <si>
     <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
 MEPS requirement (kWh/year): 0.576 x Vadj + 420
 Where Vadj = adjusted volume (in liters)</t>
   </si>
@@ -1168,50 +1171,53 @@
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2025</t>
   </si>
   <si>
     <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
   </si>
   <si>
     <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
     <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
   </si>
   <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
@@ -1219,51 +1225,51 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
     <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
     <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
     <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
@@ -1602,60 +1608,60 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2814,1534 +2820,1534 @@
       </c>
       <c r="P25" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>193</v>
       </c>
       <c r="B26" t="s">
         <v>194</v>
       </c>
       <c r="C26" t="s">
         <v>195</v>
       </c>
       <c r="D26" t="s">
         <v>97</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>68</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>196</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>130</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="M26" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P26" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B27" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C27" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D27" t="s">
         <v>97</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>68</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2024</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>145</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M27" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P27" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B28" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C28" t="s">
         <v>116</v>
       </c>
       <c r="D28" t="s">
         <v>117</v>
       </c>
       <c r="E28" t="s">
         <v>98</v>
       </c>
       <c r="F28" t="s">
         <v>32</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2013</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>118</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>120</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P28" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B29" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C29" t="s">
         <v>195</v>
       </c>
       <c r="D29" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>68</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2021</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>130</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D30" t="s">
         <v>97</v>
       </c>
       <c r="E30" t="s">
         <v>98</v>
       </c>
       <c r="F30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2009</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P30" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C31" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D31" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E31" t="s">
         <v>98</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>100</v>
       </c>
       <c r="K31" t="s">
         <v>119</v>
       </c>
       <c r="L31" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M31" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P31" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B32" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C32" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D32" t="s">
         <v>49</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>32</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>42</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M32" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P32" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B33" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C33" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D33" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E33" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F33" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2023</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>77</v>
       </c>
       <c r="K33" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N33" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="O33" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P33" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B34" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C34" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D34" t="s">
         <v>19</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>32</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2018</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>138</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M34" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P34" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B35" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C35" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D35" t="s">
         <v>19</v>
       </c>
       <c r="E35" t="s">
         <v>98</v>
       </c>
       <c r="F35" t="s">
         <v>99</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2014</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="P35" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B36" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C36" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D36" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>32</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>42</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="M36" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P36" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B37" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C37" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D37" t="s">
         <v>19</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>32</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>152</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="M37" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P37" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B38" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C38" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D38" t="s">
         <v>97</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>32</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2022</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>145</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M38" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P38" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B39" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C39" t="s">
         <v>75</v>
       </c>
       <c r="D39" t="s">
         <v>19</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2013</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>109</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M39" t="s">
         <v>78</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P39" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B40" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C40" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D40" t="s">
         <v>19</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2007</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M40" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P40" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B41" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C41" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D41" t="s">
         <v>97</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>32</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="M41" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P41" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B42" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C42" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D42" t="s">
         <v>19</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>68</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2019</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="M42" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="P42" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B43" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C43" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D43" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E43" t="s">
         <v>98</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2014</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="P43" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B44" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C44" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D44" t="s">
         <v>97</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>68</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P44" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B45" t="s">
         <v>150</v>
       </c>
       <c r="C45" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D45" t="s">
         <v>19</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>32</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="P45" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B46" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C46" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D46" t="s">
         <v>19</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>68</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2019</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P46" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B47" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C47" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D47" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2018</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>42</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P47" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B48" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C48" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D48" t="s">
         <v>19</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>32</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2016</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>152</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="P48" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B49" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C49" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D49" t="s">
         <v>97</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>68</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2020</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="M49" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P49" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B50" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C50" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D50" t="s">
         <v>19</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>68</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="M50" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="P50" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B51" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C51" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D51" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2017</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>130</v>
       </c>
       <c r="K51" t="s">
         <v>119</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="N51" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="O51" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P51" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B52" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C52" t="s">
         <v>48</v>
       </c>
       <c r="D52" t="s">
         <v>49</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>32</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>50</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="P52" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B53" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C53" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D53" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>68</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2016</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N53" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="O53" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="P53" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B54" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C54" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D54" t="s">
         <v>97</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>32</v>
       </c>
       <c r="G54" t="s">
-        <v>172</v>
+        <v>376</v>
       </c>
       <c r="H54">
         <v>2004</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="M54" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="P54" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B55" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C55" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D55" t="s">
         <v>67</v>
       </c>
       <c r="E55" t="s">
         <v>98</v>
       </c>
       <c r="F55" t="s">
         <v>68</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2016</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>109</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
         <v>69</v>
       </c>
       <c r="M55" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="P55" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B56" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C56" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D56" t="s">
         <v>19</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>32</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2011</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="M56" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="P56" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B57" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C57" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D57" t="s">
         <v>19</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>68</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2011</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>42</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="M57" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="N57" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="O57" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="P57" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">