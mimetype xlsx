--- v0 (2025-12-04)
+++ v1 (2026-02-03)
@@ -369,67 +369,67 @@
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
   </si>