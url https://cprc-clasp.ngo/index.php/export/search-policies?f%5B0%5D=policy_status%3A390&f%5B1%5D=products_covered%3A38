--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,200 +12,177 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
-[...2 lines deleted...]
-    <t>Germany</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Cordless/Corded Phones</t>
+  </si>
+  <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
   </si>
   <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>January 2020</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Umweltbundesamt -Federal Environment Agency</t>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-telephony-version-30</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -469,277 +446,206 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="69" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="113" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="336.061" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2">
-[...4 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O2" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...3 lines deleted...]
-      <c r="I3" t="s">
+      <c r="P2" t="s">
         <v>28</v>
-      </c>
-[...55 lines deleted...]
-        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>