--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,778 +12,695 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
-[...5 lines deleted...]
-    <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>CEL - High Pressure Sodium Lamps</t>
+  </si>
+  <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-high-pressure-sodium-lamps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
+    <t>CEL- LED products for indoor lighting: LED downlights</t>
+  </si>
+  <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB/T 29293; GB/T 29294</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
+    <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
+  </si>
+  <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
+  </si>
+  <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3128-2013 GB 17625.1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
+  </si>
+  <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
+    <t>CQC3155-2016; GB/T 18595-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
+  </si>
+  <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
+    <t>GB 30255-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3127-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>GB 37478-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
+    <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
+  </si>
+  <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...166 lines deleted...]
-  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
-    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
-[...14 lines deleted...]
-    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
+  </si>
+  <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...97 lines deleted...]
-  <si>
     <t>November 2020</t>
   </si>
   <si>
-    <t>Institute of Technical Standards of Costa Rica</t>
-[...61 lines deleted...]
-  <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
   </si>
   <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
+  </si>
+  <si>
     <t>Mexico</t>
+  </si>
+  <si>
+    <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
-[...26 lines deleted...]
-    <t>IES LM-79, 31</t>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4177</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
+    <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4139</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
-    <t>Singapore Green Labelling Scheme: LEDs</t>
-[...13 lines deleted...]
-  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1047,2135 +964,1490 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N48"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="262.936" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...23 lines deleted...]
-      <c r="J3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...35 lines deleted...]
-      <c r="I4" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>38</v>
       </c>
-      <c r="J4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
         <v>39</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>40</v>
       </c>
-      <c r="M4" t="s">
-[...2 lines deleted...]
-      <c r="N4" t="s">
+      <c r="P4" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>37</v>
       </c>
-      <c r="G5">
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>37</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8" t="s">
+        <v>46</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" t="s">
+        <v>46</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>46</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>77</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>84</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>85</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>84</v>
+      </c>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>85</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>87</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>84</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>98</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
+        <v>87</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D15" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" t="s">
+        <v>44</v>
+      </c>
+      <c r="F15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>98</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>87</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" t="s">
+        <v>97</v>
+      </c>
+      <c r="E16" t="s">
+        <v>44</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>98</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>104</v>
+      </c>
+      <c r="M16" t="s">
+        <v>87</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>77</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2020</v>
       </c>
-      <c r="H5"/>
-[...3 lines deleted...]
-      <c r="J5" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>32</v>
+      </c>
+      <c r="M17" t="s">
+        <v>112</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>37</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>77</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>32</v>
+      </c>
+      <c r="M18" t="s">
+        <v>112</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
+        <v>84</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" t="s">
+        <v>45</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>85</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>121</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>122</v>
+      </c>
+      <c r="P19" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>126</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...8 lines deleted...]
-      <c r="N5" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>127</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>128</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>129</v>
+      </c>
+      <c r="P20" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>131</v>
+      </c>
+      <c r="B21" t="s">
+        <v>132</v>
+      </c>
+      <c r="C21" t="s">
+        <v>133</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>77</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>134</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>135</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>136</v>
+      </c>
+      <c r="P21" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" t="s">
+        <v>140</v>
+      </c>
+      <c r="D22" t="s">
+        <v>141</v>
+      </c>
+      <c r="E22" t="s">
         <v>44</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" t="s">
+      <c r="F22" t="s">
+        <v>142</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>143</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" t="s">
+        <v>145</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>150</v>
+      </c>
+      <c r="D23" t="s">
+        <v>97</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>142</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2024</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>151</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>152</v>
+      </c>
+      <c r="M23" t="s">
+        <v>153</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>154</v>
+      </c>
+      <c r="P23" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>156</v>
+      </c>
+      <c r="B24" t="s">
+        <v>157</v>
+      </c>
+      <c r="C24" t="s">
+        <v>158</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>77</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>159</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>160</v>
+      </c>
+      <c r="M24" t="s">
+        <v>161</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>162</v>
+      </c>
+      <c r="P24" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>164</v>
+      </c>
+      <c r="B25" t="s">
+        <v>165</v>
+      </c>
+      <c r="C25" t="s">
+        <v>166</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" t="s">
         <v>45</v>
       </c>
-      <c r="B6" t="s">
-[...21 lines deleted...]
-      <c r="J6" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2018</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>167</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>168</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>169</v>
+      </c>
+      <c r="P25" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>171</v>
+      </c>
+      <c r="B26" t="s">
+        <v>172</v>
+      </c>
+      <c r="C26" t="s">
+        <v>173</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...73 lines deleted...]
-      <c r="G8">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2014</v>
       </c>
-      <c r="H8"/>
-[...80 lines deleted...]
-      <c r="G10">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>174</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>175</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>176</v>
+      </c>
+      <c r="P26" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>178</v>
+      </c>
+      <c r="B27" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" t="s">
+        <v>158</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" t="s">
+        <v>45</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>174</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>180</v>
+      </c>
+      <c r="M27" t="s">
+        <v>181</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>182</v>
+      </c>
+      <c r="P27"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>183</v>
+      </c>
+      <c r="B28" t="s">
+        <v>184</v>
+      </c>
+      <c r="C28" t="s">
+        <v>158</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>77</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>167</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>185</v>
+      </c>
+      <c r="M28" t="s">
+        <v>161</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>186</v>
+      </c>
+      <c r="P28" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>188</v>
+      </c>
+      <c r="B29" t="s">
+        <v>189</v>
+      </c>
+      <c r="C29" t="s">
+        <v>76</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>77</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2019</v>
       </c>
-      <c r="H10"/>
-[...196 lines deleted...]
-      <c r="C15" t="s">
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>190</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
         <v>79</v>
       </c>
-      <c r="D15" t="s">
-[...624 lines deleted...]
-      </c>
       <c r="N29" t="s">
-        <v>136</v>
-[...504 lines deleted...]
-      <c r="B42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
         <v>191</v>
       </c>
-      <c r="C42" t="s">
-[...15 lines deleted...]
-      <c r="I42" t="s">
+      <c r="P29" t="s">
         <v>192</v>
       </c>
-      <c r="J42" t="s">
-[...265 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>