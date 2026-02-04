--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -356,50 +356,53 @@
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
     <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
     <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
     <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
     <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
@@ -470,51 +473,51 @@
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-678/</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
@@ -978,51 +981,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="262.936" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1780,638 +1783,638 @@
       </c>
       <c r="P16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>111</v>
       </c>
       <c r="B17" t="s">
         <v>31</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>77</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="H17">
         <v>2020</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>32</v>
       </c>
       <c r="M17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>37</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>77</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>32</v>
       </c>
       <c r="M18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
         <v>84</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>44</v>
       </c>
       <c r="F19" t="s">
         <v>45</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>85</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P19" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B20" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C20" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2016</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B21" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C21" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>77</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2022</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B22" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C22" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E22" t="s">
         <v>44</v>
       </c>
       <c r="F22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2014</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B23" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D23" t="s">
         <v>97</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2024</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>77</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
         <v>44</v>
       </c>
       <c r="F25" t="s">
         <v>45</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2018</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B26" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D26" t="s">
         <v>19</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2014</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C27" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D27" t="s">
         <v>19</v>
       </c>
       <c r="E27" t="s">
         <v>44</v>
       </c>
       <c r="F27" t="s">
         <v>45</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B28" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C28" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D28" t="s">
         <v>19</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>77</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M28" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B29" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C29" t="s">
         <v>76</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>77</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2019</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>79</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P29" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">