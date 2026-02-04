--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,420 +12,285 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
-    <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Set-Top Boxes</t>
+  </si>
+  <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
+    <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
-    <t>Voluntary</t>
-[...116 lines deleted...]
-  <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
-[...77 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -689,831 +554,436 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="406.901" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="159.104" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...11 lines deleted...]
-      <c r="M3" t="s">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>30</v>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...9 lines deleted...]
-      <c r="D4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>33</v>
       </c>
-      <c r="E4" t="s">
-[...23 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...33 lines deleted...]
-      <c r="L5" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>43</v>
       </c>
-      <c r="M5" t="s">
-[...89 lines deleted...]
-      </c>
       <c r="N7" t="s">
-        <v>55</v>
-[...86 lines deleted...]
-      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
         <v>63</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" t="s">
+      <c r="P7" t="s">
         <v>64</v>
-      </c>
-[...333 lines deleted...]
-        <v>108</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>