--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,766 +12,563 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>BDS 563:1965 Electrical performance of power transformers</t>
+  </si>
+  <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...11 lines deleted...]
-    <t>U.S. Department of Energy</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
-[...22 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
-    <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
-    <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
   </si>
   <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
-    <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
   </si>
   <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
-    <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
-[...23 lines deleted...]
-    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
+    <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Battery Chargers</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
+  </si>
+  <si>
+    <t>MEPS for Adapter - Charger</t>
+  </si>
+  <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>MEPS for Adapter Charger</t>
+  </si>
+  <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
+  </si>
+  <si>
+    <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
+  </si>
+  <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>NMX-I-281-NYCE-2012</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
+  </si>
+  <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
+    <t>Schedule 17 - Solid state inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
+    <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...226 lines deleted...]
-  <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
-    <t>Schedule 18 - Diesel Generator Sets</t>
-[...47 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
   </si>
   <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1035,1937 +832,1058 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="719.539" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>51</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>45</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>45</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>45</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>90</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>50</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>90</v>
+      </c>
+      <c r="K12" t="s">
+        <v>96</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>97</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>89</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2012</v>
       </c>
-      <c r="H3"/>
-[...10 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...41 lines deleted...]
-      <c r="N4" t="s">
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>101</v>
+      </c>
+      <c r="D14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>102</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>103</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>82</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>112</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>113</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>115</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>120</v>
+      </c>
+      <c r="D16" t="s">
+        <v>50</v>
+      </c>
+      <c r="E16" t="s">
         <v>42</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="F16" t="s">
+        <v>121</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>65</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>123</v>
+      </c>
+      <c r="N16" t="s">
+        <v>97</v>
+      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>128</v>
+      </c>
+      <c r="D17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>130</v>
+      </c>
+      <c r="K17" t="s">
+        <v>51</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>131</v>
+      </c>
+      <c r="N17" t="s">
+        <v>132</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
-[...28 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>138</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...4 lines deleted...]
-      <c r="A6" t="s">
+      <c r="L18" t="s">
+        <v>139</v>
+      </c>
+      <c r="M18" t="s">
+        <v>140</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>143</v>
+      </c>
+      <c r="B19" t="s">
+        <v>144</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
         <v>43</v>
       </c>
-      <c r="B6" t="s">
-[...30 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>138</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...80 lines deleted...]
-      <c r="M8" t="s">
+      <c r="L19" t="s">
+        <v>145</v>
+      </c>
+      <c r="M19" t="s">
+        <v>140</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>148</v>
+      </c>
+      <c r="B20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C20" t="s">
+        <v>137</v>
+      </c>
+      <c r="D20" t="s">
+        <v>150</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>151</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...511 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>152</v>
       </c>
       <c r="N20" t="s">
-        <v>113</v>
-[...349 lines deleted...]
-      <c r="A29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
         <v>153</v>
       </c>
-      <c r="B29" t="s">
-[...21 lines deleted...]
-      <c r="J29" t="s">
+      <c r="P20" t="s">
         <v>154</v>
       </c>
-      <c r="K29"/>
-[...600 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>