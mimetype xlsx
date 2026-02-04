--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,230 +12,198 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Battery Chargers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...11 lines deleted...]
-    <t>U.S. Department of Energy</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
-[...46 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -499,317 +467,252 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="115" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...38 lines deleted...]
-      <c r="A4" t="s">
+      <c r="O3" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
+      <c r="P3" t="s">
         <v>35</v>
-      </c>
-[...70 lines deleted...]
-        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>