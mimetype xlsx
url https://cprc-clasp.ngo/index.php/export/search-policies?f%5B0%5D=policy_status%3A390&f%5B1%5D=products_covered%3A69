--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,739 +12,539 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
+  </si>
+  <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 38383-2019</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
+    <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Kitchen, Dishwashers</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>December 2024</t>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>IEC60436:2004, A1:2009, A2:2012</t>
+  </si>
+  <si>
+    <t>Egyptian Organisation for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
+    <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
+  </si>
+  <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>GB/T 20290-2016; QB/T 1520-2013</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
+    <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
+  </si>
+  <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>labeling for dishwashers</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>AS/NZS 2007.2:2005</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
-    <t>10 CFR 430 Subpart B</t>
-[...238 lines deleted...]
-    <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
-[...2 lines deleted...]
-    <t>MS 201</t>
+    <t>MS 205</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
-[...112 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
   </si>
   <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
-    <t>VC 9008</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1008,1725 +808,916 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1987</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1987</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" t="s">
+        <v>82</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>112</v>
+      </c>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>118</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>68</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>119</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>125</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>132</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>133</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>138</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>139</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>140</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>141</v>
+      </c>
+      <c r="N17" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...934 lines deleted...]
-      <c r="A25" t="s">
+      <c r="O17" t="s">
         <v>142</v>
       </c>
-      <c r="B25" t="s">
-[...24 lines deleted...]
-      <c r="K25" t="s">
+      <c r="P17" t="s">
         <v>143</v>
-      </c>
-[...557 lines deleted...]
-        <v>211</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>