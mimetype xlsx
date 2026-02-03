--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -171,50 +171,53 @@
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
     <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
@@ -822,51 +825,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1046,642 +1049,642 @@
       </c>
       <c r="P4" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>51</v>
       </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>45</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H5">
         <v>2021</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>35</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>38</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>1987</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>45</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>1987</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E9" t="s">
         <v>33</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>45</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2019</v>
       </c>
       <c r="I12">
         <v>2020</v>
       </c>
       <c r="J12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2017</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D15" t="s">
         <v>32</v>
       </c>
       <c r="E15" t="s">
         <v>33</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D16" t="s">
         <v>32</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>45</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D17" t="s">
         <v>32</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2016</v>
       </c>
       <c r="I17">
         <v>2018</v>
       </c>
       <c r="J17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">