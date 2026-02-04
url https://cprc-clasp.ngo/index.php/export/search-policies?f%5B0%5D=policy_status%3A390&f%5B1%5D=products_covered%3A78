--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,507 +12,359 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-rice-cookers</t>
   </si>
   <si>
-    <t>CEL-016. Automatic Electric Rice Cooker</t>
-[...89 lines deleted...]
-    <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS 2024</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>The Standardization Administration of China (SAC)</t>
-[...80 lines deleted...]
-  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
-    <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
-[...36 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
-    <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
+    <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
+    <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
-    <t>JIS C 9213-1988</t>
-[...31 lines deleted...]
-  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -776,1035 +628,580 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="475.313" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="175.671" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...15 lines deleted...]
-      <c r="F3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...17 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>30</v>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6"/>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="G4">
-[...15 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>37</v>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...15 lines deleted...]
-      <c r="F5" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="G5">
-[...5 lines deleted...]
-      <c r="I5" t="s">
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>69</v>
+      </c>
+      <c r="F10" t="s">
         <v>42</v>
       </c>
-      <c r="J5" t="s">
-[...8 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...19 lines deleted...]
-      <c r="F6" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="G6">
-[...306 lines deleted...]
-      <c r="L13" t="s">
+      <c r="O10" t="s">
         <v>87</v>
       </c>
-      <c r="M13" t="s">
-[...2 lines deleted...]
-      <c r="N13" t="s">
+      <c r="P10" t="s">
         <v>88</v>
-      </c>
-[...374 lines deleted...]
-        <v>128</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>