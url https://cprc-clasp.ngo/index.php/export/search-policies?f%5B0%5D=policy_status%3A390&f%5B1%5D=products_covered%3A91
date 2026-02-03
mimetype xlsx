--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,452 +12,372 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
-    <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
+  </si>
+  <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>Greenmark N87 - Water dispensers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2018</t>
   </si>
   <si>
-    <t>CNS-13516</t>
-[...1 lines deleted...]
-  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
-[...38 lines deleted...]
-    <t>Mandatory</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N91 - Water fountains</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>March 2022</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
+    <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
+  </si>
+  <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>December 2019</t>
-[...130 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4137 - Water Dispensers</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
   </si>
   <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -721,1159 +641,718 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...15 lines deleted...]
-      <c r="F3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2016</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>55</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10" t="s">
+        <v>72</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>55</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>38</v>
+      </c>
+      <c r="F11" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>54</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>55</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="F12" t="s">
+        <v>39</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>55</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
+        <v>89</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>90</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...423 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>91</v>
       </c>
       <c r="N13" t="s">
-        <v>76</v>
-[...164 lines deleted...]
-      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
         <v>92</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" t="s">
+      <c r="P13" t="s">
         <v>93</v>
-      </c>
-[...323 lines deleted...]
-        <v>120</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>