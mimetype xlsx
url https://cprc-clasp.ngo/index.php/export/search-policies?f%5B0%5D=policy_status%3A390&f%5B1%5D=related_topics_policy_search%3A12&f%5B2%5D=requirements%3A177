--- v0 (2025-12-04)
+++ v1 (2026-02-04)
@@ -597,71 +597,71 @@
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for industrial boilers.</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>