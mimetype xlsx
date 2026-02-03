--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,416 +12,425 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
+  </si>
+  <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Ethiopian Standards Agency</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
+  </si>
+  <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
+    <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>July 2022</t>
+  </si>
+  <si>
+    <t>Ghana Standards Authority</t>
+  </si>
+  <si>
+    <t>Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
+  </si>
+  <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
+    <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Pumps Other</t>
-[...2 lines deleted...]
-    <t>Voluntary</t>
+    <t>Renewable Energy Systems, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>August 2022</t>
+  </si>
+  <si>
+    <t>Standardization Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
+  </si>
+  <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
+    <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Solar Inverters</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>NI IEC TS 62258-9-8</t>
+  </si>
+  <si>
+    <t>Côte d'Ivoire</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>April 2023</t>
+  </si>
+  <si>
+    <t>CODINORM</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
+  </si>
+  <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
+    <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
+  </si>
+  <si>
+    <t>Papua New Guinea</t>
+  </si>
+  <si>
+    <t>May 2023</t>
+  </si>
+  <si>
+    <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
+  </si>
+  <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
+    <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency Conservation Program (Procel)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
+  </si>
+  <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
+    <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
+    <t>Zimbabwe</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
+    <t>Standards Association of Zimbabwe (SAZ)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
+  </si>
+  <si>
+    <t>Schedule 17 - Solid state inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>JBT 11706.1-2013</t>
-[...2 lines deleted...]
-    <t>China Quality Certification Center (CQC)</t>
+    <t>IS 13314:1992</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
+    <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
+  </si>
+  <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>Biomass Stoves</t>
+  </si>
+  <si>
+    <t>Biomass</t>
+  </si>
+  <si>
+    <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
-[...235 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -685,865 +694,726 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2017</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>56</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>25</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>86</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>84</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>85</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>35</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K12" t="s">
+        <v>101</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>102</v>
+      </c>
+      <c r="N12" t="s">
+        <v>103</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>78</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L13" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...660 lines deleted...]
-      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>