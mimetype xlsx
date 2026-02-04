--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,1535 +12,2139 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="666">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
+  </si>
+  <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
-    <t>Philippines</t>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
-    <t>Department of Energy</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1804,4803 +2408,5404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N108"/>
+  <dimension ref="A1:P107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2023</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1979</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>55</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>89</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1998</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>104</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>89</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D13" t="s">
+        <v>112</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2005</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>113</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>114</v>
+      </c>
+      <c r="M13" t="s">
+        <v>115</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B14" t="s">
+        <v>119</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2005</v>
+      </c>
+      <c r="I14">
+        <v>2010</v>
+      </c>
+      <c r="J14" t="s">
+        <v>120</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>121</v>
+      </c>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D15" t="s">
+        <v>127</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>72</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>128</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>129</v>
+      </c>
+      <c r="M15" t="s">
+        <v>130</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>131</v>
+      </c>
+      <c r="P15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>111</v>
+      </c>
+      <c r="D16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>72</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2003</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>135</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>136</v>
+      </c>
+      <c r="M16" t="s">
+        <v>137</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>138</v>
+      </c>
+      <c r="P16" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>140</v>
+      </c>
+      <c r="B17" t="s">
+        <v>141</v>
+      </c>
+      <c r="C17" t="s">
+        <v>111</v>
+      </c>
+      <c r="D17" t="s">
+        <v>67</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>72</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>135</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>121</v>
+      </c>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>111</v>
+      </c>
+      <c r="D18" t="s">
+        <v>112</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>72</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>120</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>146</v>
+      </c>
+      <c r="M18" t="s">
+        <v>137</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>147</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>149</v>
+      </c>
+      <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>111</v>
+      </c>
+      <c r="D19" t="s">
+        <v>97</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>72</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>135</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>137</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>111</v>
+      </c>
+      <c r="D20" t="s">
+        <v>112</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>72</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2010</v>
+      </c>
+      <c r="J20" t="s">
+        <v>135</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>156</v>
+      </c>
+      <c r="M20" t="s">
+        <v>137</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>111</v>
+      </c>
+      <c r="D21" t="s">
+        <v>97</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>72</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>120</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>161</v>
+      </c>
+      <c r="M21" t="s">
+        <v>137</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>111</v>
+      </c>
+      <c r="D22" t="s">
+        <v>112</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>72</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>135</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>165</v>
+      </c>
+      <c r="M22" t="s">
+        <v>137</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>166</v>
+      </c>
+      <c r="P22" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>168</v>
+      </c>
+      <c r="B23" t="s">
+        <v>169</v>
+      </c>
+      <c r="C23" t="s">
+        <v>111</v>
+      </c>
+      <c r="D23" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>72</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2003</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
+        <v>135</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>170</v>
+      </c>
+      <c r="M23" t="s">
+        <v>137</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>173</v>
+      </c>
+      <c r="B24" t="s">
+        <v>174</v>
+      </c>
+      <c r="C24" t="s">
+        <v>175</v>
+      </c>
+      <c r="D24" t="s">
+        <v>176</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>177</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2023</v>
+      </c>
+      <c r="J24" t="s">
+        <v>178</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>179</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>182</v>
+      </c>
+      <c r="B25" t="s">
+        <v>183</v>
+      </c>
+      <c r="C25" t="s">
+        <v>184</v>
+      </c>
+      <c r="D25" t="s">
+        <v>67</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>72</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>44</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>185</v>
+      </c>
+      <c r="M25" t="s">
+        <v>186</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>187</v>
+      </c>
+      <c r="P25" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>189</v>
+      </c>
+      <c r="B26" t="s">
+        <v>190</v>
+      </c>
+      <c r="C26" t="s">
+        <v>191</v>
+      </c>
+      <c r="D26" t="s">
+        <v>192</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>89</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>55</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>193</v>
+      </c>
+      <c r="M26" t="s">
+        <v>194</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>195</v>
+      </c>
+      <c r="P26" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" t="s">
+        <v>198</v>
+      </c>
+      <c r="C27" t="s">
+        <v>199</v>
+      </c>
+      <c r="D27" t="s">
+        <v>67</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>72</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27">
+        <v>2015</v>
+      </c>
+      <c r="J27" t="s">
+        <v>90</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>200</v>
+      </c>
+      <c r="M27" t="s">
+        <v>201</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>202</v>
+      </c>
+      <c r="P27" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>204</v>
+      </c>
+      <c r="B28" t="s">
+        <v>205</v>
+      </c>
+      <c r="C28" t="s">
+        <v>206</v>
+      </c>
+      <c r="D28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1993</v>
+      </c>
+      <c r="I28">
+        <v>2009</v>
+      </c>
+      <c r="J28" t="s">
+        <v>98</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>207</v>
+      </c>
+      <c r="M28" t="s">
+        <v>208</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>209</v>
+      </c>
+      <c r="P28" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>211</v>
+      </c>
+      <c r="B29" t="s">
+        <v>212</v>
+      </c>
+      <c r="C29" t="s">
+        <v>213</v>
+      </c>
+      <c r="D29" t="s">
+        <v>67</v>
+      </c>
+      <c r="E29" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" t="s">
+        <v>72</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1996</v>
+      </c>
+      <c r="I29">
+        <v>2021</v>
+      </c>
+      <c r="J29" t="s">
+        <v>55</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>214</v>
+      </c>
+      <c r="M29" t="s">
+        <v>215</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>216</v>
+      </c>
+      <c r="P29" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>218</v>
+      </c>
+      <c r="B30" t="s">
+        <v>219</v>
+      </c>
+      <c r="C30" t="s">
+        <v>220</v>
+      </c>
+      <c r="D30" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>89</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30">
+        <v>2022</v>
+      </c>
+      <c r="J30" t="s">
+        <v>55</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>221</v>
+      </c>
+      <c r="M30" t="s">
+        <v>222</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>223</v>
+      </c>
+      <c r="P30" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>225</v>
+      </c>
+      <c r="B31" t="s">
+        <v>226</v>
+      </c>
+      <c r="C31" t="s">
+        <v>220</v>
+      </c>
+      <c r="D31" t="s">
+        <v>67</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>89</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2007</v>
+      </c>
+      <c r="I31">
+        <v>2024</v>
+      </c>
+      <c r="J31" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...72 lines deleted...]
-      <c r="H4">
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>227</v>
+      </c>
+      <c r="M31" t="s">
+        <v>222</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>228</v>
+      </c>
+      <c r="P31" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>230</v>
+      </c>
+      <c r="B32" t="s">
+        <v>231</v>
+      </c>
+      <c r="C32" t="s">
+        <v>232</v>
+      </c>
+      <c r="D32" t="s">
+        <v>233</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>89</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2016</v>
+      </c>
+      <c r="I32">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...19 lines deleted...]
-      <c r="A5" t="s">
+      <c r="J32" t="s">
+        <v>55</v>
+      </c>
+      <c r="K32" t="s">
+        <v>45</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>234</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>235</v>
+      </c>
+      <c r="P32" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>237</v>
+      </c>
+      <c r="B33" t="s">
+        <v>238</v>
+      </c>
+      <c r="C33" t="s">
+        <v>79</v>
+      </c>
+      <c r="D33" t="s">
+        <v>67</v>
+      </c>
+      <c r="E33" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F33" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...211 lines deleted...]
-      <c r="A10" t="s">
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2012</v>
+      </c>
+      <c r="J33" t="s">
+        <v>98</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>239</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>240</v>
+      </c>
+      <c r="P33" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>242</v>
+      </c>
+      <c r="B34" t="s">
+        <v>243</v>
+      </c>
+      <c r="C34" t="s">
+        <v>244</v>
+      </c>
+      <c r="D34" t="s">
+        <v>112</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>72</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>1995</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>135</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>245</v>
+      </c>
+      <c r="M34" t="s">
+        <v>246</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>247</v>
+      </c>
+      <c r="P34" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>249</v>
+      </c>
+      <c r="B35" t="s">
+        <v>250</v>
+      </c>
+      <c r="C35" t="s">
+        <v>244</v>
+      </c>
+      <c r="D35" t="s">
         <v>67</v>
       </c>
-      <c r="B10" t="s">
-[...26 lines deleted...]
-      <c r="K10" t="s">
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
         <v>72</v>
       </c>
-      <c r="L10" t="s">
-[...128 lines deleted...]
-      <c r="K13" t="s">
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1996</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>135</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>251</v>
+      </c>
+      <c r="M35" t="s">
+        <v>246</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>252</v>
+      </c>
+      <c r="P35" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>254</v>
+      </c>
+      <c r="B36" t="s">
+        <v>255</v>
+      </c>
+      <c r="C36" t="s">
+        <v>256</v>
+      </c>
+      <c r="D36" t="s">
+        <v>67</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>89</v>
       </c>
-      <c r="L13" t="s">
-[...985 lines deleted...]
-        <v>1996</v>
+      <c r="G36" t="s">
+        <v>22</v>
       </c>
       <c r="H36">
         <v>2015</v>
       </c>
-      <c r="I36" t="s">
-        <v>104</v>
+      <c r="I36">
+        <v>2023</v>
       </c>
       <c r="J36" t="s">
-        <v>29</v>
+        <v>257</v>
       </c>
       <c r="K36" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>258</v>
       </c>
       <c r="N36" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>259</v>
+      </c>
+      <c r="P36" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>190</v>
+        <v>261</v>
       </c>
       <c r="B37" t="s">
-        <v>191</v>
+        <v>262</v>
       </c>
       <c r="C37" t="s">
-        <v>53</v>
+        <v>111</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="E37" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1989</v>
+      </c>
+      <c r="I37">
+        <v>2018</v>
+      </c>
+      <c r="J37" t="s">
+        <v>135</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>114</v>
+      </c>
+      <c r="M37" t="s">
+        <v>115</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>263</v>
+      </c>
+      <c r="P37" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>265</v>
+      </c>
+      <c r="B38" t="s">
+        <v>266</v>
+      </c>
+      <c r="C38" t="s">
+        <v>111</v>
+      </c>
+      <c r="D38" t="s">
+        <v>97</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2004</v>
+      </c>
+      <c r="I38">
+        <v>2017</v>
+      </c>
+      <c r="J38" t="s">
+        <v>135</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>267</v>
+      </c>
+      <c r="M38" t="s">
+        <v>115</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>268</v>
+      </c>
+      <c r="P38" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>270</v>
+      </c>
+      <c r="B39" t="s">
+        <v>155</v>
+      </c>
+      <c r="C39" t="s">
+        <v>111</v>
+      </c>
+      <c r="D39" t="s">
+        <v>112</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2008</v>
+      </c>
+      <c r="I39">
+        <v>2008</v>
+      </c>
+      <c r="J39" t="s">
+        <v>135</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>271</v>
+      </c>
+      <c r="M39" t="s">
+        <v>115</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>272</v>
+      </c>
+      <c r="P39" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>274</v>
+      </c>
+      <c r="B40" t="s">
+        <v>134</v>
+      </c>
+      <c r="C40" t="s">
+        <v>111</v>
+      </c>
+      <c r="D40" t="s">
+        <v>67</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1989</v>
+      </c>
+      <c r="I40">
+        <v>2020</v>
+      </c>
+      <c r="J40" t="s">
+        <v>120</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>275</v>
+      </c>
+      <c r="M40" t="s">
+        <v>276</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>277</v>
+      </c>
+      <c r="P40" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>279</v>
+      </c>
+      <c r="B41" t="s">
+        <v>280</v>
+      </c>
+      <c r="C41" t="s">
+        <v>281</v>
+      </c>
+      <c r="D41" t="s">
+        <v>67</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1986</v>
+      </c>
+      <c r="I41">
+        <v>1988</v>
+      </c>
+      <c r="J41" t="s">
+        <v>90</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>282</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>283</v>
+      </c>
+      <c r="P41" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>285</v>
+      </c>
+      <c r="B42" t="s">
+        <v>286</v>
+      </c>
+      <c r="C42" t="s">
+        <v>287</v>
+      </c>
+      <c r="D42" t="s">
+        <v>288</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>89</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>289</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>290</v>
+      </c>
+      <c r="M42" t="s">
+        <v>291</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>292</v>
+      </c>
+      <c r="P42" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>294</v>
+      </c>
+      <c r="B43" t="s">
+        <v>295</v>
+      </c>
+      <c r="C43" t="s">
+        <v>296</v>
+      </c>
+      <c r="D43" t="s">
+        <v>297</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>89</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43">
+        <v>2019</v>
+      </c>
+      <c r="J43" t="s">
+        <v>298</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>299</v>
+      </c>
+      <c r="M43" t="s">
+        <v>300</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>301</v>
+      </c>
+      <c r="P43" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>303</v>
+      </c>
+      <c r="B44" t="s">
+        <v>304</v>
+      </c>
+      <c r="C44" t="s">
+        <v>296</v>
+      </c>
+      <c r="D44" t="s">
+        <v>97</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
+        <v>2012</v>
+      </c>
+      <c r="J44" t="s">
+        <v>298</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>305</v>
+      </c>
+      <c r="M44" t="s">
+        <v>300</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>306</v>
+      </c>
+      <c r="P44" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>308</v>
+      </c>
+      <c r="B45" t="s">
+        <v>309</v>
+      </c>
+      <c r="C45" t="s">
+        <v>199</v>
+      </c>
+      <c r="D45" t="s">
+        <v>67</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>72</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2005</v>
+      </c>
+      <c r="I45">
+        <v>2013</v>
+      </c>
+      <c r="J45" t="s">
+        <v>90</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>310</v>
+      </c>
+      <c r="M45" t="s">
+        <v>311</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>312</v>
+      </c>
+      <c r="P45" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>314</v>
+      </c>
+      <c r="B46" t="s">
+        <v>315</v>
+      </c>
+      <c r="C46" t="s">
+        <v>316</v>
+      </c>
+      <c r="D46" t="s">
+        <v>67</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>89</v>
+      </c>
+      <c r="G46" t="s">
+        <v>317</v>
+      </c>
+      <c r="H46">
         <v>2015</v>
       </c>
-      <c r="H37">
-[...41 lines deleted...]
-      <c r="H38">
+      <c r="I46">
         <v>2018</v>
       </c>
-      <c r="I38" t="s">
-[...5 lines deleted...]
-      <c r="K38" t="s">
+      <c r="J46" t="s">
+        <v>318</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>319</v>
+      </c>
+      <c r="M46" t="s">
+        <v>291</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>320</v>
+      </c>
+      <c r="P46" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>322</v>
+      </c>
+      <c r="B47" t="s">
+        <v>323</v>
+      </c>
+      <c r="C47" t="s">
+        <v>206</v>
+      </c>
+      <c r="D47" t="s">
+        <v>97</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>72</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2010</v>
+      </c>
+      <c r="I47">
+        <v>2012</v>
+      </c>
+      <c r="J47" t="s">
+        <v>98</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>208</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>324</v>
+      </c>
+      <c r="P47" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>326</v>
+      </c>
+      <c r="B48" t="s">
+        <v>327</v>
+      </c>
+      <c r="C48" t="s">
+        <v>206</v>
+      </c>
+      <c r="D48" t="s">
+        <v>97</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>72</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1996</v>
+      </c>
+      <c r="I48">
+        <v>2010</v>
+      </c>
+      <c r="J48" t="s">
+        <v>98</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>208</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>328</v>
+      </c>
+      <c r="P48" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>329</v>
+      </c>
+      <c r="B49" t="s">
+        <v>330</v>
+      </c>
+      <c r="C49" t="s">
+        <v>331</v>
+      </c>
+      <c r="D49" t="s">
+        <v>288</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>89</v>
       </c>
-      <c r="L38" t="s">
-[...72 lines deleted...]
-      <c r="G40">
+      <c r="G49" t="s">
+        <v>8</v>
+      </c>
+      <c r="H49">
+        <v>2021</v>
+      </c>
+      <c r="I49">
+        <v>2024</v>
+      </c>
+      <c r="J49" t="s">
+        <v>332</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>333</v>
+      </c>
+      <c r="M49" t="s">
+        <v>334</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>335</v>
+      </c>
+      <c r="P49" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>337</v>
+      </c>
+      <c r="B50" t="s">
+        <v>338</v>
+      </c>
+      <c r="C50" t="s">
+        <v>339</v>
+      </c>
+      <c r="D50" t="s">
+        <v>67</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>43</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2008</v>
       </c>
-      <c r="H40">
+      <c r="I50">
+        <v>2020</v>
+      </c>
+      <c r="J50" t="s">
+        <v>340</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>341</v>
+      </c>
+      <c r="M50" t="s">
+        <v>342</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>343</v>
+      </c>
+      <c r="P50" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>345</v>
+      </c>
+      <c r="B51" t="s">
+        <v>346</v>
+      </c>
+      <c r="C51" t="s">
+        <v>347</v>
+      </c>
+      <c r="D51" t="s">
+        <v>67</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1996</v>
+      </c>
+      <c r="I51">
+        <v>2019</v>
+      </c>
+      <c r="J51" t="s">
+        <v>44</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>348</v>
+      </c>
+      <c r="M51" t="s">
+        <v>349</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>350</v>
+      </c>
+      <c r="P51" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>352</v>
+      </c>
+      <c r="B52" t="s">
+        <v>353</v>
+      </c>
+      <c r="C52" t="s">
+        <v>347</v>
+      </c>
+      <c r="D52" t="s">
+        <v>67</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>43</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1996</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
+        <v>44</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>348</v>
+      </c>
+      <c r="M52" t="s">
+        <v>349</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>354</v>
+      </c>
+      <c r="P52" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>356</v>
+      </c>
+      <c r="B53" t="s">
+        <v>357</v>
+      </c>
+      <c r="C53" t="s">
+        <v>358</v>
+      </c>
+      <c r="D53" t="s">
+        <v>67</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2008</v>
       </c>
-      <c r="I40" t="s">
-[...562 lines deleted...]
-      <c r="H53">
+      <c r="I53">
         <v>2006</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>29</v>
+        <v>359</v>
       </c>
       <c r="K53" t="s">
-        <v>257</v>
+        <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>258</v>
+        <v>360</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>361</v>
       </c>
       <c r="N53" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>362</v>
+      </c>
+      <c r="P53" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>260</v>
+        <v>364</v>
       </c>
       <c r="B54" t="s">
-        <v>255</v>
+        <v>365</v>
       </c>
       <c r="C54" t="s">
-        <v>76</v>
+        <v>358</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="E54" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>89</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
       </c>
       <c r="H54">
         <v>2002</v>
       </c>
-      <c r="I54" t="s">
+      <c r="I54">
+        <v>2002</v>
+      </c>
+      <c r="J54" t="s">
+        <v>359</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>366</v>
+      </c>
+      <c r="M54" t="s">
+        <v>361</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>367</v>
+      </c>
+      <c r="P54" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>368</v>
+      </c>
+      <c r="B55" t="s">
+        <v>369</v>
+      </c>
+      <c r="C55" t="s">
+        <v>358</v>
+      </c>
+      <c r="D55" t="s">
+        <v>370</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>89</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1999</v>
+      </c>
+      <c r="I55">
+        <v>2009</v>
+      </c>
+      <c r="J55" t="s">
+        <v>359</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>371</v>
+      </c>
+      <c r="M55" t="s">
+        <v>361</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>372</v>
+      </c>
+      <c r="P55" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>373</v>
+      </c>
+      <c r="B56" t="s">
+        <v>374</v>
+      </c>
+      <c r="C56" t="s">
+        <v>375</v>
+      </c>
+      <c r="D56" t="s">
+        <v>376</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56">
+        <v>2014</v>
+      </c>
+      <c r="J56" t="s">
+        <v>135</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>377</v>
+      </c>
+      <c r="M56" t="s">
+        <v>378</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>379</v>
+      </c>
+      <c r="P56"/>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>380</v>
+      </c>
+      <c r="B57" t="s">
+        <v>381</v>
+      </c>
+      <c r="C57" t="s">
+        <v>375</v>
+      </c>
+      <c r="D57" t="s">
+        <v>67</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>43</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2012</v>
+      </c>
+      <c r="I57">
+        <v>2013</v>
+      </c>
+      <c r="J57" t="s">
+        <v>135</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>377</v>
+      </c>
+      <c r="M57" t="s">
+        <v>378</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>382</v>
+      </c>
+      <c r="P57" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>384</v>
+      </c>
+      <c r="B58" t="s">
+        <v>385</v>
+      </c>
+      <c r="C58" t="s">
+        <v>386</v>
+      </c>
+      <c r="D58" t="s">
+        <v>387</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>43</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1996</v>
+      </c>
+      <c r="I58">
+        <v>2017</v>
+      </c>
+      <c r="J58" t="s">
+        <v>98</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>388</v>
+      </c>
+      <c r="M58" t="s">
+        <v>389</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>390</v>
+      </c>
+      <c r="P58" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>392</v>
+      </c>
+      <c r="B59" t="s">
+        <v>393</v>
+      </c>
+      <c r="C59" t="s">
+        <v>394</v>
+      </c>
+      <c r="D59" t="s">
+        <v>67</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2016</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>44</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>395</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>396</v>
+      </c>
+      <c r="P59" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>398</v>
+      </c>
+      <c r="B60" t="s">
+        <v>399</v>
+      </c>
+      <c r="C60" t="s">
+        <v>400</v>
+      </c>
+      <c r="D60" t="s">
+        <v>401</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>89</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2005</v>
+      </c>
+      <c r="I60">
+        <v>2008</v>
+      </c>
+      <c r="J60" t="s">
+        <v>128</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>402</v>
+      </c>
+      <c r="M60" t="s">
+        <v>403</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>404</v>
+      </c>
+      <c r="P60" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>406</v>
+      </c>
+      <c r="B61" t="s">
+        <v>407</v>
+      </c>
+      <c r="C61" t="s">
+        <v>408</v>
+      </c>
+      <c r="D61" t="s">
+        <v>409</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>89</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2004</v>
+      </c>
+      <c r="I61">
+        <v>2010</v>
+      </c>
+      <c r="J61" t="s">
+        <v>340</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>410</v>
+      </c>
+      <c r="M61" t="s">
+        <v>411</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>412</v>
+      </c>
+      <c r="P61" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>414</v>
+      </c>
+      <c r="B62" t="s">
+        <v>415</v>
+      </c>
+      <c r="C62" t="s">
+        <v>408</v>
+      </c>
+      <c r="D62" t="s">
+        <v>67</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>43</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2009</v>
+      </c>
+      <c r="I62">
+        <v>2012</v>
+      </c>
+      <c r="J62" t="s">
+        <v>55</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>411</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>416</v>
+      </c>
+      <c r="P62" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>414</v>
+      </c>
+      <c r="B63" t="s">
+        <v>30</v>
+      </c>
+      <c r="C63" t="s">
+        <v>408</v>
+      </c>
+      <c r="D63" t="s">
+        <v>67</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2010</v>
+      </c>
+      <c r="I63">
+        <v>2012</v>
+      </c>
+      <c r="J63" t="s">
+        <v>55</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>35</v>
+      </c>
+      <c r="M63" t="s">
+        <v>411</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>418</v>
+      </c>
+      <c r="P63" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>419</v>
+      </c>
+      <c r="B64" t="s">
+        <v>420</v>
+      </c>
+      <c r="C64" t="s">
+        <v>213</v>
+      </c>
+      <c r="D64" t="s">
+        <v>421</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>89</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2008</v>
+      </c>
+      <c r="I64">
+        <v>2020</v>
+      </c>
+      <c r="J64" t="s">
+        <v>44</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>422</v>
+      </c>
+      <c r="M64" t="s">
+        <v>423</v>
+      </c>
+      <c r="N64" t="s">
+        <v>36</v>
+      </c>
+      <c r="O64" t="s">
+        <v>424</v>
+      </c>
+      <c r="P64" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>426</v>
+      </c>
+      <c r="B65" t="s">
+        <v>427</v>
+      </c>
+      <c r="C65" t="s">
+        <v>191</v>
+      </c>
+      <c r="D65" t="s">
+        <v>67</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>43</v>
+      </c>
+      <c r="G65" t="s">
+        <v>8</v>
+      </c>
+      <c r="H65">
+        <v>2008</v>
+      </c>
+      <c r="I65">
+        <v>2014</v>
+      </c>
+      <c r="J65" t="s">
+        <v>298</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>428</v>
+      </c>
+      <c r="M65" t="s">
+        <v>429</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>430</v>
+      </c>
+      <c r="P65" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>432</v>
+      </c>
+      <c r="B66" t="s">
+        <v>205</v>
+      </c>
+      <c r="C66" t="s">
+        <v>206</v>
+      </c>
+      <c r="D66" t="s">
+        <v>67</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1993</v>
+      </c>
+      <c r="I66">
+        <v>2009</v>
+      </c>
+      <c r="J66" t="s">
+        <v>98</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>207</v>
+      </c>
+      <c r="M66" t="s">
+        <v>208</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>433</v>
+      </c>
+      <c r="P66" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>435</v>
+      </c>
+      <c r="B67" t="s">
+        <v>436</v>
+      </c>
+      <c r="C67" t="s">
+        <v>191</v>
+      </c>
+      <c r="D67" t="s">
+        <v>67</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2011</v>
+      </c>
+      <c r="I67">
+        <v>2022</v>
+      </c>
+      <c r="J67" t="s">
+        <v>298</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>437</v>
+      </c>
+      <c r="M67" t="s">
+        <v>429</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>438</v>
+      </c>
+      <c r="P67" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>440</v>
+      </c>
+      <c r="B68" t="s">
+        <v>441</v>
+      </c>
+      <c r="C68" t="s">
+        <v>206</v>
+      </c>
+      <c r="D68" t="s">
+        <v>112</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2010</v>
+      </c>
+      <c r="I68">
+        <v>2012</v>
+      </c>
+      <c r="J68" t="s">
+        <v>98</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>208</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>442</v>
+      </c>
+      <c r="P68" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>443</v>
+      </c>
+      <c r="B69" t="s">
+        <v>444</v>
+      </c>
+      <c r="C69" t="s">
+        <v>191</v>
+      </c>
+      <c r="D69" t="s">
+        <v>67</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>317</v>
+      </c>
+      <c r="H69">
+        <v>2011</v>
+      </c>
+      <c r="I69">
+        <v>2022</v>
+      </c>
+      <c r="J69" t="s">
+        <v>298</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>445</v>
+      </c>
+      <c r="M69" t="s">
+        <v>429</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>446</v>
+      </c>
+      <c r="P69" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>447</v>
+      </c>
+      <c r="B70" t="s">
+        <v>448</v>
+      </c>
+      <c r="C70" t="s">
+        <v>191</v>
+      </c>
+      <c r="D70" t="s">
+        <v>67</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2011</v>
+      </c>
+      <c r="I70">
+        <v>2025</v>
+      </c>
+      <c r="J70" t="s">
+        <v>449</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>429</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>450</v>
+      </c>
+      <c r="P70" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>451</v>
+      </c>
+      <c r="B71" t="s">
+        <v>452</v>
+      </c>
+      <c r="C71" t="s">
+        <v>199</v>
+      </c>
+      <c r="D71" t="s">
+        <v>97</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2003</v>
+      </c>
+      <c r="I71">
+        <v>2005</v>
+      </c>
+      <c r="J71" t="s">
+        <v>55</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>201</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>453</v>
+      </c>
+      <c r="P71" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>455</v>
+      </c>
+      <c r="B72" t="s">
+        <v>456</v>
+      </c>
+      <c r="C72" t="s">
         <v>256</v>
       </c>
-      <c r="J54" t="s">
-[...8 lines deleted...]
-      <c r="M54" t="s">
+      <c r="D72" t="s">
+        <v>457</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>89</v>
+      </c>
+      <c r="G72" t="s">
+        <v>317</v>
+      </c>
+      <c r="H72">
+        <v>2021</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>55</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>458</v>
+      </c>
+      <c r="M72" t="s">
+        <v>459</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>460</v>
+      </c>
+      <c r="P72" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>462</v>
+      </c>
+      <c r="B73" t="s">
+        <v>463</v>
+      </c>
+      <c r="C73" t="s">
+        <v>256</v>
+      </c>
+      <c r="D73" t="s">
+        <v>67</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>89</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2015</v>
+      </c>
+      <c r="I73">
+        <v>2018</v>
+      </c>
+      <c r="J73" t="s">
+        <v>55</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>464</v>
+      </c>
+      <c r="M73" t="s">
+        <v>465</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>466</v>
+      </c>
+      <c r="P73" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>468</v>
+      </c>
+      <c r="B74" t="s">
+        <v>469</v>
+      </c>
+      <c r="C74" t="s">
+        <v>339</v>
+      </c>
+      <c r="D74" t="s">
+        <v>67</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2007</v>
+      </c>
+      <c r="I74">
+        <v>2022</v>
+      </c>
+      <c r="J74" t="s">
+        <v>340</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>470</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>471</v>
+      </c>
+      <c r="P74" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>473</v>
+      </c>
+      <c r="B75" t="s">
+        <v>474</v>
+      </c>
+      <c r="C75" t="s">
+        <v>475</v>
+      </c>
+      <c r="D75" t="s">
+        <v>67</v>
+      </c>
+      <c r="E75" t="s">
+        <v>42</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75">
+        <v>2015</v>
+      </c>
+      <c r="J75" t="s">
+        <v>44</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>476</v>
+      </c>
+      <c r="M75" t="s">
+        <v>477</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>478</v>
+      </c>
+      <c r="P75" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>480</v>
+      </c>
+      <c r="B76" t="s">
+        <v>481</v>
+      </c>
+      <c r="C76" t="s">
+        <v>482</v>
+      </c>
+      <c r="D76" t="s">
+        <v>112</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>89</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2006</v>
+      </c>
+      <c r="I76">
+        <v>2025</v>
+      </c>
+      <c r="J76" t="s">
+        <v>449</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>483</v>
+      </c>
+      <c r="M76" t="s">
+        <v>484</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>485</v>
+      </c>
+      <c r="P76" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>487</v>
+      </c>
+      <c r="B77" t="s">
+        <v>488</v>
+      </c>
+      <c r="C77" t="s">
+        <v>482</v>
+      </c>
+      <c r="D77" t="s">
+        <v>67</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>1995</v>
+      </c>
+      <c r="I77">
+        <v>2017</v>
+      </c>
+      <c r="J77" t="s">
+        <v>298</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>487</v>
+      </c>
+      <c r="M77" t="s">
+        <v>484</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>489</v>
+      </c>
+      <c r="P77" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>491</v>
+      </c>
+      <c r="B78" t="s">
+        <v>492</v>
+      </c>
+      <c r="C78" t="s">
+        <v>482</v>
+      </c>
+      <c r="D78" t="s">
+        <v>67</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1995</v>
+      </c>
+      <c r="I78">
+        <v>2018</v>
+      </c>
+      <c r="J78" t="s">
+        <v>298</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>484</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>493</v>
+      </c>
+      <c r="P78" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>495</v>
+      </c>
+      <c r="B79" t="s">
+        <v>496</v>
+      </c>
+      <c r="C79" t="s">
+        <v>331</v>
+      </c>
+      <c r="D79" t="s">
+        <v>67</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>89</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>1993</v>
+      </c>
+      <c r="I79">
+        <v>2007</v>
+      </c>
+      <c r="J79" t="s">
+        <v>497</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>498</v>
+      </c>
+      <c r="M79" t="s">
+        <v>334</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>499</v>
+      </c>
+      <c r="P79" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>501</v>
+      </c>
+      <c r="B80" t="s">
+        <v>502</v>
+      </c>
+      <c r="C80" t="s">
+        <v>339</v>
+      </c>
+      <c r="D80" t="s">
+        <v>67</v>
+      </c>
+      <c r="E80" t="s">
+        <v>42</v>
+      </c>
+      <c r="F80" t="s">
+        <v>72</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1993</v>
+      </c>
+      <c r="I80">
+        <v>2022</v>
+      </c>
+      <c r="J80" t="s">
+        <v>340</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80" t="s">
+        <v>503</v>
+      </c>
+      <c r="M80" t="s">
+        <v>504</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>505</v>
+      </c>
+      <c r="P80" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>507</v>
+      </c>
+      <c r="B81" t="s">
+        <v>508</v>
+      </c>
+      <c r="C81" t="s">
+        <v>509</v>
+      </c>
+      <c r="D81" t="s">
+        <v>67</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>43</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2008</v>
+      </c>
+      <c r="I81">
+        <v>2015</v>
+      </c>
+      <c r="J81" t="s">
+        <v>497</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>510</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>511</v>
+      </c>
+      <c r="P81" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>513</v>
+      </c>
+      <c r="B82" t="s">
+        <v>514</v>
+      </c>
+      <c r="C82" t="s">
+        <v>199</v>
+      </c>
+      <c r="D82" t="s">
+        <v>67</v>
+      </c>
+      <c r="E82" t="s">
+        <v>42</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>1991</v>
+      </c>
+      <c r="I82">
+        <v>2009</v>
+      </c>
+      <c r="J82" t="s">
+        <v>90</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82" t="s">
+        <v>515</v>
+      </c>
+      <c r="M82" t="s">
+        <v>201</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>516</v>
+      </c>
+      <c r="P82" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>518</v>
+      </c>
+      <c r="B83" t="s">
+        <v>519</v>
+      </c>
+      <c r="C83" t="s">
+        <v>199</v>
+      </c>
+      <c r="D83" t="s">
+        <v>67</v>
+      </c>
+      <c r="E83" t="s">
+        <v>42</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1991</v>
+      </c>
+      <c r="I83">
+        <v>2002</v>
+      </c>
+      <c r="J83" t="s">
+        <v>90</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83" t="s">
+        <v>200</v>
+      </c>
+      <c r="M83" t="s">
+        <v>201</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>520</v>
+      </c>
+      <c r="P83" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>521</v>
+      </c>
+      <c r="B84" t="s">
+        <v>522</v>
+      </c>
+      <c r="C84" t="s">
+        <v>199</v>
+      </c>
+      <c r="D84" t="s">
+        <v>67</v>
+      </c>
+      <c r="E84" t="s">
+        <v>42</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>1991</v>
+      </c>
+      <c r="I84">
+        <v>2016</v>
+      </c>
+      <c r="J84" t="s">
+        <v>90</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>523</v>
+      </c>
+      <c r="M84" t="s">
+        <v>311</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>524</v>
+      </c>
+      <c r="P84" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>525</v>
+      </c>
+      <c r="B85" t="s">
+        <v>526</v>
+      </c>
+      <c r="C85" t="s">
+        <v>527</v>
+      </c>
+      <c r="D85" t="s">
+        <v>528</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>89</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2017</v>
+      </c>
+      <c r="I85">
+        <v>2021</v>
+      </c>
+      <c r="J85" t="s">
+        <v>318</v>
+      </c>
+      <c r="K85" t="s">
+        <v>529</v>
+      </c>
+      <c r="L85" t="s">
+        <v>530</v>
+      </c>
+      <c r="M85" t="s">
+        <v>531</v>
+      </c>
+      <c r="N85" t="s">
+        <v>36</v>
+      </c>
+      <c r="O85" t="s">
+        <v>532</v>
+      </c>
+      <c r="P85" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>534</v>
+      </c>
+      <c r="B86" t="s">
+        <v>535</v>
+      </c>
+      <c r="C86" t="s">
+        <v>536</v>
+      </c>
+      <c r="D86" t="s">
+        <v>67</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>89</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2015</v>
+      </c>
+      <c r="I86">
+        <v>2018</v>
+      </c>
+      <c r="J86" t="s">
+        <v>497</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
+        <v>537</v>
+      </c>
+      <c r="M86" t="s">
+        <v>538</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>539</v>
+      </c>
+      <c r="P86" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>541</v>
+      </c>
+      <c r="B87" t="s">
+        <v>542</v>
+      </c>
+      <c r="C87" t="s">
+        <v>543</v>
+      </c>
+      <c r="D87" t="s">
+        <v>544</v>
+      </c>
+      <c r="E87" t="s">
+        <v>42</v>
+      </c>
+      <c r="F87" t="s">
+        <v>43</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2015</v>
+      </c>
+      <c r="I87">
+        <v>2018</v>
+      </c>
+      <c r="J87" t="s">
+        <v>545</v>
+      </c>
+      <c r="K87" t="s">
         <v>24</v>
       </c>
-      <c r="N54" t="s">
-[...25 lines deleted...]
-      <c r="H55">
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>546</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>547</v>
+      </c>
+      <c r="P87" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>549</v>
+      </c>
+      <c r="B88" t="s">
+        <v>550</v>
+      </c>
+      <c r="C88" t="s">
+        <v>551</v>
+      </c>
+      <c r="D88" t="s">
+        <v>552</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
         <v>2009</v>
       </c>
-      <c r="I55" t="s">
-[...11 lines deleted...]
-      <c r="M55" t="s">
+      <c r="I88">
+        <v>2013</v>
+      </c>
+      <c r="J88" t="s">
+        <v>33</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>553</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>554</v>
+      </c>
+      <c r="P88" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>556</v>
+      </c>
+      <c r="B89" t="s">
+        <v>557</v>
+      </c>
+      <c r="C89" t="s">
+        <v>558</v>
+      </c>
+      <c r="D89" t="s">
+        <v>559</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>560</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>1982</v>
+      </c>
+      <c r="I89">
+        <v>2024</v>
+      </c>
+      <c r="J89" t="s">
+        <v>561</v>
+      </c>
+      <c r="K89" t="s">
         <v>24</v>
       </c>
-      <c r="N55" t="s">
-[...154 lines deleted...]
-      <c r="G59">
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>562</v>
+      </c>
+      <c r="N89" t="s">
+        <v>563</v>
+      </c>
+      <c r="O89" t="s">
+        <v>564</v>
+      </c>
+      <c r="P89" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>566</v>
+      </c>
+      <c r="B90" t="s">
+        <v>567</v>
+      </c>
+      <c r="C90" t="s">
+        <v>199</v>
+      </c>
+      <c r="D90" t="s">
+        <v>112</v>
+      </c>
+      <c r="E90" t="s">
+        <v>42</v>
+      </c>
+      <c r="F90" t="s">
+        <v>43</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2010</v>
+      </c>
+      <c r="I90">
         <v>2016</v>
       </c>
-      <c r="H59">
-[...1344 lines deleted...]
-      </c>
       <c r="J90" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90"/>
       <c r="M90" t="s">
-        <v>24</v>
+        <v>201</v>
       </c>
       <c r="N90" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>568</v>
+      </c>
+      <c r="P90" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>404</v>
+        <v>570</v>
       </c>
       <c r="B91" t="s">
-        <v>147</v>
+        <v>571</v>
       </c>
       <c r="C91" t="s">
-        <v>53</v>
+        <v>199</v>
       </c>
       <c r="D91" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="E91" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F91" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>43</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
       </c>
       <c r="H91">
         <v>2010</v>
       </c>
-      <c r="I91" t="s">
-        <v>71</v>
+      <c r="I91">
+        <v>2010</v>
       </c>
       <c r="J91" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="K91" t="s">
-        <v>369</v>
+        <v>34</v>
       </c>
       <c r="L91" t="s">
-        <v>149</v>
+        <v>523</v>
       </c>
       <c r="M91" t="s">
-        <v>24</v>
+        <v>201</v>
       </c>
       <c r="N91" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>572</v>
+      </c>
+      <c r="P91" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>406</v>
+        <v>574</v>
       </c>
       <c r="B92" t="s">
-        <v>407</v>
+        <v>575</v>
       </c>
       <c r="C92" t="s">
-        <v>53</v>
+        <v>576</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="E92" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G92">
+        <v>89</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
         <v>2013</v>
       </c>
-      <c r="H92">
+      <c r="I92">
         <v>2018</v>
       </c>
-      <c r="I92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J92" t="s">
-        <v>29</v>
+        <v>98</v>
       </c>
       <c r="K92" t="s">
-        <v>408</v>
+        <v>34</v>
       </c>
       <c r="L92" t="s">
-        <v>409</v>
+        <v>577</v>
       </c>
       <c r="M92" t="s">
-        <v>24</v>
+        <v>578</v>
       </c>
       <c r="N92" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>579</v>
+      </c>
+      <c r="P92" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>411</v>
+        <v>581</v>
       </c>
       <c r="B93" t="s">
-        <v>162</v>
+        <v>582</v>
       </c>
       <c r="C93" t="s">
-        <v>53</v>
+        <v>220</v>
       </c>
       <c r="D93" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="E93" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="F93" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G93">
+        <v>89</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
         <v>2020</v>
       </c>
-      <c r="H93">
+      <c r="I93">
         <v>2023</v>
       </c>
-      <c r="I93" t="s">
+      <c r="J93" t="s">
+        <v>23</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93" t="s">
+        <v>583</v>
+      </c>
+      <c r="M93" t="s">
+        <v>222</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>584</v>
+      </c>
+      <c r="P93" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>586</v>
+      </c>
+      <c r="B94" t="s">
+        <v>587</v>
+      </c>
+      <c r="C94" t="s">
+        <v>482</v>
+      </c>
+      <c r="D94" t="s">
+        <v>67</v>
+      </c>
+      <c r="E94" t="s">
+        <v>42</v>
+      </c>
+      <c r="F94" t="s">
+        <v>72</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2010</v>
+      </c>
+      <c r="I94">
+        <v>2017</v>
+      </c>
+      <c r="J94" t="s">
+        <v>340</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94" t="s">
+        <v>588</v>
+      </c>
+      <c r="M94" t="s">
+        <v>589</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>590</v>
+      </c>
+      <c r="P94" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>592</v>
+      </c>
+      <c r="B95" t="s">
+        <v>593</v>
+      </c>
+      <c r="C95" t="s">
+        <v>482</v>
+      </c>
+      <c r="D95" t="s">
+        <v>67</v>
+      </c>
+      <c r="E95" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" t="s">
+        <v>72</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>1998</v>
+      </c>
+      <c r="I95">
+        <v>2012</v>
+      </c>
+      <c r="J95" t="s">
+        <v>359</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95" t="s">
+        <v>594</v>
+      </c>
+      <c r="M95" t="s">
+        <v>595</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>596</v>
+      </c>
+      <c r="P95" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>598</v>
+      </c>
+      <c r="B96" t="s">
+        <v>599</v>
+      </c>
+      <c r="C96" t="s">
+        <v>482</v>
+      </c>
+      <c r="D96" t="s">
+        <v>67</v>
+      </c>
+      <c r="E96" t="s">
+        <v>42</v>
+      </c>
+      <c r="F96" t="s">
+        <v>72</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>1998</v>
+      </c>
+      <c r="I96">
+        <v>2012</v>
+      </c>
+      <c r="J96" t="s">
+        <v>359</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>600</v>
+      </c>
+      <c r="M96" t="s">
+        <v>595</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>601</v>
+      </c>
+      <c r="P96" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>602</v>
+      </c>
+      <c r="B97" t="s">
+        <v>603</v>
+      </c>
+      <c r="C97" t="s">
+        <v>482</v>
+      </c>
+      <c r="D97" t="s">
+        <v>604</v>
+      </c>
+      <c r="E97" t="s">
         <v>20</v>
       </c>
-      <c r="J93" t="s">
-[...34 lines deleted...]
-      <c r="G94">
+      <c r="F97" t="s">
+        <v>89</v>
+      </c>
+      <c r="G97" t="s">
+        <v>317</v>
+      </c>
+      <c r="H97">
+        <v>2002</v>
+      </c>
+      <c r="I97">
+        <v>2007</v>
+      </c>
+      <c r="J97" t="s">
+        <v>298</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97" t="s">
+        <v>605</v>
+      </c>
+      <c r="M97" t="s">
+        <v>484</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>606</v>
+      </c>
+      <c r="P97" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>608</v>
+      </c>
+      <c r="B98" t="s">
+        <v>609</v>
+      </c>
+      <c r="C98" t="s">
+        <v>482</v>
+      </c>
+      <c r="D98" t="s">
+        <v>67</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>89</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>1995</v>
+      </c>
+      <c r="I98">
+        <v>2008</v>
+      </c>
+      <c r="J98" t="s">
+        <v>340</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>610</v>
+      </c>
+      <c r="M98" t="s">
+        <v>484</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>611</v>
+      </c>
+      <c r="P98" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>613</v>
+      </c>
+      <c r="B99" t="s">
+        <v>614</v>
+      </c>
+      <c r="C99" t="s">
+        <v>482</v>
+      </c>
+      <c r="D99" t="s">
+        <v>67</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>89</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>1995</v>
+      </c>
+      <c r="I99">
         <v>2010</v>
       </c>
-      <c r="H94">
-[...43 lines deleted...]
-      <c r="H95">
+      <c r="J99" t="s">
+        <v>359</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>615</v>
+      </c>
+      <c r="M99" t="s">
+        <v>484</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>616</v>
+      </c>
+      <c r="P99" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>618</v>
+      </c>
+      <c r="B100" t="s">
+        <v>619</v>
+      </c>
+      <c r="C100" t="s">
+        <v>482</v>
+      </c>
+      <c r="D100" t="s">
+        <v>67</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>89</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>1995</v>
+      </c>
+      <c r="I100">
+        <v>2016</v>
+      </c>
+      <c r="J100" t="s">
+        <v>298</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>484</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>620</v>
+      </c>
+      <c r="P100" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>622</v>
+      </c>
+      <c r="B101" t="s">
+        <v>623</v>
+      </c>
+      <c r="C101" t="s">
+        <v>175</v>
+      </c>
+      <c r="D101" t="s">
+        <v>67</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2007</v>
+      </c>
+      <c r="I101">
+        <v>2020</v>
+      </c>
+      <c r="J101" t="s">
+        <v>178</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101" t="s">
+        <v>624</v>
+      </c>
+      <c r="M101" t="s">
+        <v>179</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>625</v>
+      </c>
+      <c r="P101" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>627</v>
+      </c>
+      <c r="B102" t="s">
+        <v>628</v>
+      </c>
+      <c r="C102" t="s">
+        <v>629</v>
+      </c>
+      <c r="D102" t="s">
+        <v>67</v>
+      </c>
+      <c r="E102" t="s">
+        <v>42</v>
+      </c>
+      <c r="F102" t="s">
+        <v>72</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2003</v>
+      </c>
+      <c r="I102">
+        <v>2021</v>
+      </c>
+      <c r="J102" t="s">
+        <v>630</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>631</v>
+      </c>
+      <c r="M102" t="s">
+        <v>632</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>633</v>
+      </c>
+      <c r="P102" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>635</v>
+      </c>
+      <c r="B103" t="s">
+        <v>636</v>
+      </c>
+      <c r="C103" t="s">
+        <v>629</v>
+      </c>
+      <c r="D103" t="s">
+        <v>67</v>
+      </c>
+      <c r="E103" t="s">
+        <v>42</v>
+      </c>
+      <c r="F103" t="s">
+        <v>43</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>1995</v>
+      </c>
+      <c r="I103">
+        <v>2019</v>
+      </c>
+      <c r="J103" t="s">
+        <v>298</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103" t="s">
+        <v>637</v>
+      </c>
+      <c r="M103" t="s">
+        <v>638</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>639</v>
+      </c>
+      <c r="P103" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>641</v>
+      </c>
+      <c r="B104" t="s">
+        <v>642</v>
+      </c>
+      <c r="C104" t="s">
+        <v>629</v>
+      </c>
+      <c r="D104" t="s">
+        <v>67</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2003</v>
+      </c>
+      <c r="I104">
+        <v>2013</v>
+      </c>
+      <c r="J104" t="s">
+        <v>630</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>643</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>644</v>
+      </c>
+      <c r="P104" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>646</v>
+      </c>
+      <c r="B105" t="s">
+        <v>647</v>
+      </c>
+      <c r="C105" t="s">
+        <v>648</v>
+      </c>
+      <c r="D105" t="s">
+        <v>67</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>89</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2011</v>
+      </c>
+      <c r="I105">
+        <v>2019</v>
+      </c>
+      <c r="J105" t="s">
+        <v>135</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105" t="s">
+        <v>649</v>
+      </c>
+      <c r="M105" t="s">
+        <v>650</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>651</v>
+      </c>
+      <c r="P105" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>653</v>
+      </c>
+      <c r="B106" t="s">
+        <v>654</v>
+      </c>
+      <c r="C106" t="s">
+        <v>655</v>
+      </c>
+      <c r="D106" t="s">
+        <v>656</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>89</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
         <v>2012</v>
       </c>
-      <c r="I95" t="s">
-[...478 lines deleted...]
-        <v>104</v>
+      <c r="I106">
+        <v>2014</v>
       </c>
       <c r="J106" t="s">
-        <v>29</v>
+        <v>340</v>
       </c>
       <c r="K106" t="s">
-        <v>458</v>
+        <v>34</v>
       </c>
       <c r="L106" t="s">
-        <v>459</v>
+        <v>657</v>
       </c>
       <c r="M106" t="s">
-        <v>24</v>
+        <v>658</v>
       </c>
       <c r="N106" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>659</v>
+      </c>
+      <c r="P106" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>461</v>
+        <v>661</v>
       </c>
       <c r="B107" t="s">
-        <v>462</v>
+        <v>662</v>
       </c>
       <c r="C107" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
       <c r="D107" t="s">
-        <v>17</v>
+        <v>663</v>
       </c>
       <c r="E107" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="F107" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
       </c>
       <c r="H107">
         <v>2014</v>
       </c>
-      <c r="I107" t="s">
-        <v>243</v>
+      <c r="I107">
+        <v>2017</v>
       </c>
       <c r="J107" t="s">
-        <v>29</v>
+        <v>135</v>
       </c>
       <c r="K107" t="s">
-        <v>464</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L107"/>
       <c r="M107" t="s">
-        <v>24</v>
+        <v>477</v>
       </c>
       <c r="N107" t="s">
-        <v>466</v>
-[...41 lines deleted...]
-        <v>469</v>
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>664</v>
+      </c>
+      <c r="P107" t="s">
+        <v>665</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>