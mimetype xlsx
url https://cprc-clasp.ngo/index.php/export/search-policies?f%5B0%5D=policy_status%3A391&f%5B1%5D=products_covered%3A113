--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,497 +12,635 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
-    <t>Heat Pumps, Boilers and Furnaces</t>
-[...1 lines deleted...]
-  <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -766,1271 +904,1436 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="534.298" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1992</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1992</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>45</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>75</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>36</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2000</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>89</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>98</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>45</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>72</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>73</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1995</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>74</v>
+      </c>
+      <c r="K12" t="s">
+        <v>106</v>
+      </c>
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>72</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>73</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>74</v>
+      </c>
+      <c r="K13" t="s">
+        <v>106</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>108</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>87</v>
+      </c>
+      <c r="D14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>73</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>88</v>
+      </c>
+      <c r="K14" t="s">
+        <v>118</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>91</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D15" t="s">
+        <v>72</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>73</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1996</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>88</v>
+      </c>
+      <c r="K15" t="s">
+        <v>118</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>91</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>73</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1996</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
+      <c r="J16" t="s">
+        <v>88</v>
+      </c>
+      <c r="K16" t="s">
+        <v>89</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>91</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" t="s">
+        <v>72</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>73</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1996</v>
+      </c>
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>88</v>
+      </c>
+      <c r="K17" t="s">
+        <v>89</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>91</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...107 lines deleted...]
-      <c r="B5" t="s">
+      <c r="F18" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...568 lines deleted...]
-        <v>2002</v>
+      <c r="G18" t="s">
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2002</v>
       </c>
-      <c r="I18" t="s">
-        <v>70</v>
+      <c r="I18">
+        <v>2002</v>
       </c>
       <c r="J18" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="K18" t="s">
-        <v>101</v>
+        <v>89</v>
       </c>
       <c r="L18" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>133</v>
       </c>
       <c r="N18" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>136</v>
       </c>
       <c r="B19" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="C19" t="s">
-        <v>58</v>
+        <v>131</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G19">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>1998</v>
       </c>
-      <c r="H19">
+      <c r="I19">
         <v>2009</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="K19" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
       <c r="L19" t="s">
-        <v>102</v>
+        <v>138</v>
       </c>
       <c r="M19" t="s">
-        <v>31</v>
+        <v>133</v>
       </c>
       <c r="N19" t="s">
+        <v>36</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>131</v>
+      </c>
+      <c r="D20" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>98</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>142</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>143</v>
+      </c>
+      <c r="M20" t="s">
+        <v>133</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>144</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>146</v>
+      </c>
+      <c r="C21" t="s">
+        <v>131</v>
+      </c>
+      <c r="D21" t="s">
+        <v>72</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>88</v>
+      </c>
+      <c r="K21" t="s">
+        <v>89</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>133</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>147</v>
+      </c>
+      <c r="P21" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>148</v>
+      </c>
+      <c r="B22" t="s">
+        <v>149</v>
+      </c>
+      <c r="C22" t="s">
+        <v>131</v>
+      </c>
+      <c r="D22" t="s">
+        <v>72</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2002</v>
+      </c>
+      <c r="I22">
+        <v>2010</v>
+      </c>
+      <c r="J22" t="s">
+        <v>88</v>
+      </c>
+      <c r="K22" t="s">
+        <v>89</v>
+      </c>
+      <c r="L22" t="s">
+        <v>150</v>
+      </c>
+      <c r="M22" t="s">
+        <v>133</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>151</v>
+      </c>
+      <c r="P22" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" t="s">
+        <v>153</v>
+      </c>
+      <c r="C23" t="s">
+        <v>131</v>
+      </c>
+      <c r="D23" t="s">
+        <v>72</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
+        <v>88</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>133</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>154</v>
+      </c>
+      <c r="P23" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>155</v>
+      </c>
+      <c r="B24" t="s">
+        <v>86</v>
+      </c>
+      <c r="C24" t="s">
+        <v>87</v>
+      </c>
+      <c r="D24" t="s">
+        <v>72</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2001</v>
+      </c>
+      <c r="I24">
+        <v>2010</v>
+      </c>
+      <c r="J24" t="s">
+        <v>88</v>
+      </c>
+      <c r="K24" t="s">
+        <v>89</v>
+      </c>
+      <c r="L24" t="s">
+        <v>90</v>
+      </c>
+      <c r="M24" t="s">
+        <v>91</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>156</v>
+      </c>
+      <c r="P24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B25" t="s">
+        <v>159</v>
+      </c>
+      <c r="C25" t="s">
+        <v>160</v>
+      </c>
+      <c r="D25" t="s">
+        <v>161</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>98</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>162</v>
+      </c>
+      <c r="K25" t="s">
+        <v>163</v>
+      </c>
+      <c r="L25" t="s">
+        <v>164</v>
+      </c>
+      <c r="M25" t="s">
+        <v>165</v>
+      </c>
+      <c r="N25" t="s">
+        <v>36</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>168</v>
+      </c>
+      <c r="B26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C26" t="s">
+        <v>170</v>
+      </c>
+      <c r="D26" t="s">
+        <v>72</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>171</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>172</v>
+      </c>
+      <c r="K26" t="s">
         <v>106</v>
       </c>
-    </row>
-[...99 lines deleted...]
-      <c r="E22" t="s">
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>173</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>174</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>176</v>
+      </c>
+      <c r="B27" t="s">
+        <v>177</v>
+      </c>
+      <c r="C27" t="s">
+        <v>170</v>
+      </c>
+      <c r="D27" t="s">
+        <v>72</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>178</v>
+      </c>
+      <c r="K27" t="s">
+        <v>106</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>173</v>
+      </c>
+      <c r="N27" t="s">
         <v>36</v>
       </c>
-      <c r="F22" t="s">
-[...238 lines deleted...]
-        <v>135</v>
+      <c r="O27" t="s">
+        <v>179</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>