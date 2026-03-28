--- v1 (2025-12-06)
+++ v2 (2026-03-28)
@@ -198,72 +198,72 @@
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...11 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
@@ -1186,127 +1186,127 @@
       <c r="K5" t="s">
         <v>55</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>57</v>
       </c>
       <c r="P5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>59</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>1992</v>
       </c>
       <c r="I6">
         <v>2013</v>
       </c>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
         <v>45</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>1992</v>
       </c>
       <c r="I7">
         <v>2013</v>
       </c>
       <c r="J7" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
         <v>45</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>67</v>
       </c>
       <c r="P7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>69</v>
       </c>
       <c r="B8" t="s">
         <v>70</v>
       </c>
       <c r="C8" t="s">
         <v>71</v>
       </c>
       <c r="D8" t="s">
         <v>72</v>
       </c>
       <c r="E8" t="s">