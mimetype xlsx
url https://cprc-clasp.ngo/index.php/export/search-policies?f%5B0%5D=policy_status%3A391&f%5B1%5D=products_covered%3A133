--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,260 +12,276 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -529,411 +545,408 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="134" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1994</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
-[...12 lines deleted...]
-      <c r="N2" t="s">
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...207 lines deleted...]
-        <v>56</v>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>