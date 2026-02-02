--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="925">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="922">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1497,84 +1497,84 @@
   <si>
     <t>It covers magnetic disk units</t>
   </si>
   <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
     <t>It covers routers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
     <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
   </si>
@@ -2013,50 +2013,53 @@
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
   </si>
   <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
     <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
     <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
   </si>
   <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
@@ -2612,65 +2615,50 @@
     <t>This document specifies the MEPS and test methods for printers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
   </si>
   <si>
     <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
@@ -2838,50 +2826,53 @@
     <t>Television set or a television monitor</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
     <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
     <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
+  </si>
+  <si>
+    <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
     <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
   <si>
     <t>VC 9008</t>
   </si>
   <si>
     <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
@@ -3218,51 +3209,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P166"/>
+  <dimension ref="A1:P165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -7210,89 +7201,89 @@
       </c>
       <c r="P80" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>476</v>
       </c>
       <c r="B81" t="s">
         <v>477</v>
       </c>
       <c r="C81" t="s">
         <v>68</v>
       </c>
       <c r="D81" t="s">
         <v>118</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
-        <v>22</v>
+        <v>478</v>
       </c>
       <c r="H81">
         <v>2007</v>
       </c>
       <c r="I81">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J81" t="s">
         <v>143</v>
       </c>
       <c r="K81" t="s">
         <v>47</v>
       </c>
       <c r="L81" t="s">
         <v>199</v>
       </c>
       <c r="M81" t="s">
         <v>84</v>
       </c>
       <c r="N81" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="O81" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="P81" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B82" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C82" t="s">
-        <v>483</v>
+        <v>68</v>
       </c>
       <c r="D82" t="s">
         <v>484</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>8</v>
       </c>
       <c r="H82">
         <v>2007</v>
       </c>
       <c r="I82">
         <v>2025</v>
       </c>
       <c r="J82" t="s">
         <v>485</v>
       </c>
       <c r="K82" t="s">
         <v>47</v>
       </c>
@@ -7331,51 +7322,51 @@
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2008</v>
       </c>
       <c r="I83">
         <v>2008</v>
       </c>
       <c r="J83" t="s">
         <v>143</v>
       </c>
       <c r="K83" t="s">
         <v>47</v>
       </c>
       <c r="L83" t="s">
         <v>493</v>
       </c>
       <c r="M83" t="s">
         <v>84</v>
       </c>
       <c r="N83" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="O83" t="s">
         <v>494</v>
       </c>
       <c r="P83" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
         <v>496</v>
       </c>
       <c r="B84" t="s">
         <v>497</v>
       </c>
       <c r="C84" t="s">
         <v>68</v>
       </c>
       <c r="D84" t="s">
         <v>166</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
@@ -8838,2652 +8829,2604 @@
       </c>
       <c r="P113" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
         <v>641</v>
       </c>
       <c r="B114" t="s">
         <v>642</v>
       </c>
       <c r="C114" t="s">
         <v>643</v>
       </c>
       <c r="D114" t="s">
         <v>44</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>288</v>
       </c>
       <c r="G114" t="s">
-        <v>22</v>
+        <v>644</v>
       </c>
       <c r="H114">
         <v>2015</v>
       </c>
       <c r="I114">
         <v>2019</v>
       </c>
       <c r="J114" t="s">
         <v>261</v>
       </c>
       <c r="K114" t="s">
         <v>47</v>
       </c>
       <c r="L114" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="M114" t="s">
         <v>548</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="P114" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B115" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C115" t="s">
         <v>342</v>
       </c>
       <c r="D115" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="E115" t="s">
         <v>33</v>
       </c>
       <c r="F115" t="s">
         <v>45</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>1996</v>
       </c>
       <c r="I115">
         <v>2010</v>
       </c>
       <c r="J115" t="s">
         <v>343</v>
       </c>
       <c r="K115" t="s">
         <v>47</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
         <v>344</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="P115" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B116" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C116" t="s">
         <v>342</v>
       </c>
       <c r="D116" t="s">
         <v>459</v>
       </c>
       <c r="E116" t="s">
         <v>33</v>
       </c>
       <c r="F116" t="s">
         <v>45</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>1996</v>
       </c>
       <c r="I116">
         <v>2010</v>
       </c>
       <c r="J116" t="s">
         <v>343</v>
       </c>
       <c r="K116" t="s">
         <v>47</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
         <v>344</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="P116" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B117" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C117" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D117" t="s">
         <v>44</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>34</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>2009</v>
       </c>
       <c r="I117">
         <v>2021</v>
       </c>
       <c r="J117" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="K117" t="s">
         <v>47</v>
       </c>
       <c r="L117" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="M117" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="P117" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B118" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C118" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D118" t="s">
         <v>95</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>288</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2012</v>
       </c>
       <c r="I118">
         <v>2010</v>
       </c>
       <c r="J118" t="s">
         <v>343</v>
       </c>
       <c r="K118" t="s">
         <v>47</v>
       </c>
       <c r="L118" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="M118" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="P118" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B119" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C119" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D119" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>288</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2012</v>
       </c>
       <c r="I119">
         <v>2014</v>
       </c>
       <c r="J119" t="s">
         <v>343</v>
       </c>
       <c r="K119" t="s">
         <v>47</v>
       </c>
       <c r="L119" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="M119" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="P119" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B120" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C120" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D120" t="s">
         <v>106</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>34</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2013</v>
       </c>
       <c r="I120">
         <v>2014</v>
       </c>
       <c r="J120" t="s">
         <v>143</v>
       </c>
       <c r="K120" t="s">
         <v>47</v>
       </c>
       <c r="L120" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="M120" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="P120" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B121" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C121" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D121" t="s">
         <v>106</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2013</v>
       </c>
       <c r="I121">
         <v>2014</v>
       </c>
       <c r="J121" t="s">
         <v>143</v>
       </c>
       <c r="K121" t="s">
         <v>47</v>
       </c>
       <c r="L121" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="M121" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="P121" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B122" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C122" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D122" t="s">
         <v>443</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>21</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2013</v>
       </c>
       <c r="I122">
         <v>2014</v>
       </c>
       <c r="J122" t="s">
         <v>143</v>
       </c>
       <c r="K122" t="s">
         <v>47</v>
       </c>
       <c r="L122" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="M122" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="P122" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B123" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C123" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D123" t="s">
         <v>118</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>21</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2013</v>
       </c>
       <c r="I123">
         <v>2014</v>
       </c>
       <c r="J123" t="s">
         <v>143</v>
       </c>
       <c r="K123" t="s">
         <v>47</v>
       </c>
       <c r="L123" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="M123" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="P123" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B124" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C124" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D124" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>21</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2012</v>
       </c>
       <c r="I124">
         <v>2013</v>
       </c>
       <c r="J124" t="s">
         <v>143</v>
       </c>
       <c r="K124" t="s">
         <v>47</v>
       </c>
       <c r="L124" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="M124" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="P124" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B125" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C125" t="s">
         <v>365</v>
       </c>
       <c r="D125" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>288</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2008</v>
       </c>
       <c r="I125">
         <v>2020</v>
       </c>
       <c r="J125" t="s">
         <v>35</v>
       </c>
       <c r="K125" t="s">
         <v>47</v>
       </c>
       <c r="L125" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="M125" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="N125" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="O125" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="P125" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B126" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C126" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D126" t="s">
         <v>44</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>288</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2012</v>
       </c>
       <c r="I126">
         <v>2017</v>
       </c>
       <c r="J126" t="s">
         <v>223</v>
       </c>
       <c r="K126" t="s">
         <v>47</v>
       </c>
       <c r="L126" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="M126" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="P126" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B127" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C127" t="s">
         <v>342</v>
       </c>
       <c r="D127" t="s">
         <v>222</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>21</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2011</v>
       </c>
       <c r="I127">
         <v>2011</v>
       </c>
       <c r="J127" t="s">
         <v>343</v>
       </c>
       <c r="K127" t="s">
         <v>47</v>
       </c>
       <c r="L127" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="M127" t="s">
         <v>344</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="P127" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B128" t="s">
         <v>341</v>
       </c>
       <c r="C128" t="s">
         <v>342</v>
       </c>
       <c r="D128" t="s">
         <v>229</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>2012</v>
       </c>
       <c r="I128">
         <v>2012</v>
       </c>
       <c r="J128" t="s">
         <v>343</v>
       </c>
       <c r="K128" t="s">
         <v>47</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
         <v>344</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="P128" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B129" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C129" t="s">
         <v>342</v>
       </c>
       <c r="D129" t="s">
         <v>443</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2015</v>
       </c>
       <c r="I129">
         <v>2019</v>
       </c>
       <c r="J129" t="s">
         <v>61</v>
       </c>
       <c r="K129" t="s">
         <v>47</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="P129" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B130" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C130" t="s">
         <v>342</v>
       </c>
       <c r="D130" t="s">
         <v>44</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2012</v>
       </c>
       <c r="I130">
         <v>2012</v>
       </c>
       <c r="J130" t="s">
         <v>343</v>
       </c>
       <c r="K130" t="s">
         <v>47</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
         <v>344</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="P130" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B131"/>
       <c r="C131" t="s">
         <v>295</v>
       </c>
       <c r="D131" t="s">
         <v>229</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>21</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2011</v>
       </c>
       <c r="I131">
         <v>2018</v>
       </c>
       <c r="J131" t="s">
         <v>61</v>
       </c>
       <c r="K131" t="s">
         <v>47</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="P131" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B132" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C132" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D132" t="s">
         <v>118</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>21</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2005</v>
       </c>
       <c r="I132">
         <v>2011</v>
       </c>
       <c r="J132" t="s">
         <v>223</v>
       </c>
       <c r="K132" t="s">
         <v>47</v>
       </c>
       <c r="L132" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="M132" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="P132" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B133" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C133" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D133" t="s">
         <v>95</v>
       </c>
       <c r="E133" t="s">
         <v>33</v>
       </c>
       <c r="F133" t="s">
         <v>45</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2006</v>
       </c>
       <c r="I133">
         <v>2015</v>
       </c>
       <c r="J133" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="K133" t="s">
         <v>47</v>
       </c>
       <c r="L133" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="M133" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="P133" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B134" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C134" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D134" t="s">
         <v>44</v>
       </c>
       <c r="E134" t="s">
         <v>33</v>
       </c>
       <c r="F134" t="s">
         <v>45</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2010</v>
       </c>
       <c r="I134">
         <v>2017</v>
       </c>
       <c r="J134" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="K134" t="s">
         <v>47</v>
       </c>
       <c r="L134" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="M134" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="P134" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B135" t="s">
         <v>44</v>
       </c>
       <c r="C135" t="s">
         <v>342</v>
       </c>
       <c r="D135" t="s">
         <v>44</v>
       </c>
       <c r="E135" t="s">
         <v>33</v>
       </c>
       <c r="F135" t="s">
         <v>45</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2012</v>
       </c>
       <c r="I135">
         <v>2012</v>
       </c>
       <c r="J135" t="s">
         <v>343</v>
       </c>
       <c r="K135" t="s">
         <v>47</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
         <v>344</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="P135" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B136" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C136" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D136" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>288</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2017</v>
       </c>
       <c r="I136">
         <v>2021</v>
       </c>
       <c r="J136" t="s">
         <v>261</v>
       </c>
       <c r="K136" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="L136" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="M136" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="N136" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="O136" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="P136" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B137" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C137" t="s">
         <v>295</v>
       </c>
       <c r="D137" t="s">
         <v>229</v>
       </c>
       <c r="E137" t="s">
         <v>33</v>
       </c>
       <c r="F137" t="s">
         <v>34</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2011</v>
       </c>
       <c r="I137">
         <v>2011</v>
       </c>
       <c r="J137" t="s">
         <v>223</v>
       </c>
       <c r="K137" t="s">
         <v>47</v>
       </c>
       <c r="L137" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="M137" t="s">
         <v>297</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="P137" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B138" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C138" t="s">
         <v>372</v>
       </c>
       <c r="D138" t="s">
         <v>118</v>
       </c>
       <c r="E138" t="s">
         <v>33</v>
       </c>
       <c r="F138" t="s">
         <v>288</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2014</v>
       </c>
       <c r="I138">
         <v>2016</v>
       </c>
       <c r="J138" t="s">
         <v>61</v>
       </c>
       <c r="K138" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="L138" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="M138" t="s">
         <v>374</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="P138" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B139" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C139" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D139" t="s">
         <v>443</v>
       </c>
       <c r="E139" t="s">
         <v>33</v>
       </c>
       <c r="F139" t="s">
         <v>45</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2003</v>
       </c>
       <c r="I139">
         <v>2012</v>
       </c>
       <c r="J139" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="K139" t="s">
         <v>47</v>
       </c>
       <c r="L139" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="M139" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="P139" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B140" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C140" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D140" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E140" t="s">
         <v>33</v>
       </c>
       <c r="F140" t="s">
         <v>45</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2008</v>
       </c>
       <c r="I140">
         <v>2009</v>
       </c>
       <c r="J140" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="K140" t="s">
         <v>47</v>
       </c>
       <c r="L140" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="M140" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="P140" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B141" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C141" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D141" t="s">
         <v>459</v>
       </c>
       <c r="E141" t="s">
         <v>33</v>
       </c>
       <c r="F141" t="s">
         <v>45</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2010</v>
       </c>
       <c r="I141">
         <v>2012</v>
       </c>
       <c r="J141" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="K141" t="s">
         <v>47</v>
       </c>
       <c r="L141" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="M141" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="P141" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B142" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C142" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D142" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="E142" t="s">
         <v>33</v>
       </c>
       <c r="F142" t="s">
         <v>45</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>2011</v>
       </c>
       <c r="I142">
         <v>2022</v>
       </c>
       <c r="J142" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="K142" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="L142" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="M142" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="N142" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="O142" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="P142" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B143" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C143" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D143" t="s">
         <v>118</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>288</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>2007</v>
       </c>
       <c r="I143">
         <v>2011</v>
       </c>
       <c r="J143" t="s">
         <v>61</v>
       </c>
       <c r="K143" t="s">
         <v>47</v>
       </c>
       <c r="L143" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="M143" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="P143" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B144" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C144" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D144" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>2012</v>
       </c>
       <c r="I144">
         <v>2013</v>
       </c>
       <c r="J144" t="s">
         <v>61</v>
       </c>
       <c r="K144" t="s">
         <v>47</v>
       </c>
       <c r="L144" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="M144" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="P144" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B145" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C145" t="s">
         <v>286</v>
       </c>
       <c r="D145" t="s">
         <v>44</v>
       </c>
       <c r="E145" t="s">
         <v>33</v>
       </c>
       <c r="F145" t="s">
         <v>45</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2012</v>
       </c>
       <c r="I145">
         <v>2012</v>
       </c>
       <c r="J145" t="s">
         <v>343</v>
       </c>
       <c r="K145" t="s">
         <v>47</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="P145" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B146" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C146" t="s">
         <v>245</v>
       </c>
       <c r="D146" t="s">
         <v>54</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2017</v>
       </c>
       <c r="I146">
         <v>2021</v>
       </c>
       <c r="J146" t="s">
         <v>248</v>
       </c>
       <c r="K146" t="s">
         <v>47</v>
       </c>
       <c r="L146" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="M146" t="s">
         <v>249</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="P146" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B147" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C147" t="s">
         <v>245</v>
       </c>
       <c r="D147" t="s">
         <v>54</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2017</v>
       </c>
       <c r="I147">
         <v>2021</v>
       </c>
       <c r="J147" t="s">
         <v>248</v>
       </c>
       <c r="K147" t="s">
         <v>47</v>
       </c>
       <c r="L147" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="M147" t="s">
         <v>249</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="P147" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B148" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C148" t="s">
         <v>245</v>
       </c>
       <c r="D148" t="s">
         <v>166</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>2012</v>
       </c>
       <c r="I148">
         <v>2015</v>
       </c>
       <c r="J148" t="s">
         <v>248</v>
       </c>
       <c r="K148" t="s">
         <v>47</v>
       </c>
       <c r="L148" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="M148" t="s">
         <v>249</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="P148" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B149" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C149" t="s">
         <v>245</v>
       </c>
       <c r="D149" t="s">
         <v>95</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
         <v>2012</v>
       </c>
       <c r="I149">
         <v>2015</v>
       </c>
       <c r="J149" t="s">
         <v>248</v>
       </c>
       <c r="K149" t="s">
         <v>47</v>
       </c>
       <c r="L149" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="M149" t="s">
         <v>249</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="P149" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B150" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C150" t="s">
         <v>245</v>
       </c>
       <c r="D150" t="s">
         <v>44</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>2012</v>
       </c>
       <c r="I150">
         <v>2021</v>
       </c>
       <c r="J150" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="K150" t="s">
         <v>47</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
         <v>249</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="P150" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B151" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C151" t="s">
-        <v>245</v>
+        <v>352</v>
       </c>
       <c r="D151" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="E151" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F151" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
-        <v>2012</v>
+        <v>1997</v>
       </c>
       <c r="I151">
         <v>2015</v>
       </c>
       <c r="J151" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="K151" t="s">
         <v>47</v>
       </c>
-      <c r="L151"/>
+      <c r="L151" t="s">
+        <v>846</v>
+      </c>
       <c r="M151" t="s">
-        <v>249</v>
+        <v>847</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="P151" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="B152" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="C152" t="s">
         <v>352</v>
       </c>
       <c r="D152" t="s">
-        <v>54</v>
+        <v>272</v>
       </c>
       <c r="E152" t="s">
         <v>33</v>
       </c>
       <c r="F152" t="s">
         <v>45</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
-        <v>1997</v>
+        <v>2013</v>
       </c>
       <c r="I152">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J152" t="s">
-        <v>849</v>
+        <v>353</v>
       </c>
       <c r="K152" t="s">
         <v>47</v>
       </c>
       <c r="L152" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="M152" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="P152" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B153" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C153" t="s">
         <v>352</v>
       </c>
       <c r="D153" t="s">
-        <v>272</v>
+        <v>95</v>
       </c>
       <c r="E153" t="s">
         <v>33</v>
       </c>
       <c r="F153" t="s">
         <v>45</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="I153">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="J153" t="s">
         <v>353</v>
       </c>
       <c r="K153" t="s">
         <v>47</v>
       </c>
       <c r="L153" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="M153" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="P153" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B154" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C154" t="s">
         <v>352</v>
       </c>
       <c r="D154" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
       <c r="E154" t="s">
         <v>33</v>
       </c>
       <c r="F154" t="s">
         <v>45</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="I154">
         <v>2012</v>
       </c>
       <c r="J154" t="s">
         <v>353</v>
       </c>
       <c r="K154" t="s">
         <v>47</v>
       </c>
       <c r="L154" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="M154" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="P154" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B155" t="s">
-        <v>865</v>
+        <v>464</v>
       </c>
       <c r="C155" t="s">
-        <v>352</v>
+        <v>805</v>
       </c>
       <c r="D155" t="s">
-        <v>44</v>
+        <v>443</v>
       </c>
       <c r="E155" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F155" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="I155">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J155" t="s">
-        <v>353</v>
+        <v>61</v>
       </c>
       <c r="K155" t="s">
         <v>47</v>
       </c>
       <c r="L155" t="s">
         <v>866</v>
       </c>
       <c r="M155" t="s">
-        <v>851</v>
+        <v>807</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
         <v>867</v>
       </c>
       <c r="P155" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
         <v>869</v>
       </c>
       <c r="B156" t="s">
-        <v>464</v>
+        <v>870</v>
       </c>
       <c r="C156" t="s">
-        <v>804</v>
+        <v>365</v>
       </c>
       <c r="D156" t="s">
-        <v>443</v>
+        <v>54</v>
       </c>
       <c r="E156" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F156" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="I156">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="J156" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="K156" t="s">
         <v>47</v>
       </c>
       <c r="L156" t="s">
-        <v>870</v>
+        <v>581</v>
       </c>
       <c r="M156" t="s">
-        <v>806</v>
+        <v>871</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="P156" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B157" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C157" t="s">
         <v>365</v>
       </c>
       <c r="D157" t="s">
-        <v>54</v>
+        <v>229</v>
       </c>
       <c r="E157" t="s">
         <v>33</v>
       </c>
       <c r="F157" t="s">
         <v>45</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="I157">
         <v>2020</v>
       </c>
       <c r="J157" t="s">
-        <v>35</v>
+        <v>845</v>
       </c>
       <c r="K157" t="s">
         <v>47</v>
       </c>
       <c r="L157" t="s">
-        <v>581</v>
+        <v>876</v>
       </c>
       <c r="M157" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="P157" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="B158" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="C158" t="s">
         <v>365</v>
       </c>
       <c r="D158" t="s">
-        <v>229</v>
+        <v>95</v>
       </c>
       <c r="E158" t="s">
         <v>33</v>
       </c>
       <c r="F158" t="s">
         <v>45</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="I158">
         <v>2020</v>
       </c>
       <c r="J158" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="K158" t="s">
         <v>47</v>
       </c>
       <c r="L158" t="s">
-        <v>880</v>
+        <v>581</v>
       </c>
       <c r="M158" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
         <v>882</v>
       </c>
       <c r="P158" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
         <v>884</v>
       </c>
       <c r="B159" t="s">
         <v>885</v>
       </c>
       <c r="C159" t="s">
         <v>365</v>
       </c>
       <c r="D159" t="s">
-        <v>95</v>
+        <v>166</v>
       </c>
       <c r="E159" t="s">
         <v>33</v>
       </c>
       <c r="F159" t="s">
         <v>45</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="I159">
         <v>2020</v>
       </c>
       <c r="J159" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="K159" t="s">
         <v>47</v>
       </c>
-      <c r="L159" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L159"/>
       <c r="M159" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
         <v>886</v>
       </c>
       <c r="P159" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
         <v>888</v>
       </c>
       <c r="B160" t="s">
         <v>889</v>
       </c>
       <c r="C160" t="s">
         <v>365</v>
       </c>
       <c r="D160" t="s">
-        <v>166</v>
+        <v>95</v>
       </c>
       <c r="E160" t="s">
         <v>33</v>
       </c>
       <c r="F160" t="s">
         <v>45</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="I160">
         <v>2020</v>
       </c>
       <c r="J160" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="K160" t="s">
         <v>47</v>
       </c>
-      <c r="L160"/>
+      <c r="L160" t="s">
+        <v>581</v>
+      </c>
       <c r="M160" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
         <v>890</v>
       </c>
       <c r="P160" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
         <v>892</v>
       </c>
       <c r="B161" t="s">
         <v>893</v>
       </c>
       <c r="C161" t="s">
         <v>365</v>
       </c>
       <c r="D161" t="s">
         <v>95</v>
       </c>
       <c r="E161" t="s">
         <v>33</v>
       </c>
       <c r="F161" t="s">
         <v>45</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I161">
         <v>2020</v>
       </c>
       <c r="J161" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="K161" t="s">
         <v>47</v>
       </c>
       <c r="L161" t="s">
         <v>581</v>
       </c>
       <c r="M161" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
         <v>894</v>
       </c>
       <c r="P161" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
         <v>896</v>
       </c>
       <c r="B162" t="s">
         <v>897</v>
       </c>
       <c r="C162" t="s">
         <v>365</v>
       </c>
       <c r="D162" t="s">
         <v>95</v>
       </c>
       <c r="E162" t="s">
         <v>33</v>
       </c>
       <c r="F162" t="s">
         <v>45</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="I162">
         <v>2020</v>
       </c>
       <c r="J162" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="K162" t="s">
         <v>47</v>
       </c>
       <c r="L162" t="s">
         <v>581</v>
       </c>
       <c r="M162" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
         <v>898</v>
       </c>
       <c r="P162" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
         <v>900</v>
       </c>
       <c r="B163" t="s">
         <v>901</v>
       </c>
       <c r="C163" t="s">
-        <v>365</v>
+        <v>902</v>
       </c>
       <c r="D163" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
       <c r="E163" t="s">
         <v>33</v>
       </c>
       <c r="F163" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I163">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J163" t="s">
-        <v>849</v>
+        <v>465</v>
       </c>
       <c r="K163" t="s">
         <v>47</v>
       </c>
       <c r="L163" t="s">
-        <v>581</v>
+        <v>903</v>
       </c>
       <c r="M163" t="s">
-        <v>875</v>
+        <v>904</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="P163" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="B164" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="C164" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="D164" t="s">
         <v>44</v>
       </c>
       <c r="E164" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F164" t="s">
-        <v>34</v>
+        <v>288</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I164">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J164" t="s">
-        <v>465</v>
+        <v>910</v>
       </c>
       <c r="K164" t="s">
         <v>47</v>
       </c>
-      <c r="L164" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L164"/>
       <c r="M164" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="P164" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="B165" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="C165" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="D165" t="s">
-        <v>44</v>
+        <v>917</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>288</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I165">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="J165" t="s">
-        <v>844</v>
+        <v>659</v>
       </c>
       <c r="K165" t="s">
         <v>47</v>
       </c>
-      <c r="L165"/>
+      <c r="L165" t="s">
+        <v>918</v>
+      </c>
       <c r="M165" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="P165" t="s">
-        <v>916</v>
-[...36 lines deleted...]
-      <c r="L166" t="s">
         <v>921</v>
-      </c>
-[...10 lines deleted...]
-        <v>924</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">