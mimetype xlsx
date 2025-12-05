--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,1592 +12,2307 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="481">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="706">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>MS IEC 60081:2003 or IEC 60081:2003
+,   
+                    MS IEC 60969:2006 or IEC 60969:2001
+,   
+                    MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...19 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for indoor LED lamps</t>
   </si>
   <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1861,5341 +2576,6022 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N121"/>
+  <dimension ref="A1:P120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1998</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2000</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>71</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" t="s">
+        <v>71</v>
+      </c>
+      <c r="F9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F10" t="s">
+        <v>72</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>93</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>35</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>72</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>102</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>107</v>
+      </c>
+      <c r="D13" t="s">
+        <v>108</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>109</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>44</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>110</v>
+      </c>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" t="s">
+        <v>71</v>
+      </c>
+      <c r="F14" t="s">
+        <v>72</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2002</v>
+      </c>
+      <c r="I14">
+        <v>2009</v>
+      </c>
+      <c r="J14" t="s">
+        <v>117</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
+        <v>119</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" t="s">
+        <v>125</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1994</v>
+      </c>
+      <c r="I15">
+        <v>2003</v>
+      </c>
+      <c r="J15" t="s">
+        <v>126</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1996</v>
+      </c>
+      <c r="I16">
+        <v>2009</v>
+      </c>
+      <c r="J16" t="s">
+        <v>126</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16" t="s">
+        <v>132</v>
+      </c>
+      <c r="M16" t="s">
+        <v>127</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>124</v>
+      </c>
+      <c r="D17" t="s">
+        <v>134</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1997</v>
+      </c>
+      <c r="I17">
+        <v>2009</v>
+      </c>
+      <c r="J17" t="s">
+        <v>126</v>
+      </c>
+      <c r="K17" t="s">
+        <v>35</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>127</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E18" t="s">
+        <v>71</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>140</v>
+      </c>
+      <c r="K18" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18" t="s">
+        <v>141</v>
+      </c>
+      <c r="M18" t="s">
+        <v>142</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>147</v>
+      </c>
+      <c r="D19" t="s">
+        <v>148</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>109</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19">
+        <v>2023</v>
+      </c>
+      <c r="J19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K19" t="s">
+        <v>35</v>
+      </c>
+      <c r="L19" t="s">
+        <v>150</v>
+      </c>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>147</v>
+      </c>
+      <c r="D20" t="s">
+        <v>85</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>109</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>44</v>
+      </c>
+      <c r="K20" t="s">
+        <v>35</v>
+      </c>
+      <c r="L20" t="s">
+        <v>156</v>
+      </c>
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>161</v>
+      </c>
+      <c r="D21" t="s">
+        <v>162</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>109</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>44</v>
+      </c>
+      <c r="K21" t="s">
+        <v>163</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>164</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>165</v>
+      </c>
+      <c r="P21" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>167</v>
+      </c>
+      <c r="B22" t="s">
+        <v>168</v>
+      </c>
+      <c r="C22" t="s">
+        <v>169</v>
+      </c>
+      <c r="D22" t="s">
+        <v>148</v>
+      </c>
+      <c r="E22" t="s">
+        <v>71</v>
+      </c>
+      <c r="F22" t="s">
+        <v>72</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>73</v>
+      </c>
+      <c r="K22" t="s">
+        <v>35</v>
+      </c>
+      <c r="L22" t="s">
+        <v>170</v>
+      </c>
+      <c r="M22" t="s">
+        <v>171</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
+        <v>175</v>
+      </c>
+      <c r="C23" t="s">
+        <v>176</v>
+      </c>
+      <c r="D23" t="s">
+        <v>43</v>
+      </c>
+      <c r="E23" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F23" t="s">
+        <v>109</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23">
+        <v>2024</v>
+      </c>
+      <c r="J23" t="s">
+        <v>177</v>
+      </c>
+      <c r="K23" t="s">
+        <v>35</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>178</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>179</v>
+      </c>
+      <c r="P23" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>181</v>
+      </c>
+      <c r="B24" t="s">
+        <v>181</v>
+      </c>
+      <c r="C24" t="s">
+        <v>116</v>
+      </c>
+      <c r="D24" t="s">
+        <v>85</v>
+      </c>
+      <c r="E24" t="s">
+        <v>71</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...52 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2002</v>
+      </c>
+      <c r="I24">
+        <v>2001</v>
+      </c>
+      <c r="J24" t="s">
+        <v>117</v>
+      </c>
+      <c r="K24" t="s">
+        <v>35</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>182</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>185</v>
+      </c>
+      <c r="B25" t="s">
+        <v>186</v>
+      </c>
+      <c r="C25" t="s">
+        <v>50</v>
+      </c>
+      <c r="D25" t="s">
+        <v>43</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2003</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>73</v>
+      </c>
+      <c r="K25" t="s">
+        <v>35</v>
+      </c>
+      <c r="L25" t="s">
+        <v>187</v>
+      </c>
+      <c r="M25" t="s">
+        <v>53</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>50</v>
+      </c>
+      <c r="D26" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" t="s">
+        <v>71</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>73</v>
+      </c>
+      <c r="K26" t="s">
+        <v>35</v>
+      </c>
+      <c r="L26" t="s">
+        <v>192</v>
+      </c>
+      <c r="M26" t="s">
+        <v>53</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>195</v>
+      </c>
+      <c r="B27" t="s">
+        <v>196</v>
+      </c>
+      <c r="C27" t="s">
+        <v>50</v>
+      </c>
+      <c r="D27" t="s">
+        <v>43</v>
+      </c>
+      <c r="E27" t="s">
+        <v>71</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2003</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>73</v>
+      </c>
+      <c r="K27" t="s">
+        <v>35</v>
+      </c>
+      <c r="L27" t="s">
+        <v>197</v>
+      </c>
+      <c r="M27" t="s">
+        <v>198</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>201</v>
+      </c>
+      <c r="B28" t="s">
+        <v>202</v>
+      </c>
+      <c r="C28" t="s">
+        <v>50</v>
+      </c>
+      <c r="D28" t="s">
+        <v>43</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2003</v>
+      </c>
+      <c r="I28">
+        <v>2013</v>
+      </c>
+      <c r="J28" t="s">
+        <v>73</v>
+      </c>
+      <c r="K28" t="s">
+        <v>35</v>
+      </c>
+      <c r="L28" t="s">
+        <v>203</v>
+      </c>
+      <c r="M28" t="s">
+        <v>53</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>204</v>
+      </c>
+      <c r="P28" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>206</v>
+      </c>
+      <c r="B29" t="s">
+        <v>207</v>
+      </c>
+      <c r="C29" t="s">
+        <v>50</v>
+      </c>
+      <c r="D29" t="s">
+        <v>148</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2003</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>73</v>
+      </c>
+      <c r="K29" t="s">
+        <v>35</v>
+      </c>
+      <c r="L29" t="s">
+        <v>208</v>
+      </c>
+      <c r="M29" t="s">
+        <v>53</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>209</v>
+      </c>
+      <c r="P29" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="B30" t="s">
+        <v>212</v>
+      </c>
+      <c r="C30" t="s">
+        <v>50</v>
+      </c>
+      <c r="D30" t="s">
+        <v>43</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2020</v>
+      </c>
+      <c r="J30" t="s">
+        <v>73</v>
+      </c>
+      <c r="K30" t="s">
+        <v>35</v>
+      </c>
+      <c r="L30" t="s">
+        <v>213</v>
+      </c>
+      <c r="M30" t="s">
+        <v>53</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>214</v>
+      </c>
+      <c r="P30" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>216</v>
+      </c>
+      <c r="B31" t="s">
+        <v>217</v>
+      </c>
+      <c r="C31" t="s">
+        <v>50</v>
+      </c>
+      <c r="D31" t="s">
+        <v>43</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2005</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>73</v>
+      </c>
+      <c r="K31" t="s">
+        <v>35</v>
+      </c>
+      <c r="L31" t="s">
+        <v>218</v>
+      </c>
+      <c r="M31" t="s">
+        <v>53</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>219</v>
+      </c>
+      <c r="P31" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>221</v>
+      </c>
+      <c r="B32" t="s">
+        <v>222</v>
+      </c>
+      <c r="C32" t="s">
+        <v>50</v>
+      </c>
+      <c r="D32" t="s">
+        <v>85</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2003</v>
+      </c>
+      <c r="I32">
+        <v>2013</v>
+      </c>
+      <c r="J32" t="s">
+        <v>73</v>
+      </c>
+      <c r="K32" t="s">
+        <v>35</v>
+      </c>
+      <c r="L32" t="s">
+        <v>223</v>
+      </c>
+      <c r="M32" t="s">
+        <v>53</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>224</v>
+      </c>
+      <c r="P32" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>226</v>
+      </c>
+      <c r="B33" t="s">
+        <v>227</v>
+      </c>
+      <c r="C33" t="s">
+        <v>228</v>
+      </c>
+      <c r="D33" t="s">
+        <v>43</v>
+      </c>
+      <c r="E33" t="s">
+        <v>71</v>
+      </c>
+      <c r="F33" t="s">
         <v>33</v>
       </c>
-    </row>
-[...64 lines deleted...]
-      <c r="H5">
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1999</v>
+      </c>
+      <c r="I33">
+        <v>2000</v>
+      </c>
+      <c r="J33" t="s">
+        <v>117</v>
+      </c>
+      <c r="K33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L33" t="s">
+        <v>229</v>
+      </c>
+      <c r="M33" t="s">
+        <v>230</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>231</v>
+      </c>
+      <c r="P33" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>233</v>
+      </c>
+      <c r="B34" t="s">
+        <v>234</v>
+      </c>
+      <c r="C34" t="s">
+        <v>235</v>
+      </c>
+      <c r="D34" t="s">
+        <v>236</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>109</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2013</v>
       </c>
-      <c r="I5" t="s">
-[...5 lines deleted...]
-      <c r="K5" t="s">
+      <c r="I34">
+        <v>2024</v>
+      </c>
+      <c r="J34" t="s">
+        <v>237</v>
+      </c>
+      <c r="K34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L34" t="s">
+        <v>238</v>
+      </c>
+      <c r="M34" t="s">
+        <v>239</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>240</v>
+      </c>
+      <c r="P34" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>233</v>
+      </c>
+      <c r="B35" t="s">
+        <v>242</v>
+      </c>
+      <c r="C35" t="s">
+        <v>243</v>
+      </c>
+      <c r="D35" t="s">
+        <v>244</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>109</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2015</v>
+      </c>
+      <c r="I35">
+        <v>2025</v>
+      </c>
+      <c r="J35" t="s">
+        <v>177</v>
+      </c>
+      <c r="K35" t="s">
+        <v>35</v>
+      </c>
+      <c r="L35" t="s">
+        <v>245</v>
+      </c>
+      <c r="M35" t="s">
+        <v>239</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>246</v>
+      </c>
+      <c r="P35" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>248</v>
+      </c>
+      <c r="B36" t="s">
+        <v>249</v>
+      </c>
+      <c r="C36" t="s">
+        <v>250</v>
+      </c>
+      <c r="D36" t="s">
+        <v>85</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2004</v>
+      </c>
+      <c r="I36">
+        <v>2017</v>
+      </c>
+      <c r="J36" t="s">
+        <v>140</v>
+      </c>
+      <c r="K36" t="s">
+        <v>35</v>
+      </c>
+      <c r="L36" t="s">
+        <v>251</v>
+      </c>
+      <c r="M36" t="s">
+        <v>252</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>253</v>
+      </c>
+      <c r="P36" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>255</v>
+      </c>
+      <c r="B37" t="s">
+        <v>256</v>
+      </c>
+      <c r="C37" t="s">
+        <v>250</v>
+      </c>
+      <c r="D37" t="s">
+        <v>257</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>109</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37">
+        <v>2016</v>
+      </c>
+      <c r="J37" t="s">
+        <v>140</v>
+      </c>
+      <c r="K37" t="s">
+        <v>35</v>
+      </c>
+      <c r="L37" t="s">
+        <v>258</v>
+      </c>
+      <c r="M37" t="s">
+        <v>252</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>259</v>
+      </c>
+      <c r="P37" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>261</v>
+      </c>
+      <c r="B38" t="s">
+        <v>262</v>
+      </c>
+      <c r="C38" t="s">
+        <v>250</v>
+      </c>
+      <c r="D38" t="s">
+        <v>263</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38">
+        <v>2017</v>
+      </c>
+      <c r="J38" t="s">
+        <v>140</v>
+      </c>
+      <c r="K38" t="s">
+        <v>35</v>
+      </c>
+      <c r="L38" t="s">
+        <v>264</v>
+      </c>
+      <c r="M38" t="s">
+        <v>252</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>265</v>
+      </c>
+      <c r="P38" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>267</v>
+      </c>
+      <c r="B39" t="s">
+        <v>268</v>
+      </c>
+      <c r="C39" t="s">
+        <v>116</v>
+      </c>
+      <c r="D39" t="s">
         <v>43</v>
       </c>
-      <c r="L5" t="s">
-[...200 lines deleted...]
-      <c r="G10">
+      <c r="E39" t="s">
+        <v>71</v>
+      </c>
+      <c r="F39" t="s">
+        <v>72</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2001</v>
+      </c>
+      <c r="I39">
         <v>2013</v>
       </c>
-      <c r="H10">
-[...28 lines deleted...]
-      <c r="C11" t="s">
+      <c r="J39" t="s">
+        <v>117</v>
+      </c>
+      <c r="K39" t="s">
+        <v>35</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>182</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>269</v>
+      </c>
+      <c r="P39" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>271</v>
+      </c>
+      <c r="B40" t="s">
+        <v>272</v>
+      </c>
+      <c r="C40" t="s">
+        <v>116</v>
+      </c>
+      <c r="D40" t="s">
+        <v>85</v>
+      </c>
+      <c r="E40" t="s">
         <v>71</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F40" t="s">
         <v>72</v>
       </c>
-      <c r="F11" t="s">
-[...126 lines deleted...]
-      <c r="G14">
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2002</v>
       </c>
-      <c r="H14">
-[...229 lines deleted...]
-      <c r="L19" t="s">
+      <c r="I40">
+        <v>2013</v>
+      </c>
+      <c r="J40" t="s">
         <v>117</v>
       </c>
-      <c r="M19" t="s">
-[...7 lines deleted...]
-      <c r="A20" t="s">
+      <c r="K40" t="s">
+        <v>35</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
         <v>119</v>
       </c>
-      <c r="B20" t="s">
-[...46 lines deleted...]
-      <c r="C21" t="s">
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>273</v>
+      </c>
+      <c r="P40" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>275</v>
+      </c>
+      <c r="B41" t="s">
+        <v>276</v>
+      </c>
+      <c r="C41" t="s">
         <v>124</v>
       </c>
-      <c r="D21" t="s">
-[...868 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="E41" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>72</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
-      <c r="I41" t="s">
-        <v>97</v>
+      <c r="I41">
+        <v>2012</v>
       </c>
       <c r="J41" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="K41" t="s">
+        <v>35</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
       <c r="N41" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>277</v>
+      </c>
+      <c r="P41" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>201</v>
+        <v>279</v>
       </c>
       <c r="B42" t="s">
-        <v>89</v>
+        <v>280</v>
       </c>
       <c r="C42" t="s">
-        <v>36</v>
+        <v>116</v>
       </c>
       <c r="D42" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
-      <c r="I42" t="s">
-        <v>90</v>
+      <c r="I42">
+        <v>2012</v>
       </c>
       <c r="J42" t="s">
-        <v>30</v>
+        <v>117</v>
       </c>
       <c r="K42" t="s">
-        <v>202</v>
+        <v>35</v>
       </c>
       <c r="L42" t="s">
-        <v>92</v>
+        <v>281</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="N42" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>282</v>
+      </c>
+      <c r="P42" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>204</v>
+        <v>283</v>
       </c>
       <c r="B43" t="s">
-        <v>205</v>
+        <v>284</v>
       </c>
       <c r="C43" t="s">
-        <v>36</v>
+        <v>285</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E43" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>33</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2006</v>
       </c>
-      <c r="H43">
+      <c r="I43">
         <v>2022</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>286</v>
+      </c>
+      <c r="K43" t="s">
+        <v>35</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>287</v>
       </c>
       <c r="N43" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>288</v>
+      </c>
+      <c r="P43" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>209</v>
+        <v>290</v>
       </c>
       <c r="B44" t="s">
-        <v>205</v>
+        <v>291</v>
       </c>
       <c r="C44" t="s">
-        <v>36</v>
+        <v>285</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E44" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>33</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2015</v>
       </c>
-      <c r="H44">
+      <c r="I44">
         <v>2022</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>30</v>
+        <v>286</v>
       </c>
       <c r="K44" t="s">
-        <v>210</v>
+        <v>35</v>
       </c>
       <c r="L44" t="s">
-        <v>207</v>
+        <v>292</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>287</v>
       </c>
       <c r="N44" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>293</v>
+      </c>
+      <c r="P44" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>212</v>
+        <v>295</v>
       </c>
       <c r="B45" t="s">
-        <v>213</v>
+        <v>296</v>
       </c>
       <c r="C45" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E45" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2000</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>2015</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>30</v>
+        <v>298</v>
       </c>
       <c r="K45" t="s">
-        <v>215</v>
+        <v>35</v>
       </c>
       <c r="L45" t="s">
-        <v>216</v>
+        <v>299</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="N45" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>301</v>
+      </c>
+      <c r="P45" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>218</v>
+        <v>303</v>
       </c>
       <c r="B46" t="s">
-        <v>213</v>
+        <v>304</v>
       </c>
       <c r="C46" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E46" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>33</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2000</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2015</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>298</v>
+      </c>
+      <c r="K46" t="s">
+        <v>35</v>
+      </c>
+      <c r="L46"/>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="N46" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>305</v>
+      </c>
+      <c r="P46" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>220</v>
+        <v>307</v>
       </c>
       <c r="B47" t="s">
-        <v>213</v>
+        <v>308</v>
       </c>
       <c r="C47" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E47" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>33</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2016</v>
       </c>
-      <c r="H47">
+      <c r="I47">
         <v>2020</v>
       </c>
-      <c r="I47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K47" t="s">
+        <v>35</v>
+      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="N47" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>309</v>
+      </c>
+      <c r="P47" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>220</v>
+        <v>307</v>
       </c>
       <c r="B48" t="s">
-        <v>213</v>
+        <v>311</v>
       </c>
       <c r="C48" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E48" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>33</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2016</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2020</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K48" t="s">
+        <v>35</v>
+      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="N48" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>312</v>
+      </c>
+      <c r="P48" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>223</v>
+        <v>314</v>
       </c>
       <c r="B49" t="s">
-        <v>213</v>
+        <v>315</v>
       </c>
       <c r="C49" t="s">
-        <v>66</v>
+        <v>297</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>85</v>
       </c>
       <c r="E49" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2000</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2016</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>298</v>
+      </c>
+      <c r="K49" t="s">
+        <v>35</v>
+      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="N49" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>316</v>
+      </c>
+      <c r="P49" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>225</v>
+        <v>318</v>
       </c>
       <c r="B50" t="s">
-        <v>213</v>
+        <v>319</v>
       </c>
       <c r="C50" t="s">
-        <v>66</v>
+        <v>297</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>85</v>
       </c>
       <c r="E50" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>33</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2000</v>
       </c>
-      <c r="H50">
+      <c r="I50">
         <v>2020</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K50" t="s">
+        <v>35</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="N50" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>320</v>
+      </c>
+      <c r="P50" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>227</v>
+        <v>322</v>
       </c>
       <c r="B51" t="s">
-        <v>213</v>
+        <v>323</v>
       </c>
       <c r="C51" t="s">
-        <v>66</v>
+        <v>297</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>85</v>
       </c>
       <c r="E51" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>33</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2016</v>
       </c>
-      <c r="H51">
+      <c r="I51">
         <v>2020</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K51" t="s">
+        <v>35</v>
+      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="N51" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>324</v>
+      </c>
+      <c r="P51" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>229</v>
+        <v>326</v>
       </c>
       <c r="B52" t="s">
-        <v>230</v>
+        <v>327</v>
       </c>
       <c r="C52" t="s">
-        <v>36</v>
+        <v>328</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E52" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2013</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2014</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="K52" t="s">
-        <v>231</v>
+        <v>35</v>
       </c>
       <c r="L52" t="s">
-        <v>232</v>
+        <v>329</v>
       </c>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>330</v>
       </c>
       <c r="N52" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>331</v>
+      </c>
+      <c r="P52" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>234</v>
+        <v>333</v>
       </c>
       <c r="B53" t="s">
-        <v>230</v>
+        <v>334</v>
       </c>
       <c r="C53" t="s">
-        <v>173</v>
+        <v>328</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="E53" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>33</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2013</v>
       </c>
-      <c r="H53">
+      <c r="I53">
         <v>2014</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="K53" t="s">
-        <v>231</v>
+        <v>35</v>
       </c>
       <c r="L53" t="s">
-        <v>232</v>
+        <v>329</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>330</v>
       </c>
       <c r="N53" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>335</v>
+      </c>
+      <c r="P53" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>236</v>
+        <v>337</v>
       </c>
       <c r="B54" t="s">
-        <v>230</v>
+        <v>338</v>
       </c>
       <c r="C54" t="s">
-        <v>237</v>
+        <v>328</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>339</v>
       </c>
       <c r="E54" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>2013</v>
       </c>
-      <c r="H54">
+      <c r="I54">
         <v>2014</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="K54" t="s">
-        <v>231</v>
+        <v>35</v>
       </c>
       <c r="L54" t="s">
-        <v>232</v>
+        <v>329</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>330</v>
       </c>
       <c r="N54" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>340</v>
+      </c>
+      <c r="P54" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>239</v>
+        <v>342</v>
       </c>
       <c r="B55" t="s">
-        <v>240</v>
+        <v>343</v>
       </c>
       <c r="C55" t="s">
-        <v>36</v>
+        <v>344</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E55" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G55">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2016</v>
       </c>
-      <c r="H55">
+      <c r="I55">
         <v>2018</v>
       </c>
-      <c r="I55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J55" t="s">
-        <v>30</v>
+        <v>126</v>
       </c>
       <c r="K55" t="s">
-        <v>241</v>
+        <v>35</v>
       </c>
       <c r="L55" t="s">
-        <v>242</v>
+        <v>345</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N55" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>347</v>
+      </c>
+      <c r="P55" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>244</v>
+        <v>349</v>
       </c>
       <c r="B56" t="s">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="C56" t="s">
-        <v>66</v>
+        <v>344</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>85</v>
       </c>
       <c r="E56" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G56">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2016</v>
       </c>
-      <c r="H56">
+      <c r="I56">
         <v>2018</v>
       </c>
-      <c r="I56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J56" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K56" t="s">
+        <v>35</v>
+      </c>
+      <c r="L56"/>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N56" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>351</v>
+      </c>
+      <c r="P56" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>246</v>
+        <v>353</v>
       </c>
       <c r="B57" t="s">
-        <v>247</v>
+        <v>354</v>
       </c>
       <c r="C57" t="s">
-        <v>248</v>
+        <v>355</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>356</v>
       </c>
       <c r="E57" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G57">
+        <v>109</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
         <v>2005</v>
       </c>
-      <c r="H57">
+      <c r="I57">
         <v>2008</v>
       </c>
-      <c r="I57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J57" t="s">
-        <v>30</v>
+        <v>357</v>
       </c>
       <c r="K57" t="s">
-        <v>250</v>
+        <v>35</v>
       </c>
       <c r="L57" t="s">
-        <v>251</v>
+        <v>358</v>
       </c>
       <c r="M57" t="s">
-        <v>24</v>
+        <v>359</v>
       </c>
       <c r="N57" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>360</v>
+      </c>
+      <c r="P57" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>253</v>
+        <v>362</v>
       </c>
       <c r="B58" t="s">
-        <v>254</v>
+        <v>363</v>
       </c>
       <c r="C58" t="s">
-        <v>36</v>
+        <v>364</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E58" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>33</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
       </c>
       <c r="H58">
         <v>2010</v>
       </c>
-      <c r="I58" t="s">
-        <v>255</v>
+      <c r="I58">
+        <v>2010</v>
       </c>
       <c r="J58" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="K58" t="s">
+        <v>35</v>
+      </c>
+      <c r="L58"/>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>366</v>
       </c>
       <c r="N58" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>367</v>
+      </c>
+      <c r="P58" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>258</v>
+        <v>369</v>
       </c>
       <c r="B59" t="s">
-        <v>259</v>
+        <v>370</v>
       </c>
       <c r="C59" t="s">
-        <v>260</v>
+        <v>371</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>372</v>
       </c>
       <c r="E59" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G59">
+        <v>109</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2008</v>
       </c>
-      <c r="H59">
+      <c r="I59">
         <v>2020</v>
       </c>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
       <c r="K59" t="s">
-        <v>261</v>
+        <v>35</v>
       </c>
       <c r="L59" t="s">
-        <v>262</v>
+        <v>373</v>
       </c>
       <c r="M59" t="s">
-        <v>263</v>
+        <v>374</v>
       </c>
       <c r="N59" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>375</v>
+      </c>
+      <c r="O59" t="s">
+        <v>376</v>
+      </c>
+      <c r="P59" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>265</v>
+        <v>378</v>
       </c>
       <c r="B60" t="s">
-        <v>82</v>
+        <v>379</v>
       </c>
       <c r="C60" t="s">
-        <v>173</v>
+        <v>107</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="E60" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="G60">
+        <v>33</v>
+      </c>
+      <c r="G60" t="s">
+        <v>8</v>
+      </c>
+      <c r="H60">
         <v>2015</v>
       </c>
-      <c r="H60">
+      <c r="I60">
         <v>2019</v>
       </c>
-      <c r="I60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J60" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="K60" t="s">
+        <v>35</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>380</v>
       </c>
       <c r="N60" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>381</v>
+      </c>
+      <c r="P60" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>269</v>
+        <v>383</v>
       </c>
       <c r="B61" t="s">
-        <v>82</v>
+        <v>384</v>
       </c>
       <c r="C61" t="s">
-        <v>173</v>
+        <v>107</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="E61" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G61">
+        <v>33</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
         <v>2015</v>
       </c>
-      <c r="H61">
+      <c r="I61">
         <v>2024</v>
       </c>
-      <c r="I61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J61" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="K61" t="s">
+        <v>35</v>
+      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>380</v>
       </c>
       <c r="N61" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>386</v>
+      </c>
+      <c r="P61" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>272</v>
+        <v>387</v>
       </c>
       <c r="B62" t="s">
-        <v>95</v>
+        <v>123</v>
       </c>
       <c r="C62" t="s">
-        <v>173</v>
+        <v>124</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="E62" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G62">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
         <v>1994</v>
       </c>
-      <c r="H62">
+      <c r="I62">
         <v>2003</v>
       </c>
-      <c r="I62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J62" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="K62" t="s">
+        <v>35</v>
+      </c>
+      <c r="L62"/>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
       <c r="N62" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>388</v>
+      </c>
+      <c r="P62" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>274</v>
+        <v>390</v>
       </c>
       <c r="B63" t="s">
-        <v>82</v>
+        <v>391</v>
       </c>
       <c r="C63" t="s">
-        <v>275</v>
+        <v>107</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>392</v>
       </c>
       <c r="E63" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="G63">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>8</v>
+      </c>
+      <c r="H63">
         <v>2015</v>
       </c>
-      <c r="H63">
+      <c r="I63">
         <v>2019</v>
       </c>
-      <c r="I63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J63" t="s">
-        <v>30</v>
+        <v>140</v>
       </c>
       <c r="K63" t="s">
-        <v>276</v>
+        <v>35</v>
       </c>
       <c r="L63" t="s">
-        <v>267</v>
+        <v>393</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>380</v>
       </c>
       <c r="N63" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>394</v>
+      </c>
+      <c r="P63" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>278</v>
+        <v>396</v>
       </c>
       <c r="B64" t="s">
-        <v>82</v>
+        <v>397</v>
       </c>
       <c r="C64" t="s">
-        <v>173</v>
+        <v>107</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="E64" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="G64">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>8</v>
+      </c>
+      <c r="H64">
         <v>2015</v>
       </c>
-      <c r="H64">
+      <c r="I64">
         <v>2024</v>
       </c>
-      <c r="I64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J64" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="K64" t="s">
+        <v>35</v>
+      </c>
+      <c r="L64"/>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>380</v>
       </c>
       <c r="N64" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>398</v>
+      </c>
+      <c r="P64" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>280</v>
+        <v>400</v>
       </c>
       <c r="B65" t="s">
-        <v>95</v>
+        <v>131</v>
       </c>
       <c r="C65" t="s">
-        <v>36</v>
+        <v>124</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E65" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2009</v>
       </c>
-      <c r="H65">
+      <c r="I65">
         <v>2014</v>
       </c>
-      <c r="I65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J65" t="s">
-        <v>30</v>
+        <v>126</v>
       </c>
       <c r="K65" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="L65" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
       <c r="N65" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>401</v>
+      </c>
+      <c r="P65" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>282</v>
+        <v>403</v>
       </c>
       <c r="B66" t="s">
-        <v>134</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
-        <v>283</v>
+        <v>176</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>405</v>
       </c>
       <c r="E66" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G66">
+        <v>109</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
         <v>2022</v>
       </c>
-      <c r="H66">
+      <c r="I66">
         <v>2024</v>
       </c>
-      <c r="I66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J66" t="s">
-        <v>30</v>
+        <v>406</v>
       </c>
       <c r="K66" t="s">
-        <v>285</v>
+        <v>35</v>
       </c>
       <c r="L66" t="s">
-        <v>286</v>
+        <v>407</v>
       </c>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>408</v>
       </c>
       <c r="N66" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>409</v>
+      </c>
+      <c r="P66" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>288</v>
+        <v>411</v>
       </c>
       <c r="B67" t="s">
-        <v>289</v>
+        <v>412</v>
       </c>
       <c r="C67" t="s">
-        <v>36</v>
+        <v>413</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E67" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
       </c>
       <c r="H67">
         <v>2010</v>
       </c>
-      <c r="I67" t="s">
-        <v>249</v>
+      <c r="I67">
+        <v>2010</v>
       </c>
       <c r="J67" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="K67" t="s">
+        <v>35</v>
+      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
+        <v>414</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>415</v>
+      </c>
+      <c r="P67" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>417</v>
+      </c>
+      <c r="B68" t="s">
+        <v>418</v>
+      </c>
+      <c r="C68" t="s">
+        <v>116</v>
+      </c>
+      <c r="D68" t="s">
+        <v>236</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2001</v>
+      </c>
+      <c r="I68">
+        <v>2018</v>
+      </c>
+      <c r="J68" t="s">
+        <v>44</v>
+      </c>
+      <c r="K68" t="s">
+        <v>35</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>182</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>419</v>
+      </c>
+      <c r="P68" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>421</v>
+      </c>
+      <c r="B69" t="s">
+        <v>422</v>
+      </c>
+      <c r="C69" t="s">
+        <v>176</v>
+      </c>
+      <c r="D69" t="s">
+        <v>148</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>33</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2013</v>
+      </c>
+      <c r="I69">
+        <v>2016</v>
+      </c>
+      <c r="J69" t="s">
+        <v>44</v>
+      </c>
+      <c r="K69" t="s">
+        <v>35</v>
+      </c>
+      <c r="L69" t="s">
+        <v>423</v>
+      </c>
+      <c r="M69" t="s">
+        <v>408</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>424</v>
+      </c>
+      <c r="P69" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>426</v>
+      </c>
+      <c r="B70" t="s">
+        <v>427</v>
+      </c>
+      <c r="C70" t="s">
+        <v>285</v>
+      </c>
+      <c r="D70" t="s">
+        <v>43</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2006</v>
+      </c>
+      <c r="I70">
+        <v>2010</v>
+      </c>
+      <c r="J70" t="s">
+        <v>286</v>
+      </c>
+      <c r="K70" t="s">
+        <v>35</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>428</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>429</v>
+      </c>
+      <c r="P70" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>431</v>
+      </c>
+      <c r="B71" t="s">
+        <v>432</v>
+      </c>
+      <c r="C71" t="s">
+        <v>285</v>
+      </c>
+      <c r="D71" t="s">
+        <v>43</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2006</v>
+      </c>
+      <c r="I71">
+        <v>2010</v>
+      </c>
+      <c r="J71" t="s">
+        <v>286</v>
+      </c>
+      <c r="K71" t="s">
+        <v>35</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>428</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>433</v>
+      </c>
+      <c r="P71" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>435</v>
+      </c>
+      <c r="B72" t="s">
+        <v>436</v>
+      </c>
+      <c r="C72" t="s">
+        <v>437</v>
+      </c>
+      <c r="D72" t="s">
+        <v>43</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2012</v>
+      </c>
+      <c r="I72">
+        <v>2013</v>
+      </c>
+      <c r="J72" t="s">
+        <v>140</v>
+      </c>
+      <c r="K72" t="s">
+        <v>35</v>
+      </c>
+      <c r="L72" t="s">
+        <v>435</v>
+      </c>
+      <c r="M72" t="s">
+        <v>438</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>439</v>
+      </c>
+      <c r="P72" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>441</v>
+      </c>
+      <c r="B73" t="s">
+        <v>442</v>
+      </c>
+      <c r="C73" t="s">
+        <v>437</v>
+      </c>
+      <c r="D73" t="s">
+        <v>244</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2010</v>
+      </c>
+      <c r="I73">
+        <v>2018</v>
+      </c>
+      <c r="J73" t="s">
+        <v>140</v>
+      </c>
+      <c r="K73" t="s">
+        <v>35</v>
+      </c>
+      <c r="L73" t="s">
+        <v>441</v>
+      </c>
+      <c r="M73" t="s">
+        <v>438</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>443</v>
+      </c>
+      <c r="P73" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>445</v>
+      </c>
+      <c r="B74" t="s">
+        <v>446</v>
+      </c>
+      <c r="C74" t="s">
+        <v>437</v>
+      </c>
+      <c r="D74" t="s">
+        <v>148</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2012</v>
+      </c>
+      <c r="I74">
+        <v>2017</v>
+      </c>
+      <c r="J74" t="s">
+        <v>126</v>
+      </c>
+      <c r="K74" t="s">
+        <v>35</v>
+      </c>
+      <c r="L74" t="s">
+        <v>445</v>
+      </c>
+      <c r="M74" t="s">
+        <v>438</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>447</v>
+      </c>
+      <c r="P74" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>449</v>
+      </c>
+      <c r="B75" t="s">
+        <v>450</v>
+      </c>
+      <c r="C75" t="s">
+        <v>451</v>
+      </c>
+      <c r="D75" t="s">
+        <v>125</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>109</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2020</v>
+      </c>
+      <c r="I75">
+        <v>2024</v>
+      </c>
+      <c r="J75" t="s">
+        <v>452</v>
+      </c>
+      <c r="K75" t="s">
+        <v>35</v>
+      </c>
+      <c r="L75" t="s">
+        <v>453</v>
+      </c>
+      <c r="M75" t="s">
+        <v>454</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>455</v>
+      </c>
+      <c r="P75" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>457</v>
+      </c>
+      <c r="B76" t="s">
+        <v>458</v>
+      </c>
+      <c r="C76" t="s">
+        <v>459</v>
+      </c>
+      <c r="D76" t="s">
+        <v>85</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>109</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2007</v>
+      </c>
+      <c r="I76">
+        <v>2013</v>
+      </c>
+      <c r="J76" t="s">
+        <v>365</v>
+      </c>
+      <c r="K76" t="s">
+        <v>35</v>
+      </c>
+      <c r="L76" t="s">
+        <v>460</v>
+      </c>
+      <c r="M76" t="s">
+        <v>461</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>462</v>
+      </c>
+      <c r="P76" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>464</v>
+      </c>
+      <c r="B77" t="s">
+        <v>465</v>
+      </c>
+      <c r="C77" t="s">
+        <v>459</v>
+      </c>
+      <c r="D77" t="s">
+        <v>148</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>33</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2007</v>
+      </c>
+      <c r="I77">
+        <v>2015</v>
+      </c>
+      <c r="J77" t="s">
+        <v>365</v>
+      </c>
+      <c r="K77" t="s">
+        <v>35</v>
+      </c>
+      <c r="L77" t="s">
+        <v>466</v>
+      </c>
+      <c r="M77" t="s">
+        <v>461</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>467</v>
+      </c>
+      <c r="P77" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>469</v>
+      </c>
+      <c r="B78" t="s">
+        <v>470</v>
+      </c>
+      <c r="C78" t="s">
+        <v>285</v>
+      </c>
+      <c r="D78" t="s">
+        <v>43</v>
+      </c>
+      <c r="E78" t="s">
+        <v>71</v>
+      </c>
+      <c r="F78" t="s">
+        <v>72</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1993</v>
+      </c>
+      <c r="I78">
+        <v>2012</v>
+      </c>
+      <c r="J78" t="s">
+        <v>286</v>
+      </c>
+      <c r="K78" t="s">
+        <v>35</v>
+      </c>
+      <c r="L78" t="s">
+        <v>471</v>
+      </c>
+      <c r="M78" t="s">
+        <v>472</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>473</v>
+      </c>
+      <c r="P78" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>475</v>
+      </c>
+      <c r="B79" t="s">
+        <v>476</v>
+      </c>
+      <c r="C79" t="s">
+        <v>285</v>
+      </c>
+      <c r="D79" t="s">
+        <v>43</v>
+      </c>
+      <c r="E79" t="s">
+        <v>71</v>
+      </c>
+      <c r="F79" t="s">
+        <v>72</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>1993</v>
+      </c>
+      <c r="I79">
+        <v>2016</v>
+      </c>
+      <c r="J79" t="s">
+        <v>286</v>
+      </c>
+      <c r="K79" t="s">
+        <v>35</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>472</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>477</v>
+      </c>
+      <c r="P79" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>478</v>
+      </c>
+      <c r="B80" t="s">
+        <v>479</v>
+      </c>
+      <c r="C80" t="s">
+        <v>285</v>
+      </c>
+      <c r="D80" t="s">
+        <v>43</v>
+      </c>
+      <c r="E80" t="s">
+        <v>71</v>
+      </c>
+      <c r="F80" t="s">
+        <v>72</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1993</v>
+      </c>
+      <c r="I80">
+        <v>2010</v>
+      </c>
+      <c r="J80" t="s">
+        <v>286</v>
+      </c>
+      <c r="K80" t="s">
+        <v>35</v>
+      </c>
+      <c r="L80" t="s">
+        <v>480</v>
+      </c>
+      <c r="M80" t="s">
+        <v>472</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>481</v>
+      </c>
+      <c r="P80" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>482</v>
+      </c>
+      <c r="B81" t="s">
+        <v>483</v>
+      </c>
+      <c r="C81" t="s">
+        <v>364</v>
+      </c>
+      <c r="D81" t="s">
+        <v>85</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>33</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>1999</v>
+      </c>
+      <c r="I81">
+        <v>2012</v>
+      </c>
+      <c r="J81" t="s">
+        <v>365</v>
+      </c>
+      <c r="K81" t="s">
+        <v>35</v>
+      </c>
+      <c r="L81" t="s">
+        <v>484</v>
+      </c>
+      <c r="M81" t="s">
+        <v>366</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>485</v>
+      </c>
+      <c r="P81" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>487</v>
+      </c>
+      <c r="B82" t="s">
+        <v>488</v>
+      </c>
+      <c r="C82" t="s">
+        <v>489</v>
+      </c>
+      <c r="D82" t="s">
+        <v>125</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>109</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2018</v>
+      </c>
+      <c r="I82">
+        <v>2019</v>
+      </c>
+      <c r="J82" t="s">
+        <v>357</v>
+      </c>
+      <c r="K82" t="s">
+        <v>35</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>490</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>491</v>
+      </c>
+      <c r="P82" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>493</v>
+      </c>
+      <c r="B83" t="s">
+        <v>494</v>
+      </c>
+      <c r="C83" t="s">
+        <v>495</v>
+      </c>
+      <c r="D83" t="s">
+        <v>496</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>109</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2017</v>
+      </c>
+      <c r="I83">
+        <v>2021</v>
+      </c>
+      <c r="J83" t="s">
+        <v>497</v>
+      </c>
+      <c r="K83" t="s">
+        <v>498</v>
+      </c>
+      <c r="L83" t="s">
+        <v>499</v>
+      </c>
+      <c r="M83" t="s">
+        <v>500</v>
+      </c>
+      <c r="N83" t="s">
+        <v>375</v>
+      </c>
+      <c r="O83" t="s">
+        <v>501</v>
+      </c>
+      <c r="P83" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>503</v>
+      </c>
+      <c r="B84" t="s">
+        <v>504</v>
+      </c>
+      <c r="C84" t="s">
+        <v>505</v>
+      </c>
+      <c r="D84" t="s">
+        <v>506</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2009</v>
+      </c>
+      <c r="I84">
+        <v>2016</v>
+      </c>
+      <c r="J84" t="s">
+        <v>507</v>
+      </c>
+      <c r="K84" t="s">
+        <v>35</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>508</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>509</v>
+      </c>
+      <c r="P84" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>511</v>
+      </c>
+      <c r="B85" t="s">
+        <v>512</v>
+      </c>
+      <c r="C85" t="s">
+        <v>513</v>
+      </c>
+      <c r="D85" t="s">
+        <v>43</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2013</v>
+      </c>
+      <c r="I85">
+        <v>2020</v>
+      </c>
+      <c r="J85" t="s">
+        <v>286</v>
+      </c>
+      <c r="K85" t="s">
+        <v>35</v>
+      </c>
+      <c r="L85" t="s">
+        <v>514</v>
+      </c>
+      <c r="M85" t="s">
+        <v>515</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>516</v>
+      </c>
+      <c r="P85" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>518</v>
+      </c>
+      <c r="B86" t="s">
+        <v>519</v>
+      </c>
+      <c r="C86" t="s">
+        <v>116</v>
+      </c>
+      <c r="D86" t="s">
+        <v>43</v>
+      </c>
+      <c r="E86" t="s">
+        <v>71</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2010</v>
+      </c>
+      <c r="I86">
+        <v>2017</v>
+      </c>
+      <c r="J86" t="s">
+        <v>117</v>
+      </c>
+      <c r="K86" t="s">
+        <v>35</v>
+      </c>
+      <c r="L86" t="s">
+        <v>520</v>
+      </c>
+      <c r="M86" t="s">
+        <v>182</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>521</v>
+      </c>
+      <c r="P86" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>523</v>
+      </c>
+      <c r="B87" t="s">
+        <v>524</v>
+      </c>
+      <c r="C87" t="s">
+        <v>525</v>
+      </c>
+      <c r="D87" t="s">
+        <v>125</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>109</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2016</v>
+      </c>
+      <c r="I87">
+        <v>2019</v>
+      </c>
+      <c r="J87" t="s">
+        <v>126</v>
+      </c>
+      <c r="K87" t="s">
+        <v>35</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>526</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>527</v>
+      </c>
+      <c r="P87" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>529</v>
+      </c>
+      <c r="B88" t="s">
+        <v>530</v>
+      </c>
+      <c r="C88" t="s">
+        <v>525</v>
+      </c>
+      <c r="D88" t="s">
+        <v>125</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>109</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2016</v>
+      </c>
+      <c r="I88">
+        <v>2019</v>
+      </c>
+      <c r="J88" t="s">
+        <v>126</v>
+      </c>
+      <c r="K88" t="s">
+        <v>35</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>526</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>531</v>
+      </c>
+      <c r="P88" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>532</v>
+      </c>
+      <c r="B89" t="s">
+        <v>533</v>
+      </c>
+      <c r="C89" t="s">
+        <v>437</v>
+      </c>
+      <c r="D89" t="s">
+        <v>43</v>
+      </c>
+      <c r="E89" t="s">
+        <v>71</v>
+      </c>
+      <c r="F89" t="s">
+        <v>72</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2010</v>
+      </c>
+      <c r="I89">
+        <v>2022</v>
+      </c>
+      <c r="J89" t="s">
+        <v>286</v>
+      </c>
+      <c r="K89" t="s">
+        <v>35</v>
+      </c>
+      <c r="L89" t="s">
+        <v>534</v>
+      </c>
+      <c r="M89" t="s">
+        <v>535</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>536</v>
+      </c>
+      <c r="P89" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>538</v>
+      </c>
+      <c r="B90" t="s">
+        <v>539</v>
+      </c>
+      <c r="C90" t="s">
+        <v>437</v>
+      </c>
+      <c r="D90" t="s">
+        <v>43</v>
+      </c>
+      <c r="E90" t="s">
+        <v>71</v>
+      </c>
+      <c r="F90" t="s">
+        <v>72</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>1995</v>
+      </c>
+      <c r="I90">
+        <v>2013</v>
+      </c>
+      <c r="J90" t="s">
+        <v>286</v>
+      </c>
+      <c r="K90" t="s">
+        <v>35</v>
+      </c>
+      <c r="L90" t="s">
+        <v>540</v>
+      </c>
+      <c r="M90" t="s">
+        <v>535</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>541</v>
+      </c>
+      <c r="P90" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>543</v>
+      </c>
+      <c r="B91" t="s">
+        <v>544</v>
+      </c>
+      <c r="C91" t="s">
+        <v>437</v>
+      </c>
+      <c r="D91" t="s">
+        <v>85</v>
+      </c>
+      <c r="E91" t="s">
+        <v>71</v>
+      </c>
+      <c r="F91" t="s">
+        <v>72</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>1996</v>
+      </c>
+      <c r="I91">
+        <v>2012</v>
+      </c>
+      <c r="J91" t="s">
+        <v>286</v>
+      </c>
+      <c r="K91" t="s">
+        <v>35</v>
+      </c>
+      <c r="L91" t="s">
+        <v>545</v>
+      </c>
+      <c r="M91" t="s">
+        <v>535</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>546</v>
+      </c>
+      <c r="P91" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>548</v>
+      </c>
+      <c r="B92" t="s">
+        <v>549</v>
+      </c>
+      <c r="C92" t="s">
+        <v>437</v>
+      </c>
+      <c r="D92" t="s">
+        <v>43</v>
+      </c>
+      <c r="E92" t="s">
+        <v>71</v>
+      </c>
+      <c r="F92" t="s">
+        <v>72</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>1996</v>
+      </c>
+      <c r="I92">
+        <v>2015</v>
+      </c>
+      <c r="J92" t="s">
+        <v>286</v>
+      </c>
+      <c r="K92" t="s">
+        <v>35</v>
+      </c>
+      <c r="L92" t="s">
+        <v>550</v>
+      </c>
+      <c r="M92" t="s">
+        <v>535</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>551</v>
+      </c>
+      <c r="P92" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>553</v>
+      </c>
+      <c r="B93" t="s">
+        <v>554</v>
+      </c>
+      <c r="C93" t="s">
+        <v>437</v>
+      </c>
+      <c r="D93" t="s">
+        <v>85</v>
+      </c>
+      <c r="E93" t="s">
+        <v>71</v>
+      </c>
+      <c r="F93" t="s">
+        <v>72</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>1996</v>
+      </c>
+      <c r="I93">
+        <v>2013</v>
+      </c>
+      <c r="J93" t="s">
+        <v>286</v>
+      </c>
+      <c r="K93" t="s">
+        <v>35</v>
+      </c>
+      <c r="L93" t="s">
+        <v>555</v>
+      </c>
+      <c r="M93" t="s">
+        <v>535</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>556</v>
+      </c>
+      <c r="P93" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>558</v>
+      </c>
+      <c r="B94" t="s">
+        <v>559</v>
+      </c>
+      <c r="C94" t="s">
+        <v>437</v>
+      </c>
+      <c r="D94" t="s">
+        <v>85</v>
+      </c>
+      <c r="E94" t="s">
+        <v>71</v>
+      </c>
+      <c r="F94" t="s">
+        <v>72</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>1997</v>
+      </c>
+      <c r="I94">
+        <v>2012</v>
+      </c>
+      <c r="J94" t="s">
+        <v>286</v>
+      </c>
+      <c r="K94" t="s">
+        <v>35</v>
+      </c>
+      <c r="L94" t="s">
+        <v>560</v>
+      </c>
+      <c r="M94" t="s">
+        <v>535</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>561</v>
+      </c>
+      <c r="P94" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>563</v>
+      </c>
+      <c r="B95" t="s">
+        <v>564</v>
+      </c>
+      <c r="C95" t="s">
+        <v>437</v>
+      </c>
+      <c r="D95" t="s">
+        <v>43</v>
+      </c>
+      <c r="E95" t="s">
+        <v>71</v>
+      </c>
+      <c r="F95" t="s">
+        <v>72</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>1998</v>
+      </c>
+      <c r="I95">
+        <v>2012</v>
+      </c>
+      <c r="J95" t="s">
+        <v>286</v>
+      </c>
+      <c r="K95" t="s">
+        <v>35</v>
+      </c>
+      <c r="L95" t="s">
+        <v>565</v>
+      </c>
+      <c r="M95" t="s">
+        <v>535</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>566</v>
+      </c>
+      <c r="P95" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>568</v>
+      </c>
+      <c r="B96" t="s">
+        <v>569</v>
+      </c>
+      <c r="C96" t="s">
+        <v>437</v>
+      </c>
+      <c r="D96" t="s">
+        <v>85</v>
+      </c>
+      <c r="E96" t="s">
+        <v>71</v>
+      </c>
+      <c r="F96" t="s">
+        <v>72</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2003</v>
+      </c>
+      <c r="I96">
+        <v>2013</v>
+      </c>
+      <c r="J96" t="s">
+        <v>286</v>
+      </c>
+      <c r="K96" t="s">
+        <v>35</v>
+      </c>
+      <c r="L96" t="s">
+        <v>570</v>
+      </c>
+      <c r="M96" t="s">
+        <v>535</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>571</v>
+      </c>
+      <c r="P96" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>573</v>
+      </c>
+      <c r="B97" t="s">
+        <v>574</v>
+      </c>
+      <c r="C97" t="s">
+        <v>437</v>
+      </c>
+      <c r="D97" t="s">
+        <v>43</v>
+      </c>
+      <c r="E97" t="s">
+        <v>71</v>
+      </c>
+      <c r="F97" t="s">
+        <v>72</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2004</v>
+      </c>
+      <c r="I97">
+        <v>2012</v>
+      </c>
+      <c r="J97" t="s">
+        <v>286</v>
+      </c>
+      <c r="K97" t="s">
+        <v>35</v>
+      </c>
+      <c r="L97" t="s">
+        <v>575</v>
+      </c>
+      <c r="M97" t="s">
+        <v>535</v>
+      </c>
+      <c r="N97" t="s">
+        <v>375</v>
+      </c>
+      <c r="O97" t="s">
+        <v>576</v>
+      </c>
+      <c r="P97" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>578</v>
+      </c>
+      <c r="B98" t="s">
+        <v>579</v>
+      </c>
+      <c r="C98" t="s">
+        <v>437</v>
+      </c>
+      <c r="D98" t="s">
+        <v>85</v>
+      </c>
+      <c r="E98" t="s">
+        <v>71</v>
+      </c>
+      <c r="F98" t="s">
+        <v>72</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2004</v>
+      </c>
+      <c r="I98">
+        <v>2012</v>
+      </c>
+      <c r="J98" t="s">
+        <v>286</v>
+      </c>
+      <c r="K98" t="s">
+        <v>35</v>
+      </c>
+      <c r="L98" t="s">
+        <v>580</v>
+      </c>
+      <c r="M98" t="s">
+        <v>535</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>581</v>
+      </c>
+      <c r="P98" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>583</v>
+      </c>
+      <c r="B99" t="s">
+        <v>584</v>
+      </c>
+      <c r="C99" t="s">
+        <v>437</v>
+      </c>
+      <c r="D99" t="s">
+        <v>85</v>
+      </c>
+      <c r="E99" t="s">
+        <v>71</v>
+      </c>
+      <c r="F99" t="s">
+        <v>72</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2004</v>
+      </c>
+      <c r="I99">
+        <v>2012</v>
+      </c>
+      <c r="J99" t="s">
+        <v>286</v>
+      </c>
+      <c r="K99" t="s">
+        <v>35</v>
+      </c>
+      <c r="L99" t="s">
+        <v>580</v>
+      </c>
+      <c r="M99" t="s">
+        <v>535</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>585</v>
+      </c>
+      <c r="P99" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>587</v>
+      </c>
+      <c r="B100" t="s">
+        <v>588</v>
+      </c>
+      <c r="C100" t="s">
+        <v>437</v>
+      </c>
+      <c r="D100" t="s">
+        <v>85</v>
+      </c>
+      <c r="E100" t="s">
+        <v>71</v>
+      </c>
+      <c r="F100" t="s">
+        <v>72</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2005</v>
+      </c>
+      <c r="I100">
+        <v>2012</v>
+      </c>
+      <c r="J100" t="s">
+        <v>286</v>
+      </c>
+      <c r="K100" t="s">
+        <v>35</v>
+      </c>
+      <c r="L100" t="s">
+        <v>589</v>
+      </c>
+      <c r="M100" t="s">
+        <v>535</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>590</v>
+      </c>
+      <c r="P100" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>592</v>
+      </c>
+      <c r="B101" t="s">
+        <v>593</v>
+      </c>
+      <c r="C101" t="s">
+        <v>437</v>
+      </c>
+      <c r="D101" t="s">
+        <v>43</v>
+      </c>
+      <c r="E101" t="s">
+        <v>71</v>
+      </c>
+      <c r="F101" t="s">
+        <v>72</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2009</v>
+      </c>
+      <c r="I101">
+        <v>2012</v>
+      </c>
+      <c r="J101" t="s">
+        <v>286</v>
+      </c>
+      <c r="K101" t="s">
+        <v>35</v>
+      </c>
+      <c r="L101" t="s">
+        <v>594</v>
+      </c>
+      <c r="M101" t="s">
+        <v>535</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>595</v>
+      </c>
+      <c r="P101" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>597</v>
+      </c>
+      <c r="B102" t="s">
+        <v>598</v>
+      </c>
+      <c r="C102" t="s">
+        <v>599</v>
+      </c>
+      <c r="D102" t="s">
+        <v>148</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>109</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2006</v>
+      </c>
+      <c r="I102">
+        <v>2015</v>
+      </c>
+      <c r="J102" t="s">
+        <v>44</v>
+      </c>
+      <c r="K102" t="s">
+        <v>35</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>600</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>601</v>
+      </c>
+      <c r="P102" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>603</v>
+      </c>
+      <c r="B103" t="s">
+        <v>604</v>
+      </c>
+      <c r="C103" t="s">
+        <v>107</v>
+      </c>
+      <c r="D103" t="s">
+        <v>605</v>
+      </c>
+      <c r="E103" t="s">
+        <v>71</v>
+      </c>
+      <c r="F103" t="s">
+        <v>72</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2012</v>
+      </c>
+      <c r="I103">
+        <v>2017</v>
+      </c>
+      <c r="J103" t="s">
+        <v>101</v>
+      </c>
+      <c r="K103" t="s">
+        <v>35</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>606</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>607</v>
+      </c>
+      <c r="P103" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>609</v>
+      </c>
+      <c r="B104" t="s">
+        <v>610</v>
+      </c>
+      <c r="C104" t="s">
+        <v>611</v>
+      </c>
+      <c r="D104" t="s">
+        <v>148</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>109</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2002</v>
+      </c>
+      <c r="I104">
+        <v>2016</v>
+      </c>
+      <c r="J104" t="s">
+        <v>497</v>
+      </c>
+      <c r="K104" t="s">
+        <v>35</v>
+      </c>
+      <c r="L104" t="s">
+        <v>612</v>
+      </c>
+      <c r="M104" t="s">
+        <v>613</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>614</v>
+      </c>
+      <c r="P104" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>616</v>
+      </c>
+      <c r="B105" t="s">
+        <v>617</v>
+      </c>
+      <c r="C105" t="s">
+        <v>611</v>
+      </c>
+      <c r="D105" t="s">
+        <v>148</v>
+      </c>
+      <c r="E105" t="s">
+        <v>71</v>
+      </c>
+      <c r="F105" t="s">
+        <v>109</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2016</v>
+      </c>
+      <c r="I105">
+        <v>2019</v>
+      </c>
+      <c r="J105" t="s">
+        <v>497</v>
+      </c>
+      <c r="K105" t="s">
+        <v>35</v>
+      </c>
+      <c r="L105" t="s">
+        <v>618</v>
+      </c>
+      <c r="M105" t="s">
+        <v>613</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>619</v>
+      </c>
+      <c r="P105" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>621</v>
+      </c>
+      <c r="B106" t="s">
+        <v>622</v>
+      </c>
+      <c r="C106" t="s">
+        <v>91</v>
+      </c>
+      <c r="D106" t="s">
+        <v>85</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2008</v>
+      </c>
+      <c r="I106">
+        <v>2015</v>
+      </c>
+      <c r="J106" t="s">
+        <v>94</v>
+      </c>
+      <c r="K106" t="s">
+        <v>35</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>95</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>623</v>
+      </c>
+      <c r="P106" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>625</v>
+      </c>
+      <c r="B107" t="s">
+        <v>626</v>
+      </c>
+      <c r="C107" t="s">
+        <v>91</v>
+      </c>
+      <c r="D107" t="s">
+        <v>85</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2009</v>
+      </c>
+      <c r="I107">
+        <v>2013</v>
+      </c>
+      <c r="J107" t="s">
+        <v>94</v>
+      </c>
+      <c r="K107" t="s">
+        <v>35</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>95</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>627</v>
+      </c>
+      <c r="P107" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>629</v>
+      </c>
+      <c r="B108" t="s">
+        <v>630</v>
+      </c>
+      <c r="C108" t="s">
+        <v>505</v>
+      </c>
+      <c r="D108" t="s">
+        <v>631</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>33</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2009</v>
+      </c>
+      <c r="I108">
+        <v>2016</v>
+      </c>
+      <c r="J108" t="s">
+        <v>507</v>
+      </c>
+      <c r="K108" t="s">
         <v>24</v>
       </c>
-      <c r="N67" t="s">
-[...22 lines deleted...]
-      <c r="G68">
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>508</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>632</v>
+      </c>
+      <c r="P108" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>634</v>
+      </c>
+      <c r="B109" t="s">
+        <v>635</v>
+      </c>
+      <c r="C109" t="s">
+        <v>139</v>
+      </c>
+      <c r="D109" t="s">
+        <v>85</v>
+      </c>
+      <c r="E109" t="s">
+        <v>71</v>
+      </c>
+      <c r="F109" t="s">
+        <v>72</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2002</v>
+      </c>
+      <c r="I109">
+        <v>2015</v>
+      </c>
+      <c r="J109" t="s">
+        <v>636</v>
+      </c>
+      <c r="K109" t="s">
+        <v>35</v>
+      </c>
+      <c r="L109" t="s">
+        <v>637</v>
+      </c>
+      <c r="M109" t="s">
+        <v>638</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>639</v>
+      </c>
+      <c r="P109" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>641</v>
+      </c>
+      <c r="B110" t="s">
+        <v>642</v>
+      </c>
+      <c r="C110" t="s">
+        <v>139</v>
+      </c>
+      <c r="D110" t="s">
+        <v>43</v>
+      </c>
+      <c r="E110" t="s">
+        <v>71</v>
+      </c>
+      <c r="F110" t="s">
+        <v>72</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2013</v>
+      </c>
+      <c r="I110">
+        <v>2017</v>
+      </c>
+      <c r="J110" t="s">
+        <v>636</v>
+      </c>
+      <c r="K110" t="s">
+        <v>35</v>
+      </c>
+      <c r="L110" t="s">
+        <v>643</v>
+      </c>
+      <c r="M110" t="s">
+        <v>638</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>644</v>
+      </c>
+      <c r="P110" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>646</v>
+      </c>
+      <c r="B111" t="s">
+        <v>647</v>
+      </c>
+      <c r="C111" t="s">
+        <v>139</v>
+      </c>
+      <c r="D111" t="s">
+        <v>43</v>
+      </c>
+      <c r="E111" t="s">
+        <v>71</v>
+      </c>
+      <c r="F111" t="s">
+        <v>33</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
         <v>2001</v>
       </c>
-      <c r="H68">
+      <c r="I111">
+        <v>2019</v>
+      </c>
+      <c r="J111" t="s">
+        <v>636</v>
+      </c>
+      <c r="K111" t="s">
+        <v>35</v>
+      </c>
+      <c r="L111" t="s">
+        <v>648</v>
+      </c>
+      <c r="M111" t="s">
+        <v>142</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>649</v>
+      </c>
+      <c r="P111" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>651</v>
+      </c>
+      <c r="B112" t="s">
+        <v>652</v>
+      </c>
+      <c r="C112" t="s">
+        <v>371</v>
+      </c>
+      <c r="D112" t="s">
+        <v>148</v>
+      </c>
+      <c r="E112" t="s">
+        <v>71</v>
+      </c>
+      <c r="F112" t="s">
+        <v>72</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2011</v>
+      </c>
+      <c r="I112">
+        <v>2020</v>
+      </c>
+      <c r="J112" t="s">
+        <v>101</v>
+      </c>
+      <c r="K112" t="s">
+        <v>35</v>
+      </c>
+      <c r="L112" t="s">
+        <v>653</v>
+      </c>
+      <c r="M112" t="s">
+        <v>654</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>655</v>
+      </c>
+      <c r="P112" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>657</v>
+      </c>
+      <c r="B113" t="s">
+        <v>658</v>
+      </c>
+      <c r="C113" t="s">
+        <v>371</v>
+      </c>
+      <c r="D113" t="s">
+        <v>148</v>
+      </c>
+      <c r="E113" t="s">
+        <v>71</v>
+      </c>
+      <c r="F113" t="s">
+        <v>72</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>1998</v>
+      </c>
+      <c r="I113">
+        <v>2020</v>
+      </c>
+      <c r="J113" t="s">
+        <v>101</v>
+      </c>
+      <c r="K113" t="s">
+        <v>35</v>
+      </c>
+      <c r="L113" t="s">
+        <v>659</v>
+      </c>
+      <c r="M113" t="s">
+        <v>654</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>660</v>
+      </c>
+      <c r="P113" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>662</v>
+      </c>
+      <c r="B114" t="s">
+        <v>663</v>
+      </c>
+      <c r="C114" t="s">
+        <v>139</v>
+      </c>
+      <c r="D114" t="s">
+        <v>664</v>
+      </c>
+      <c r="E114" t="s">
+        <v>71</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2007</v>
+      </c>
+      <c r="I114">
+        <v>2014</v>
+      </c>
+      <c r="J114" t="s">
+        <v>665</v>
+      </c>
+      <c r="K114" t="s">
+        <v>35</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>666</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>667</v>
+      </c>
+      <c r="P114" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>669</v>
+      </c>
+      <c r="B115" t="s">
+        <v>670</v>
+      </c>
+      <c r="C115" t="s">
+        <v>671</v>
+      </c>
+      <c r="D115" t="s">
+        <v>43</v>
+      </c>
+      <c r="E115" t="s">
+        <v>71</v>
+      </c>
+      <c r="F115" t="s">
+        <v>33</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2002</v>
+      </c>
+      <c r="I115">
+        <v>2021</v>
+      </c>
+      <c r="J115" t="s">
+        <v>140</v>
+      </c>
+      <c r="K115" t="s">
+        <v>35</v>
+      </c>
+      <c r="L115" t="s">
+        <v>672</v>
+      </c>
+      <c r="M115" t="s">
+        <v>673</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>674</v>
+      </c>
+      <c r="P115" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>676</v>
+      </c>
+      <c r="B116" t="s">
+        <v>677</v>
+      </c>
+      <c r="C116" t="s">
+        <v>678</v>
+      </c>
+      <c r="D116" t="s">
+        <v>134</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2014</v>
+      </c>
+      <c r="I116">
         <v>2018</v>
       </c>
-      <c r="I68" t="s">
-[...35 lines deleted...]
-      <c r="G69">
+      <c r="J116" t="s">
+        <v>357</v>
+      </c>
+      <c r="K116" t="s">
+        <v>35</v>
+      </c>
+      <c r="L116" t="s">
+        <v>679</v>
+      </c>
+      <c r="M116" t="s">
+        <v>680</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>681</v>
+      </c>
+      <c r="P116" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>683</v>
+      </c>
+      <c r="B117" t="s">
+        <v>684</v>
+      </c>
+      <c r="C117" t="s">
+        <v>685</v>
+      </c>
+      <c r="D117" t="s">
+        <v>43</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2010</v>
+      </c>
+      <c r="I117">
+        <v>2014</v>
+      </c>
+      <c r="J117" t="s">
+        <v>286</v>
+      </c>
+      <c r="K117" t="s">
+        <v>35</v>
+      </c>
+      <c r="L117" t="s">
+        <v>686</v>
+      </c>
+      <c r="M117" t="s">
+        <v>687</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>688</v>
+      </c>
+      <c r="P117" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>690</v>
+      </c>
+      <c r="B118" t="s">
+        <v>691</v>
+      </c>
+      <c r="C118" t="s">
+        <v>685</v>
+      </c>
+      <c r="D118" t="s">
+        <v>85</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2012</v>
+      </c>
+      <c r="I118">
+        <v>2014</v>
+      </c>
+      <c r="J118" t="s">
+        <v>286</v>
+      </c>
+      <c r="K118" t="s">
+        <v>35</v>
+      </c>
+      <c r="L118" t="s">
+        <v>692</v>
+      </c>
+      <c r="M118" t="s">
+        <v>687</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>693</v>
+      </c>
+      <c r="P118" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>695</v>
+      </c>
+      <c r="B119" t="s">
+        <v>696</v>
+      </c>
+      <c r="C119" t="s">
+        <v>91</v>
+      </c>
+      <c r="D119" t="s">
+        <v>43</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2011</v>
+      </c>
+      <c r="I119">
         <v>2013</v>
       </c>
-      <c r="H69">
-[...215 lines deleted...]
-      <c r="H74">
+      <c r="J119" t="s">
+        <v>365</v>
+      </c>
+      <c r="K119" t="s">
+        <v>35</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>95</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>697</v>
+      </c>
+      <c r="P119" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>699</v>
+      </c>
+      <c r="B120" t="s">
+        <v>700</v>
+      </c>
+      <c r="C120" t="s">
+        <v>701</v>
+      </c>
+      <c r="D120" t="s">
+        <v>702</v>
+      </c>
+      <c r="E120" t="s">
+        <v>71</v>
+      </c>
+      <c r="F120" t="s">
+        <v>33</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2014</v>
+      </c>
+      <c r="I120">
         <v>2017</v>
       </c>
-      <c r="I74" t="s">
-[...1393 lines deleted...]
-      <c r="I106" t="s">
+      <c r="J120" t="s">
         <v>73</v>
       </c>
-      <c r="J106" t="s">
-[...611 lines deleted...]
-      </c>
+      <c r="K120" t="s">
+        <v>35</v>
+      </c>
+      <c r="L120"/>
       <c r="M120" t="s">
-        <v>24</v>
+        <v>703</v>
       </c>
       <c r="N120" t="s">
-        <v>475</v>
-[...41 lines deleted...]
-        <v>480</v>
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>704</v>
+      </c>
+      <c r="P120" t="s">
+        <v>705</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>