--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="706">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="701">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,111 +104,126 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
     <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
-[...5 lines deleted...]
-    <t>Egypt</t>
+    <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
+    <t>China</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
-  </si>
-[...19 lines deleted...]
-    <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
   </si>
   <si>
     <t>European Union</t>
@@ -348,51 +363,51 @@
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
   </si>
   <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
     <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
+    <t>October 2022</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
@@ -565,53 +580,50 @@
   <si>
     <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
     <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
@@ -737,123 +749,123 @@
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
     <t>This policy covers incandescent lamps of general use.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/8716/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...32 lines deleted...]
-  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
     <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Details/F2017L00652</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
     <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
@@ -1200,60 +1212,63 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
@@ -1285,80 +1300,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
     <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
   </si>
@@ -2576,51 +2561,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P120"/>
+  <dimension ref="A1:P119"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2710,5852 +2695,5802 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2008</v>
+        <v>1980</v>
       </c>
       <c r="I4">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L4"/>
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2008</v>
       </c>
       <c r="I5">
         <v>2013</v>
       </c>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>1998</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2000</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="K7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D8" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F8" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2009</v>
       </c>
       <c r="I8">
         <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L8" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="M8" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E9" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F9" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2003</v>
       </c>
       <c r="I9">
         <v>2014</v>
       </c>
       <c r="J9" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="M9" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="P9" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D10" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E10" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F10" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2013</v>
       </c>
       <c r="I10">
         <v>2014</v>
       </c>
       <c r="J10" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="M10" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="P10" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B11" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C11" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D11" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
       <c r="I11">
         <v>2023</v>
       </c>
       <c r="J11" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="K11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D12" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E12" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2014</v>
       </c>
       <c r="I12">
         <v>2019</v>
       </c>
       <c r="J12" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="K12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="P12" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B13" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C13" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D13" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>44</v>
+        <v>112</v>
       </c>
       <c r="K13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="M13" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="P13" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B14" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C14" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E14" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F14" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2002</v>
       </c>
       <c r="I14">
         <v>2009</v>
       </c>
       <c r="J14" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="K14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="M14" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="P14" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>1994</v>
       </c>
       <c r="I15">
         <v>2003</v>
       </c>
       <c r="J15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="K15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="P15" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B16" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C16" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1996</v>
       </c>
       <c r="I16">
         <v>2009</v>
       </c>
       <c r="J16" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="K16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L16" t="s">
+        <v>135</v>
+      </c>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>136</v>
+      </c>
+      <c r="P16" t="s">
         <v>132</v>
-      </c>
-[...10 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B17" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1997</v>
       </c>
       <c r="I17">
         <v>2009</v>
       </c>
       <c r="J17" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="K17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="M17" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="P17" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B18" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C18" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E18" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="K18" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L18" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="M18" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="P18" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B19" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C19" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D19" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19">
         <v>2023</v>
       </c>
       <c r="J19" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="K19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="M19" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="P19" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B20" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C20" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D20" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2009</v>
       </c>
       <c r="I20">
         <v>2018</v>
       </c>
       <c r="J20" t="s">
-        <v>44</v>
+        <v>112</v>
       </c>
       <c r="K20" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L20" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="M20" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="P20" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B21" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C21" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D21" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2016</v>
       </c>
       <c r="I21">
         <v>2019</v>
       </c>
       <c r="J21" t="s">
-        <v>44</v>
+        <v>112</v>
       </c>
       <c r="K21" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="P21" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B22" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C22" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="D22" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E22" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F22" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22">
         <v>2019</v>
       </c>
       <c r="J22" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K22" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L22" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="M22" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="P22" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B23" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C23" t="s">
-        <v>176</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2022</v>
       </c>
       <c r="I23">
         <v>2024</v>
       </c>
       <c r="J23" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="K23" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="P23" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B24" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C24" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D24" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E24" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2002</v>
       </c>
       <c r="I24">
         <v>2001</v>
       </c>
       <c r="J24" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="K24" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="P24" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B25" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C25" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D25" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2003</v>
       </c>
       <c r="I25">
         <v>2013</v>
       </c>
       <c r="J25" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K25" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="M25" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="P25" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B26" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C26" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D26" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E26" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2003</v>
       </c>
       <c r="I26">
         <v>2014</v>
       </c>
       <c r="J26" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K26" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L26" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="M26" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="P26" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B27" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C27" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D27" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E27" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2003</v>
       </c>
       <c r="I27">
         <v>2017</v>
       </c>
       <c r="J27" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K27" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="M27" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="P27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C28" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D28" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2003</v>
       </c>
       <c r="I28">
         <v>2013</v>
       </c>
       <c r="J28" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K28" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="M28" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="P28" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B29" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C29" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D29" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2003</v>
       </c>
       <c r="I29">
         <v>2013</v>
       </c>
       <c r="J29" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K29" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L29" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="M29" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="P29" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B30" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C30" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D30" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30">
         <v>2020</v>
       </c>
       <c r="J30" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K30" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L30" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="M30" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="P30" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B31" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C31" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D31" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2005</v>
       </c>
       <c r="I31">
         <v>2015</v>
       </c>
       <c r="J31" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K31" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L31" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="M31" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="P31" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B32" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C32" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D32" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2003</v>
       </c>
       <c r="I32">
         <v>2013</v>
       </c>
       <c r="J32" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K32" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L32" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="M32" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="P32" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B33" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C33" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D33" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E33" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F33" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>1999</v>
       </c>
       <c r="I33">
         <v>2000</v>
       </c>
       <c r="J33" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="K33" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L33" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="M33" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="P33" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B34" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C34" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D34" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I34">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J34" t="s">
-        <v>237</v>
+        <v>179</v>
       </c>
       <c r="K34" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="M34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B35" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C35" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D35" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I35">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J35" t="s">
-        <v>177</v>
+        <v>246</v>
       </c>
       <c r="K35" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L35" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="M35" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="P35" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B36" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C36" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D36" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2004</v>
       </c>
       <c r="I36">
         <v>2017</v>
       </c>
       <c r="J36" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="K36" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L36" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="M36" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="P36" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B37" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C37" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D37" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2009</v>
       </c>
       <c r="I37">
         <v>2016</v>
       </c>
       <c r="J37" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="K37" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L37" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="M37" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="P37" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B38" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C38" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D38" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2009</v>
       </c>
       <c r="I38">
         <v>2017</v>
       </c>
       <c r="J38" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="K38" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L38" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="M38" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="P38" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B39" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C39" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D39" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E39" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F39" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2001</v>
       </c>
       <c r="I39">
         <v>2013</v>
       </c>
       <c r="J39" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="K39" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="P39" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B40" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C40" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D40" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E40" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F40" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2002</v>
       </c>
       <c r="I40">
         <v>2013</v>
       </c>
       <c r="J40" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="K40" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="P40" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B41" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C41" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D41" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E41" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F41" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2012</v>
       </c>
       <c r="J41" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="K41" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="P41" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B42" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C42" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D42" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E42" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
       <c r="I42">
         <v>2012</v>
       </c>
       <c r="J42" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="K42" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L42" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="M42" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="P42" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B43" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C43" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D43" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2006</v>
       </c>
       <c r="I43">
         <v>2022</v>
       </c>
       <c r="J43" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K43" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="P43" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B44" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C44" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D44" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
       <c r="I44">
         <v>2022</v>
       </c>
       <c r="J44" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L44" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="M44" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="P44" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B45" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C45" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D45" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2000</v>
       </c>
       <c r="I45">
         <v>2015</v>
       </c>
       <c r="J45" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="K45" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L45" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="M45" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="P45" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B46" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C46" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D46" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2000</v>
       </c>
       <c r="I46">
         <v>2015</v>
       </c>
       <c r="J46" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="K46" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="P46" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B47" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C47" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D47" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2016</v>
       </c>
       <c r="I47">
         <v>2020</v>
       </c>
       <c r="J47" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="K47" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="P47" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B48" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C48" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D48" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2016</v>
       </c>
       <c r="I48">
         <v>2020</v>
       </c>
       <c r="J48" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="K48" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="P48" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B49" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C49" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D49" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2000</v>
       </c>
       <c r="I49">
         <v>2016</v>
       </c>
       <c r="J49" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="K49" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="P49" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B50" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C50" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D50" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2000</v>
       </c>
       <c r="I50">
         <v>2020</v>
       </c>
       <c r="J50" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="K50" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="P50" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B51" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C51" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D51" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2016</v>
       </c>
       <c r="I51">
         <v>2020</v>
       </c>
       <c r="J51" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="K51" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="P51" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B52" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C52" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D52" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2013</v>
       </c>
       <c r="I52">
         <v>2014</v>
       </c>
       <c r="J52" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K52" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L52" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="M52" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="P52" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B53" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C53" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D53" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2013</v>
       </c>
       <c r="I53">
         <v>2014</v>
       </c>
       <c r="J53" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K53" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L53" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="M53" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="P53" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B54" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C54" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D54" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2013</v>
       </c>
       <c r="I54">
         <v>2014</v>
       </c>
       <c r="J54" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K54" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L54" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="M54" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="P54" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B55" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C55" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D55" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2016</v>
       </c>
       <c r="I55">
         <v>2018</v>
       </c>
       <c r="J55" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="K55" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L55" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="M55" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="P55" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B56" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C56" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D56" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2016</v>
       </c>
       <c r="I56">
         <v>2018</v>
       </c>
       <c r="J56" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="K56" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="P56" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B57" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C57" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D57" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2005</v>
       </c>
       <c r="I57">
         <v>2008</v>
       </c>
       <c r="J57" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="K57" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L57" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="M57" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="P57" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B58" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C58" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D58" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2010</v>
       </c>
       <c r="I58">
         <v>2010</v>
       </c>
       <c r="J58" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="K58" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="P58" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B59" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C59" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D59" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2008</v>
       </c>
       <c r="I59">
         <v>2020</v>
       </c>
       <c r="J59" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="K59" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L59" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="M59" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="N59" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="O59" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="P59" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B60" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C60" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D60" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G60" t="s">
-        <v>8</v>
+        <v>382</v>
       </c>
       <c r="H60">
         <v>2015</v>
       </c>
       <c r="I60">
         <v>2019</v>
       </c>
       <c r="J60" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="K60" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="P60" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B61" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C61" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D61" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2015</v>
       </c>
       <c r="I61">
         <v>2024</v>
       </c>
       <c r="J61" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="K61" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="P61" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B62" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C62" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D62" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>1994</v>
       </c>
       <c r="I62">
         <v>2003</v>
       </c>
       <c r="J62" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="K62" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="P62" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B63" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C63" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D63" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>8</v>
+        <v>382</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63">
         <v>2019</v>
       </c>
       <c r="J63" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="K63" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L63" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="M63" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="P63" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="B64" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C64" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D64" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>8</v>
       </c>
       <c r="H64">
         <v>2015</v>
       </c>
       <c r="I64">
         <v>2024</v>
       </c>
       <c r="J64" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="K64" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="P64" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B65" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C65" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D65" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2009</v>
       </c>
       <c r="I65">
         <v>2014</v>
       </c>
       <c r="J65" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="K65" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L65" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="M65" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="P65" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
-        <v>176</v>
+        <v>408</v>
       </c>
       <c r="D66" t="s">
-        <v>405</v>
+        <v>53</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="I66">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="J66" t="s">
-        <v>406</v>
+        <v>359</v>
       </c>
       <c r="K66" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="P66" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B67" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C67" t="s">
-        <v>413</v>
+        <v>119</v>
       </c>
       <c r="D67" t="s">
-        <v>43</v>
+        <v>245</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="I67">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="J67" t="s">
-        <v>357</v>
+        <v>112</v>
       </c>
       <c r="K67" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
+        <v>184</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
         <v>414</v>
       </c>
-      <c r="N67" t="s">
-[...2 lines deleted...]
-      <c r="O67" t="s">
+      <c r="P67" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
+        <v>416</v>
+      </c>
+      <c r="B68" t="s">
         <v>417</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" t="s">
-        <v>116</v>
+        <v>32</v>
       </c>
       <c r="D68" t="s">
-        <v>236</v>
+        <v>151</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>2001</v>
+        <v>2013</v>
       </c>
       <c r="I68">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J68" t="s">
-        <v>44</v>
+        <v>112</v>
       </c>
       <c r="K68" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L68"/>
+        <v>36</v>
+      </c>
+      <c r="L68" t="s">
+        <v>418</v>
+      </c>
       <c r="M68" t="s">
-        <v>182</v>
+        <v>38</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
         <v>419</v>
       </c>
       <c r="P68" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>421</v>
       </c>
       <c r="B69" t="s">
         <v>422</v>
       </c>
       <c r="C69" t="s">
-        <v>176</v>
+        <v>287</v>
       </c>
       <c r="D69" t="s">
-        <v>148</v>
+        <v>53</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="I69">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="J69" t="s">
-        <v>44</v>
+        <v>288</v>
       </c>
       <c r="K69" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L69" t="s">
+        <v>36</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>424</v>
       </c>
       <c r="P69" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>426</v>
       </c>
       <c r="B70" t="s">
         <v>427</v>
       </c>
       <c r="C70" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D70" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2006</v>
       </c>
       <c r="I70">
         <v>2010</v>
       </c>
       <c r="J70" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K70" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
+        <v>423</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
         <v>428</v>
       </c>
-      <c r="N70" t="s">
-[...2 lines deleted...]
-      <c r="O70" t="s">
+      <c r="P70" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
+        <v>430</v>
+      </c>
+      <c r="B71" t="s">
         <v>431</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>432</v>
       </c>
-      <c r="C71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="I71">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="J71" t="s">
-        <v>286</v>
+        <v>143</v>
       </c>
       <c r="K71" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L71"/>
+        <v>36</v>
+      </c>
+      <c r="L71" t="s">
+        <v>430</v>
+      </c>
       <c r="M71" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P71" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B72" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C72" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D72" t="s">
-        <v>43</v>
+        <v>238</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I72">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J72" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="K72" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L72" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="M72" t="s">
+        <v>433</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
         <v>438</v>
       </c>
-      <c r="N72" t="s">
-[...2 lines deleted...]
-      <c r="O72" t="s">
+      <c r="P72" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
+        <v>440</v>
+      </c>
+      <c r="B73" t="s">
         <v>441</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D73" t="s">
-        <v>244</v>
+        <v>151</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I73">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J73" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="K73" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L73" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="M73" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
+        <v>442</v>
+      </c>
+      <c r="P73" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
+        <v>444</v>
+      </c>
+      <c r="B74" t="s">
         <v>445</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>446</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" t="s">
-        <v>148</v>
+        <v>128</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="I74">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J74" t="s">
-        <v>126</v>
+        <v>447</v>
       </c>
       <c r="K74" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L74" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="M74" t="s">
-        <v>438</v>
+        <v>449</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="P74" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B75" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C75" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="D75" t="s">
-        <v>125</v>
+        <v>88</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>2020</v>
+        <v>2007</v>
       </c>
       <c r="I75">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="J75" t="s">
-        <v>452</v>
+        <v>367</v>
       </c>
       <c r="K75" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L75" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="M75" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="P75" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B76" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C76" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="D76" t="s">
-        <v>85</v>
+        <v>151</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>109</v>
+        <v>44</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2007</v>
       </c>
       <c r="I76">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J76" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="K76" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L76" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="M76" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
         <v>462</v>
       </c>
       <c r="P76" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>464</v>
       </c>
       <c r="B77" t="s">
         <v>465</v>
       </c>
       <c r="C77" t="s">
-        <v>459</v>
+        <v>287</v>
       </c>
       <c r="D77" t="s">
-        <v>148</v>
+        <v>53</v>
       </c>
       <c r="E77" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="F77" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>2007</v>
+        <v>1993</v>
       </c>
       <c r="I77">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J77" t="s">
-        <v>365</v>
+        <v>288</v>
       </c>
       <c r="K77" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L77" t="s">
         <v>466</v>
       </c>
       <c r="M77" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="P77" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B78" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C78" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D78" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E78" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F78" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>1993</v>
       </c>
       <c r="I78">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="J78" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K78" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L78"/>
       <c r="M78" t="s">
+        <v>467</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
         <v>472</v>
       </c>
-      <c r="N78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P78" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B79" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C79" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D79" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E79" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F79" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>1993</v>
       </c>
       <c r="I79">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="J79" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K79" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L79"/>
+        <v>36</v>
+      </c>
+      <c r="L79" t="s">
+        <v>475</v>
+      </c>
       <c r="M79" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="P79" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
+        <v>477</v>
+      </c>
+      <c r="B80" t="s">
         <v>478</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
+        <v>366</v>
+      </c>
+      <c r="D80" t="s">
+        <v>88</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>44</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1999</v>
+      </c>
+      <c r="I80">
+        <v>2012</v>
+      </c>
+      <c r="J80" t="s">
+        <v>367</v>
+      </c>
+      <c r="K80" t="s">
+        <v>36</v>
+      </c>
+      <c r="L80" t="s">
         <v>479</v>
       </c>
-      <c r="C80" t="s">
-[...26 lines deleted...]
-      <c r="L80" t="s">
+      <c r="M80" t="s">
+        <v>368</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
         <v>480</v>
       </c>
-      <c r="M80" t="s">
-[...5 lines deleted...]
-      <c r="O80" t="s">
+      <c r="P80" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>482</v>
       </c>
       <c r="B81" t="s">
         <v>483</v>
       </c>
       <c r="C81" t="s">
-        <v>364</v>
+        <v>484</v>
       </c>
       <c r="D81" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
-        <v>1999</v>
+        <v>2018</v>
       </c>
       <c r="I81">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="J81" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="K81" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L81"/>
       <c r="M81" t="s">
-        <v>366</v>
+        <v>485</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="P81" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B82" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C82" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D82" t="s">
-        <v>125</v>
+        <v>491</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I82">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J82" t="s">
-        <v>357</v>
+        <v>492</v>
       </c>
       <c r="K82" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L82"/>
+        <v>493</v>
+      </c>
+      <c r="L82" t="s">
+        <v>494</v>
+      </c>
       <c r="M82" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="N82" t="s">
-        <v>27</v>
+        <v>377</v>
       </c>
       <c r="O82" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="P82" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="B83" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="C83" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="D83" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="I83">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="J83" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="K83" t="s">
-        <v>498</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L83"/>
       <c r="M83" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="N83" t="s">
-        <v>375</v>
+        <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="P83" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B84" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C84" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="D84" t="s">
-        <v>506</v>
+        <v>53</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I84">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J84" t="s">
-        <v>507</v>
+        <v>288</v>
       </c>
       <c r="K84" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L84"/>
+        <v>36</v>
+      </c>
+      <c r="L84" t="s">
+        <v>509</v>
+      </c>
       <c r="M84" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="P84" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B85" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C85" t="s">
-        <v>513</v>
+        <v>119</v>
       </c>
       <c r="D85" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E85" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="I85">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="J85" t="s">
-        <v>286</v>
+        <v>120</v>
       </c>
       <c r="K85" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L85" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="M85" t="s">
-        <v>515</v>
+        <v>184</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
         <v>516</v>
       </c>
       <c r="P85" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>518</v>
       </c>
       <c r="B86" t="s">
         <v>519</v>
       </c>
       <c r="C86" t="s">
-        <v>116</v>
+        <v>520</v>
       </c>
       <c r="D86" t="s">
-        <v>43</v>
+        <v>128</v>
       </c>
       <c r="E86" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="I86">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="J86" t="s">
-        <v>117</v>
+        <v>129</v>
       </c>
       <c r="K86" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L86"/>
       <c r="M86" t="s">
-        <v>182</v>
+        <v>521</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="P86" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B87" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C87" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="D87" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2016</v>
       </c>
       <c r="I87">
         <v>2019</v>
       </c>
       <c r="J87" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="K87" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
+        <v>521</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
         <v>526</v>
       </c>
-      <c r="N87" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P87" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
+        <v>527</v>
+      </c>
+      <c r="B88" t="s">
+        <v>528</v>
+      </c>
+      <c r="C88" t="s">
+        <v>432</v>
+      </c>
+      <c r="D88" t="s">
+        <v>53</v>
+      </c>
+      <c r="E88" t="s">
+        <v>74</v>
+      </c>
+      <c r="F88" t="s">
+        <v>75</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2010</v>
+      </c>
+      <c r="I88">
+        <v>2022</v>
+      </c>
+      <c r="J88" t="s">
+        <v>288</v>
+      </c>
+      <c r="K88" t="s">
+        <v>36</v>
+      </c>
+      <c r="L88" t="s">
         <v>529</v>
       </c>
-      <c r="B88" t="s">
+      <c r="M88" t="s">
         <v>530</v>
-      </c>
-[...29 lines deleted...]
-        <v>526</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
         <v>531</v>
       </c>
       <c r="P88" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B89" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C89" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D89" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E89" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F89" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="I89">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="J89" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K89" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L89" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="M89" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
         <v>536</v>
       </c>
       <c r="P89" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
         <v>538</v>
       </c>
       <c r="B90" t="s">
         <v>539</v>
       </c>
       <c r="C90" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D90" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="E90" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F90" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="I90">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J90" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K90" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L90" t="s">
         <v>540</v>
       </c>
       <c r="M90" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
         <v>541</v>
       </c>
       <c r="P90" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
         <v>543</v>
       </c>
       <c r="B91" t="s">
         <v>544</v>
       </c>
       <c r="C91" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D91" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="E91" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F91" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>1996</v>
       </c>
       <c r="I91">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J91" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K91" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L91" t="s">
         <v>545</v>
       </c>
       <c r="M91" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
         <v>546</v>
       </c>
       <c r="P91" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
         <v>548</v>
       </c>
       <c r="B92" t="s">
         <v>549</v>
       </c>
       <c r="C92" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D92" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="E92" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F92" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>1996</v>
       </c>
       <c r="I92">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J92" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K92" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L92" t="s">
         <v>550</v>
       </c>
       <c r="M92" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
         <v>551</v>
       </c>
       <c r="P92" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
         <v>553</v>
       </c>
       <c r="B93" t="s">
         <v>554</v>
       </c>
       <c r="C93" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D93" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E93" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F93" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="I93">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J93" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K93" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L93" t="s">
         <v>555</v>
       </c>
       <c r="M93" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
         <v>556</v>
       </c>
       <c r="P93" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
         <v>558</v>
       </c>
       <c r="B94" t="s">
         <v>559</v>
       </c>
       <c r="C94" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D94" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="E94" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F94" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="I94">
         <v>2012</v>
       </c>
       <c r="J94" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K94" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L94" t="s">
         <v>560</v>
       </c>
       <c r="M94" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
         <v>561</v>
       </c>
       <c r="P94" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>563</v>
       </c>
       <c r="B95" t="s">
         <v>564</v>
       </c>
       <c r="C95" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D95" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="E95" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F95" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="I95">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J95" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K95" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L95" t="s">
         <v>565</v>
       </c>
       <c r="M95" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
         <v>566</v>
       </c>
       <c r="P95" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>568</v>
       </c>
       <c r="B96" t="s">
         <v>569</v>
       </c>
       <c r="C96" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D96" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="E96" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F96" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="I96">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J96" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K96" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L96" t="s">
         <v>570</v>
       </c>
       <c r="M96" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="N96" t="s">
-        <v>27</v>
+        <v>377</v>
       </c>
       <c r="O96" t="s">
         <v>571</v>
       </c>
       <c r="P96" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>573</v>
       </c>
       <c r="B97" t="s">
         <v>574</v>
       </c>
       <c r="C97" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D97" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="E97" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F97" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2004</v>
       </c>
       <c r="I97">
         <v>2012</v>
       </c>
       <c r="J97" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K97" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L97" t="s">
         <v>575</v>
       </c>
       <c r="M97" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="N97" t="s">
-        <v>375</v>
+        <v>27</v>
       </c>
       <c r="O97" t="s">
         <v>576</v>
       </c>
       <c r="P97" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
         <v>578</v>
       </c>
       <c r="B98" t="s">
         <v>579</v>
       </c>
       <c r="C98" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D98" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E98" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F98" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2004</v>
       </c>
       <c r="I98">
         <v>2012</v>
       </c>
       <c r="J98" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K98" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L98" t="s">
+        <v>575</v>
+      </c>
+      <c r="M98" t="s">
+        <v>530</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
         <v>580</v>
       </c>
-      <c r="M98" t="s">
-[...5 lines deleted...]
-      <c r="O98" t="s">
+      <c r="P98" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
+        <v>582</v>
+      </c>
+      <c r="B99" t="s">
         <v>583</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D99" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E99" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F99" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="I99">
         <v>2012</v>
       </c>
       <c r="J99" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K99" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L99" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="M99" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
         <v>585</v>
       </c>
       <c r="P99" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
         <v>587</v>
       </c>
       <c r="B100" t="s">
         <v>588</v>
       </c>
       <c r="C100" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D100" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="E100" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F100" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="I100">
         <v>2012</v>
       </c>
       <c r="J100" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K100" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L100" t="s">
         <v>589</v>
       </c>
       <c r="M100" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
         <v>590</v>
       </c>
       <c r="P100" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>592</v>
       </c>
       <c r="B101" t="s">
         <v>593</v>
       </c>
       <c r="C101" t="s">
-        <v>437</v>
+        <v>594</v>
       </c>
       <c r="D101" t="s">
-        <v>43</v>
+        <v>151</v>
       </c>
       <c r="E101" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="I101">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J101" t="s">
-        <v>286</v>
+        <v>112</v>
       </c>
       <c r="K101" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L101"/>
       <c r="M101" t="s">
-        <v>535</v>
+        <v>595</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="P101" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B102" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C102" t="s">
-        <v>599</v>
+        <v>110</v>
       </c>
       <c r="D102" t="s">
-        <v>148</v>
+        <v>600</v>
       </c>
       <c r="E102" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="F102" t="s">
-        <v>109</v>
+        <v>75</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="I102">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J102" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="K102" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L102"/>
       <c r="M102" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="P102" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B103" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C103" t="s">
-        <v>107</v>
+        <v>606</v>
       </c>
       <c r="D103" t="s">
-        <v>605</v>
+        <v>151</v>
       </c>
       <c r="E103" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="I103">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J103" t="s">
-        <v>101</v>
+        <v>492</v>
       </c>
       <c r="K103" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L103"/>
+        <v>36</v>
+      </c>
+      <c r="L103" t="s">
+        <v>607</v>
+      </c>
       <c r="M103" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="P103" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B104" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C104" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="D104" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E104" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="F104" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="I104">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="J104" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="K104" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L104" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="M104" t="s">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
         <v>614</v>
       </c>
       <c r="P104" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
         <v>616</v>
       </c>
       <c r="B105" t="s">
         <v>617</v>
       </c>
       <c r="C105" t="s">
-        <v>611</v>
+        <v>94</v>
       </c>
       <c r="D105" t="s">
-        <v>148</v>
+        <v>88</v>
       </c>
       <c r="E105" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="I105">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J105" t="s">
-        <v>497</v>
+        <v>97</v>
       </c>
       <c r="K105" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L105" t="s">
+        <v>36</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>98</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
         <v>618</v>
       </c>
-      <c r="M105" t="s">
-[...5 lines deleted...]
-      <c r="O105" t="s">
+      <c r="P105" t="s">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
+        <v>620</v>
+      </c>
+      <c r="B106" t="s">
         <v>621</v>
       </c>
-      <c r="B106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D106" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I106">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J106" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="K106" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
+        <v>622</v>
+      </c>
+      <c r="P106" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
+        <v>624</v>
+      </c>
+      <c r="B107" t="s">
         <v>625</v>
       </c>
-      <c r="B107" t="s">
+      <c r="C107" t="s">
+        <v>500</v>
+      </c>
+      <c r="D107" t="s">
         <v>626</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2009</v>
       </c>
       <c r="I107">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="J107" t="s">
-        <v>94</v>
+        <v>502</v>
       </c>
       <c r="K107" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>95</v>
+        <v>503</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
         <v>627</v>
       </c>
       <c r="P107" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
         <v>629</v>
       </c>
       <c r="B108" t="s">
         <v>630</v>
       </c>
       <c r="C108" t="s">
-        <v>505</v>
+        <v>142</v>
       </c>
       <c r="D108" t="s">
+        <v>88</v>
+      </c>
+      <c r="E108" t="s">
+        <v>74</v>
+      </c>
+      <c r="F108" t="s">
+        <v>75</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2002</v>
+      </c>
+      <c r="I108">
+        <v>2015</v>
+      </c>
+      <c r="J108" t="s">
         <v>631</v>
       </c>
-      <c r="E108" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K108" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L108"/>
+        <v>36</v>
+      </c>
+      <c r="L108" t="s">
+        <v>632</v>
+      </c>
       <c r="M108" t="s">
-        <v>508</v>
+        <v>633</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="P108" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B109" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C109" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D109" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="E109" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F109" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="I109">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J109" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="K109" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L109" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="M109" t="s">
-        <v>638</v>
+        <v>633</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
         <v>639</v>
       </c>
       <c r="P109" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
         <v>641</v>
       </c>
       <c r="B110" t="s">
         <v>642</v>
       </c>
       <c r="C110" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D110" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E110" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F110" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
-        <v>2013</v>
+        <v>2001</v>
       </c>
       <c r="I110">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="J110" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="K110" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L110" t="s">
         <v>643</v>
       </c>
       <c r="M110" t="s">
-        <v>638</v>
+        <v>145</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
         <v>644</v>
       </c>
       <c r="P110" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
         <v>646</v>
       </c>
       <c r="B111" t="s">
         <v>647</v>
       </c>
       <c r="C111" t="s">
-        <v>139</v>
+        <v>373</v>
       </c>
       <c r="D111" t="s">
-        <v>43</v>
+        <v>151</v>
       </c>
       <c r="E111" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F111" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="I111">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J111" t="s">
-        <v>636</v>
+        <v>104</v>
       </c>
       <c r="K111" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L111" t="s">
         <v>648</v>
       </c>
       <c r="M111" t="s">
-        <v>142</v>
+        <v>649</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="P111" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B112" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C112" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D112" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E112" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F112" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
-        <v>2011</v>
+        <v>1998</v>
       </c>
       <c r="I112">
         <v>2020</v>
       </c>
       <c r="J112" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="K112" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L112" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="M112" t="s">
-        <v>654</v>
+        <v>649</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
         <v>655</v>
       </c>
       <c r="P112" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
         <v>657</v>
       </c>
       <c r="B113" t="s">
         <v>658</v>
       </c>
       <c r="C113" t="s">
-        <v>371</v>
+        <v>142</v>
       </c>
       <c r="D113" t="s">
-        <v>148</v>
+        <v>659</v>
       </c>
       <c r="E113" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F113" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="I113">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="J113" t="s">
-        <v>101</v>
+        <v>660</v>
       </c>
       <c r="K113" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L113"/>
       <c r="M113" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="P113" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="B114" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C114" t="s">
-        <v>139</v>
+        <v>666</v>
       </c>
       <c r="D114" t="s">
-        <v>664</v>
+        <v>53</v>
       </c>
       <c r="E114" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F114" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="I114">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="J114" t="s">
-        <v>665</v>
+        <v>143</v>
       </c>
       <c r="K114" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L114"/>
+        <v>36</v>
+      </c>
+      <c r="L114" t="s">
+        <v>667</v>
+      </c>
       <c r="M114" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="P114" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="B115" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C115" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="D115" t="s">
-        <v>43</v>
+        <v>137</v>
       </c>
       <c r="E115" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="I115">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="J115" t="s">
-        <v>140</v>
+        <v>359</v>
       </c>
       <c r="K115" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L115" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="M115" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="P115" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B116" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C116" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="D116" t="s">
-        <v>134</v>
+        <v>53</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
+        <v>2010</v>
+      </c>
+      <c r="I116">
         <v>2014</v>
       </c>
-      <c r="I116">
-[...1 lines deleted...]
-      </c>
       <c r="J116" t="s">
-        <v>357</v>
+        <v>288</v>
       </c>
       <c r="K116" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L116" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="M116" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="P116" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B117" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C117" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="D117" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I117">
         <v>2014</v>
       </c>
       <c r="J117" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K117" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L117" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="M117" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
         <v>688</v>
       </c>
       <c r="P117" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
         <v>690</v>
       </c>
       <c r="B118" t="s">
         <v>691</v>
       </c>
       <c r="C118" t="s">
-        <v>685</v>
+        <v>94</v>
       </c>
       <c r="D118" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I118">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J118" t="s">
-        <v>286</v>
+        <v>367</v>
       </c>
       <c r="K118" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L118" t="s">
+        <v>36</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>98</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
         <v>692</v>
       </c>
-      <c r="M118" t="s">
-[...5 lines deleted...]
-      <c r="O118" t="s">
+      <c r="P118" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
+        <v>694</v>
+      </c>
+      <c r="B119" t="s">
         <v>695</v>
       </c>
-      <c r="B119" t="s">
+      <c r="C119" t="s">
         <v>696</v>
       </c>
-      <c r="C119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D119" t="s">
-        <v>43</v>
+        <v>697</v>
       </c>
       <c r="E119" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="F119" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I119">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J119" t="s">
-        <v>365</v>
+        <v>76</v>
       </c>
       <c r="K119" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
-        <v>95</v>
+        <v>698</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="P119" t="s">
-        <v>698</v>
-[...6 lines deleted...]
-      <c r="B120" t="s">
         <v>700</v>
-      </c>
-[...38 lines deleted...]
-        <v>705</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">