--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,665 +12,862 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -934,1531 +1131,1682 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N33"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="165.103" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1998</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2000</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1994</v>
+      </c>
+      <c r="I8">
+        <v>2003</v>
+      </c>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1997</v>
+      </c>
+      <c r="I9">
+        <v>2009</v>
+      </c>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>97</v>
+      </c>
+      <c r="F11" t="s">
+        <v>98</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" t="s">
+        <v>114</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>115</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>116</v>
+      </c>
+      <c r="M13" t="s">
+        <v>117</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>122</v>
+      </c>
+      <c r="D14" t="s">
+        <v>123</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>124</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>125</v>
+      </c>
+      <c r="M14" t="s">
+        <v>126</v>
+      </c>
+      <c r="N14" t="s">
+        <v>127</v>
+      </c>
+      <c r="O14" t="s">
+        <v>128</v>
+      </c>
+      <c r="P14" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>130</v>
+      </c>
+      <c r="B15" t="s">
+        <v>131</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J15" t="s">
+        <v>67</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>132</v>
+      </c>
+      <c r="M15" t="s">
+        <v>38</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>133</v>
+      </c>
+      <c r="P15" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>135</v>
+      </c>
+      <c r="B16" t="s">
+        <v>136</v>
+      </c>
+      <c r="C16" t="s">
+        <v>137</v>
+      </c>
+      <c r="D16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>76</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>135</v>
+      </c>
+      <c r="M16" t="s">
+        <v>138</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>143</v>
+      </c>
+      <c r="D17" t="s">
+        <v>75</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
+        <v>144</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>145</v>
+      </c>
+      <c r="M17" t="s">
+        <v>146</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>147</v>
+      </c>
+      <c r="P17" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>149</v>
+      </c>
+      <c r="B18" t="s">
+        <v>150</v>
+      </c>
+      <c r="C18" t="s">
+        <v>151</v>
+      </c>
+      <c r="D18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>44</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2007</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>152</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>153</v>
+      </c>
+      <c r="M18" t="s">
+        <v>154</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>155</v>
+      </c>
+      <c r="P18" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>157</v>
+      </c>
+      <c r="B19" t="s">
+        <v>158</v>
+      </c>
+      <c r="C19" t="s">
+        <v>159</v>
+      </c>
+      <c r="D19" t="s">
+        <v>75</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2018</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>160</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>161</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>162</v>
+      </c>
+      <c r="P19" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>164</v>
+      </c>
+      <c r="B20" t="s">
+        <v>165</v>
+      </c>
+      <c r="C20" t="s">
+        <v>166</v>
+      </c>
+      <c r="D20" t="s">
+        <v>167</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>168</v>
+      </c>
+      <c r="K20" t="s">
+        <v>169</v>
+      </c>
+      <c r="L20" t="s">
+        <v>170</v>
+      </c>
+      <c r="M20" t="s">
+        <v>171</v>
+      </c>
+      <c r="N20" t="s">
+        <v>127</v>
+      </c>
+      <c r="O20" t="s">
+        <v>172</v>
+      </c>
+      <c r="P20" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>174</v>
+      </c>
+      <c r="B21" t="s">
+        <v>175</v>
+      </c>
+      <c r="C21" t="s">
+        <v>176</v>
+      </c>
+      <c r="D21" t="s">
+        <v>177</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>178</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>179</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>180</v>
+      </c>
+      <c r="P21" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>182</v>
+      </c>
+      <c r="B22" t="s">
+        <v>183</v>
+      </c>
+      <c r="C22" t="s">
+        <v>184</v>
+      </c>
+      <c r="D22" t="s">
+        <v>75</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>76</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>185</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>186</v>
+      </c>
+      <c r="P22" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>188</v>
+      </c>
+      <c r="B23" t="s">
+        <v>189</v>
+      </c>
+      <c r="C23" t="s">
+        <v>184</v>
+      </c>
+      <c r="D23" t="s">
+        <v>75</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>76</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>185</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>190</v>
+      </c>
+      <c r="P23" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>191</v>
+      </c>
+      <c r="B24" t="s">
+        <v>192</v>
+      </c>
+      <c r="C24" t="s">
+        <v>193</v>
+      </c>
+      <c r="D24" t="s">
+        <v>88</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2006</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>67</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>194</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>195</v>
+      </c>
+      <c r="P24" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>197</v>
+      </c>
+      <c r="B25" t="s">
+        <v>198</v>
+      </c>
+      <c r="C25" t="s">
+        <v>65</v>
+      </c>
+      <c r="D25" t="s">
+        <v>199</v>
+      </c>
+      <c r="E25" t="s">
+        <v>97</v>
+      </c>
+      <c r="F25" t="s">
+        <v>98</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25">
+        <v>2017</v>
+      </c>
+      <c r="J25" t="s">
+        <v>124</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>200</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>201</v>
+      </c>
+      <c r="P25" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>203</v>
+      </c>
+      <c r="B26" t="s">
+        <v>204</v>
+      </c>
+      <c r="C26" t="s">
+        <v>205</v>
+      </c>
+      <c r="D26" t="s">
+        <v>88</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2002</v>
+      </c>
+      <c r="I26">
+        <v>2016</v>
+      </c>
+      <c r="J26" t="s">
+        <v>168</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>206</v>
+      </c>
+      <c r="M26" t="s">
+        <v>207</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>208</v>
+      </c>
+      <c r="P26" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>210</v>
+      </c>
+      <c r="B27" t="s">
+        <v>211</v>
+      </c>
+      <c r="C27" t="s">
+        <v>205</v>
+      </c>
+      <c r="D27" t="s">
+        <v>88</v>
+      </c>
+      <c r="E27" t="s">
+        <v>97</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>168</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>212</v>
+      </c>
+      <c r="M27" t="s">
+        <v>207</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>213</v>
+      </c>
+      <c r="P27" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>215</v>
+      </c>
+      <c r="B28" t="s">
+        <v>216</v>
+      </c>
+      <c r="C28" t="s">
+        <v>176</v>
+      </c>
+      <c r="D28" t="s">
+        <v>217</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>44</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28">
+        <v>2016</v>
+      </c>
+      <c r="J28" t="s">
+        <v>178</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>179</v>
+      </c>
+      <c r="N28" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...40 lines deleted...]
-      <c r="C4" t="s">
+      <c r="O28" t="s">
+        <v>218</v>
+      </c>
+      <c r="P28" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>220</v>
+      </c>
+      <c r="B29" t="s">
+        <v>221</v>
+      </c>
+      <c r="C29" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" t="s">
+        <v>88</v>
+      </c>
+      <c r="E29" t="s">
+        <v>97</v>
+      </c>
+      <c r="F29" t="s">
+        <v>98</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29">
+        <v>2020</v>
+      </c>
+      <c r="J29" t="s">
+        <v>124</v>
+      </c>
+      <c r="K29" t="s">
         <v>36</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4">
+      <c r="L29" t="s">
+        <v>222</v>
+      </c>
+      <c r="M29" t="s">
+        <v>223</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>224</v>
+      </c>
+      <c r="P29" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>226</v>
+      </c>
+      <c r="B30" t="s">
+        <v>227</v>
+      </c>
+      <c r="C30" t="s">
+        <v>122</v>
+      </c>
+      <c r="D30" t="s">
+        <v>88</v>
+      </c>
+      <c r="E30" t="s">
+        <v>97</v>
+      </c>
+      <c r="F30" t="s">
+        <v>98</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>1998</v>
       </c>
-      <c r="H4">
-[...26 lines deleted...]
-      <c r="C5" t="s">
+      <c r="I30">
+        <v>2020</v>
+      </c>
+      <c r="J30" t="s">
+        <v>124</v>
+      </c>
+      <c r="K30" t="s">
         <v>36</v>
       </c>
-      <c r="D5" t="s">
-[...35 lines deleted...]
-      <c r="B6" t="s">
+      <c r="L30" t="s">
+        <v>228</v>
+      </c>
+      <c r="M30" t="s">
+        <v>223</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>229</v>
+      </c>
+      <c r="P30" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>231</v>
+      </c>
+      <c r="B31" t="s">
+        <v>232</v>
+      </c>
+      <c r="C31" t="s">
+        <v>233</v>
+      </c>
+      <c r="D31" t="s">
+        <v>82</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31">
+        <v>2018</v>
+      </c>
+      <c r="J31" t="s">
+        <v>160</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>234</v>
+      </c>
+      <c r="M31" t="s">
+        <v>235</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>236</v>
+      </c>
+      <c r="P31" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>238</v>
+      </c>
+      <c r="B32" t="s">
+        <v>239</v>
+      </c>
+      <c r="C32" t="s">
+        <v>240</v>
+      </c>
+      <c r="D32" t="s">
+        <v>241</v>
+      </c>
+      <c r="E32" t="s">
+        <v>97</v>
+      </c>
+      <c r="F32" t="s">
         <v>44</v>
       </c>
-      <c r="C6" t="s">
-[...272 lines deleted...]
-      <c r="H12">
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32">
         <v>2017</v>
       </c>
-      <c r="I12" t="s">
-[...87 lines deleted...]
-      <c r="I14" t="s">
+      <c r="J32" t="s">
         <v>99</v>
       </c>
-      <c r="J14" t="s">
-[...777 lines deleted...]
-      </c>
       <c r="K32" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>242</v>
       </c>
       <c r="N32" t="s">
-        <v>182</v>
-[...41 lines deleted...]
-        <v>187</v>
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>243</v>
+      </c>
+      <c r="P32" t="s">
+        <v>244</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>