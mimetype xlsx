--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,1561 +12,2171 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="479">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="675">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-020. Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-020-refrigerators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
-    <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
-    <t>Nigerian MEPS and Energy Label Guide</t>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerator-meps</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1830,4975 +2440,5552 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N112"/>
+  <dimension ref="A1:P110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1997</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...107 lines deleted...]
-      <c r="B5" t="s">
+      <c r="F10" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...40 lines deleted...]
-      <c r="B6" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2005</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>92</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>93</v>
+      </c>
+      <c r="M10" t="s">
+        <v>94</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>43</v>
       </c>
-      <c r="C6" t="s">
-[...232 lines deleted...]
-        <v>2012</v>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
-        <v>79</v>
+      <c r="I11">
+        <v>2012</v>
       </c>
       <c r="J11" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="K11" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>76</v>
+        <v>100</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>94</v>
       </c>
       <c r="N11" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="B12" t="s">
-        <v>72</v>
+        <v>104</v>
       </c>
       <c r="C12" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E12" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>105</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
-      <c r="I12" t="s">
-        <v>84</v>
+      <c r="I12">
+        <v>2012</v>
       </c>
       <c r="J12" t="s">
-        <v>29</v>
+        <v>106</v>
       </c>
       <c r="K12" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="N12" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>111</v>
       </c>
       <c r="B13" t="s">
-        <v>72</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E13" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>105</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2012</v>
       </c>
-      <c r="H13">
+      <c r="I13">
         <v>2016</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>29</v>
+        <v>106</v>
       </c>
       <c r="K13" t="s">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
         <v>90</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" t="s">
+      <c r="D14" t="s">
         <v>91</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>105</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1999</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>99</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
+        <v>108</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>90</v>
+      </c>
+      <c r="D15" t="s">
+        <v>91</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>105</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1999</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>123</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>108</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>129</v>
+      </c>
+      <c r="D16" t="s">
+        <v>130</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>131</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2023</v>
+      </c>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>133</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>138</v>
+      </c>
+      <c r="D17" t="s">
+        <v>91</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>44</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C18" t="s">
+        <v>69</v>
+      </c>
+      <c r="D18" t="s">
+        <v>61</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1986</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
+      <c r="J18" t="s">
+        <v>123</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>144</v>
+      </c>
+      <c r="M18" t="s">
         <v>73</v>
       </c>
-      <c r="D14" t="s">
-[...200 lines deleted...]
-      </c>
       <c r="N18" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>112</v>
+        <v>147</v>
       </c>
       <c r="B19" t="s">
-        <v>113</v>
+        <v>148</v>
       </c>
       <c r="C19" t="s">
-        <v>114</v>
+        <v>149</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>150</v>
       </c>
       <c r="E19" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>151</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2023</v>
       </c>
-      <c r="I19" t="s">
+      <c r="I19">
+        <v>2023</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>152</v>
+      </c>
+      <c r="M19" t="s">
+        <v>153</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>158</v>
+      </c>
+      <c r="D20" t="s">
+        <v>159</v>
+      </c>
+      <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="J19" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G20"/>
+        <v>151</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
       <c r="H20"/>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K20" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L20" t="s">
+        <v>160</v>
+      </c>
+      <c r="M20" t="s">
+        <v>161</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>162</v>
+      </c>
+      <c r="P20" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>164</v>
+      </c>
+      <c r="B21" t="s">
+        <v>165</v>
+      </c>
+      <c r="C21" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" t="s">
+        <v>167</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>105</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
         <v>123</v>
       </c>
-      <c r="M20" t="s">
-[...25 lines deleted...]
-      <c r="G21">
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>168</v>
+      </c>
+      <c r="M21" t="s">
+        <v>169</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>170</v>
+      </c>
+      <c r="P21" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>172</v>
+      </c>
+      <c r="B22" t="s">
+        <v>173</v>
+      </c>
+      <c r="C22" t="s">
+        <v>166</v>
+      </c>
+      <c r="D22" t="s">
+        <v>167</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>105</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2013</v>
       </c>
-      <c r="H21">
+      <c r="I22">
+        <v>2010</v>
+      </c>
+      <c r="J22" t="s">
+        <v>123</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>174</v>
+      </c>
+      <c r="M22" t="s">
+        <v>175</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>176</v>
+      </c>
+      <c r="P22" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>178</v>
+      </c>
+      <c r="B23" t="s">
+        <v>179</v>
+      </c>
+      <c r="C23" t="s">
+        <v>166</v>
+      </c>
+      <c r="D23" t="s">
+        <v>167</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>105</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>123</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>180</v>
+      </c>
+      <c r="M23" t="s">
+        <v>175</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>181</v>
+      </c>
+      <c r="P23" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>183</v>
+      </c>
+      <c r="B24" t="s">
+        <v>184</v>
+      </c>
+      <c r="C24" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" t="s">
+        <v>167</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>105</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
         <v>2015</v>
       </c>
-      <c r="I21" t="s">
-[...40 lines deleted...]
-      <c r="H22">
+      <c r="J24" t="s">
+        <v>123</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>185</v>
+      </c>
+      <c r="M24" t="s">
+        <v>169</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>186</v>
+      </c>
+      <c r="P24" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>188</v>
+      </c>
+      <c r="B25" t="s">
+        <v>189</v>
+      </c>
+      <c r="C25" t="s">
+        <v>166</v>
+      </c>
+      <c r="D25" t="s">
+        <v>91</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>105</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2010</v>
       </c>
-      <c r="I22" t="s">
-[...128 lines deleted...]
-      <c r="H25">
+      <c r="I25">
         <v>2011</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>29</v>
+        <v>123</v>
       </c>
       <c r="K25" t="s">
-        <v>142</v>
+        <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>133</v>
+        <v>190</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="N25" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>191</v>
+      </c>
+      <c r="P25" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>144</v>
+        <v>193</v>
       </c>
       <c r="B26" t="s">
-        <v>145</v>
+        <v>194</v>
       </c>
       <c r="C26" t="s">
-        <v>127</v>
+        <v>195</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>167</v>
       </c>
       <c r="E26" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2012</v>
       </c>
-      <c r="I26" t="s">
-        <v>146</v>
+      <c r="I26">
+        <v>2012</v>
       </c>
       <c r="J26" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>197</v>
       </c>
       <c r="N26" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>198</v>
+      </c>
+      <c r="P26" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>149</v>
+        <v>200</v>
       </c>
       <c r="B27" t="s">
-        <v>145</v>
+        <v>201</v>
       </c>
       <c r="C27" t="s">
-        <v>73</v>
+        <v>195</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="E27" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2010</v>
       </c>
-      <c r="I27" t="s">
-        <v>58</v>
+      <c r="I27">
+        <v>2010</v>
       </c>
       <c r="J27" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>202</v>
+      </c>
+      <c r="M27" t="s">
+        <v>197</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>203</v>
+      </c>
+      <c r="P27" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>205</v>
+      </c>
+      <c r="B28" t="s">
+        <v>206</v>
+      </c>
+      <c r="C28" t="s">
+        <v>195</v>
+      </c>
+      <c r="D28" t="s">
+        <v>91</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1992</v>
+      </c>
+      <c r="I28">
+        <v>2009</v>
+      </c>
+      <c r="J28" t="s">
+        <v>71</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>202</v>
+      </c>
+      <c r="M28" t="s">
+        <v>197</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>207</v>
+      </c>
+      <c r="P28" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>209</v>
+      </c>
+      <c r="B29" t="s">
+        <v>210</v>
+      </c>
+      <c r="C29" t="s">
+        <v>211</v>
+      </c>
+      <c r="D29" t="s">
+        <v>70</v>
+      </c>
+      <c r="E29" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29">
+        <v>2019</v>
+      </c>
+      <c r="J29" t="s">
+        <v>212</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>213</v>
+      </c>
+      <c r="M29" t="s">
+        <v>214</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>215</v>
+      </c>
+      <c r="P29" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>217</v>
+      </c>
+      <c r="B30" t="s">
+        <v>218</v>
+      </c>
+      <c r="C30" t="s">
+        <v>211</v>
+      </c>
+      <c r="D30" t="s">
+        <v>167</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>43</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
+        <v>212</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>219</v>
+      </c>
+      <c r="M30" t="s">
+        <v>214</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>220</v>
+      </c>
+      <c r="P30" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>222</v>
+      </c>
+      <c r="B31" t="s">
+        <v>223</v>
+      </c>
+      <c r="C31" t="s">
+        <v>224</v>
+      </c>
+      <c r="D31" t="s">
+        <v>225</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>105</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1995</v>
+      </c>
+      <c r="I31">
+        <v>2021</v>
+      </c>
+      <c r="J31" t="s">
+        <v>62</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>226</v>
+      </c>
+      <c r="M31" t="s">
+        <v>227</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>228</v>
+      </c>
+      <c r="P31" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>230</v>
+      </c>
+      <c r="B32" t="s">
+        <v>231</v>
+      </c>
+      <c r="C32" t="s">
+        <v>149</v>
+      </c>
+      <c r="D32" t="s">
+        <v>91</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>151</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2007</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>62</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>232</v>
+      </c>
+      <c r="M32" t="s">
+        <v>153</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>233</v>
+      </c>
+      <c r="P32" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>235</v>
+      </c>
+      <c r="B33" t="s">
+        <v>236</v>
+      </c>
+      <c r="C33" t="s">
+        <v>149</v>
+      </c>
+      <c r="D33" t="s">
+        <v>91</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>151</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2006</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>237</v>
+      </c>
+      <c r="M33" t="s">
+        <v>153</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>238</v>
+      </c>
+      <c r="P33" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>240</v>
+      </c>
+      <c r="B34" t="s">
+        <v>241</v>
+      </c>
+      <c r="C34" t="s">
+        <v>242</v>
+      </c>
+      <c r="D34" t="s">
+        <v>243</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>151</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>62</v>
+      </c>
+      <c r="K34" t="s">
+        <v>45</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>244</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>245</v>
+      </c>
+      <c r="P34" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>247</v>
+      </c>
+      <c r="B35" t="s">
+        <v>248</v>
+      </c>
+      <c r="C35" t="s">
+        <v>249</v>
+      </c>
+      <c r="D35" t="s">
+        <v>61</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>151</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1986</v>
+      </c>
+      <c r="I35">
+        <v>2004</v>
+      </c>
+      <c r="J35" t="s">
+        <v>62</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>250</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>251</v>
+      </c>
+      <c r="P35" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>253</v>
+      </c>
+      <c r="B36" t="s">
+        <v>254</v>
+      </c>
+      <c r="C36" t="s">
+        <v>255</v>
+      </c>
+      <c r="D36" t="s">
+        <v>256</v>
+      </c>
+      <c r="E36" t="s">
+        <v>42</v>
+      </c>
+      <c r="F36" t="s">
+        <v>105</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2008</v>
+      </c>
+      <c r="I36">
+        <v>2018</v>
+      </c>
+      <c r="J36" t="s">
+        <v>106</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>257</v>
+      </c>
+      <c r="M36" t="s">
+        <v>258</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>259</v>
+      </c>
+      <c r="P36" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>261</v>
+      </c>
+      <c r="B37" t="s">
+        <v>262</v>
+      </c>
+      <c r="C37" t="s">
+        <v>255</v>
+      </c>
+      <c r="D37" t="s">
+        <v>61</v>
+      </c>
+      <c r="E37" t="s">
+        <v>42</v>
+      </c>
+      <c r="F37" t="s">
+        <v>105</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2001</v>
+      </c>
+      <c r="I37">
+        <v>2013</v>
+      </c>
+      <c r="J37" t="s">
+        <v>106</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>263</v>
+      </c>
+      <c r="M37" t="s">
+        <v>258</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>264</v>
+      </c>
+      <c r="P37" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>266</v>
+      </c>
+      <c r="B38" t="s">
+        <v>267</v>
+      </c>
+      <c r="C38" t="s">
+        <v>255</v>
+      </c>
+      <c r="D38" t="s">
+        <v>268</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>105</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2004</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>106</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>269</v>
+      </c>
+      <c r="M38" t="s">
+        <v>258</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>270</v>
+      </c>
+      <c r="P38" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>272</v>
+      </c>
+      <c r="B39" t="s">
+        <v>273</v>
+      </c>
+      <c r="C39" t="s">
+        <v>255</v>
+      </c>
+      <c r="D39" t="s">
+        <v>61</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>105</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2001</v>
+      </c>
+      <c r="I39">
+        <v>2014</v>
+      </c>
+      <c r="J39" t="s">
+        <v>106</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>274</v>
+      </c>
+      <c r="M39" t="s">
+        <v>258</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>275</v>
+      </c>
+      <c r="P39" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>277</v>
+      </c>
+      <c r="B40" t="s">
+        <v>278</v>
+      </c>
+      <c r="C40" t="s">
+        <v>255</v>
+      </c>
+      <c r="D40" t="s">
+        <v>167</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>105</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2010</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>106</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>279</v>
+      </c>
+      <c r="M40" t="s">
+        <v>258</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>280</v>
+      </c>
+      <c r="P40" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>282</v>
+      </c>
+      <c r="B41" t="s">
+        <v>283</v>
+      </c>
+      <c r="C41" t="s">
+        <v>284</v>
+      </c>
+      <c r="D41" t="s">
+        <v>91</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>151</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2024</v>
+      </c>
+      <c r="I41">
+        <v>2021</v>
+      </c>
+      <c r="J41" t="s">
+        <v>285</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>286</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>287</v>
+      </c>
+      <c r="P41" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>289</v>
+      </c>
+      <c r="B42" t="s">
+        <v>290</v>
+      </c>
+      <c r="C42" t="s">
+        <v>90</v>
+      </c>
+      <c r="D42" t="s">
+        <v>91</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>291</v>
+      </c>
+      <c r="H42">
+        <v>1989</v>
+      </c>
+      <c r="I42">
+        <v>2016</v>
+      </c>
+      <c r="J42" t="s">
+        <v>106</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>292</v>
+      </c>
+      <c r="M42" t="s">
+        <v>293</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>294</v>
+      </c>
+      <c r="P42" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>296</v>
+      </c>
+      <c r="B43" t="s">
+        <v>297</v>
+      </c>
+      <c r="C43" t="s">
+        <v>90</v>
+      </c>
+      <c r="D43" t="s">
+        <v>70</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2011</v>
+      </c>
+      <c r="I43">
+        <v>2012</v>
+      </c>
+      <c r="J43" t="s">
+        <v>106</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>100</v>
+      </c>
+      <c r="M43" t="s">
+        <v>94</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>298</v>
+      </c>
+      <c r="P43" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>300</v>
+      </c>
+      <c r="B44" t="s">
+        <v>301</v>
+      </c>
+      <c r="C44" t="s">
+        <v>90</v>
+      </c>
+      <c r="D44" t="s">
+        <v>70</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44">
+        <v>2017</v>
+      </c>
+      <c r="J44" t="s">
+        <v>106</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>302</v>
+      </c>
+      <c r="M44" t="s">
+        <v>94</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>303</v>
+      </c>
+      <c r="P44" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>305</v>
+      </c>
+      <c r="B45" t="s">
+        <v>306</v>
+      </c>
+      <c r="C45" t="s">
+        <v>307</v>
+      </c>
+      <c r="D45" t="s">
+        <v>308</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2019</v>
+      </c>
+      <c r="I45">
+        <v>2019</v>
+      </c>
+      <c r="J45" t="s">
+        <v>44</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>309</v>
+      </c>
+      <c r="M45" t="s">
+        <v>310</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>311</v>
+      </c>
+      <c r="P45" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>313</v>
+      </c>
+      <c r="B46" t="s">
+        <v>314</v>
+      </c>
+      <c r="C46" t="s">
+        <v>315</v>
+      </c>
+      <c r="D46" t="s">
+        <v>61</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1987</v>
+      </c>
+      <c r="I46">
+        <v>1988</v>
+      </c>
+      <c r="J46" t="s">
+        <v>123</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>316</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>317</v>
+      </c>
+      <c r="P46" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>319</v>
+      </c>
+      <c r="B47" t="s">
+        <v>320</v>
+      </c>
+      <c r="C47" t="s">
+        <v>315</v>
+      </c>
+      <c r="D47" t="s">
+        <v>61</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>43</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2011</v>
+      </c>
+      <c r="I47">
+        <v>2014</v>
+      </c>
+      <c r="J47" t="s">
+        <v>123</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>321</v>
+      </c>
+      <c r="M47" t="s">
+        <v>322</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>323</v>
+      </c>
+      <c r="P47" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>325</v>
+      </c>
+      <c r="B48" t="s">
+        <v>326</v>
+      </c>
+      <c r="C48" t="s">
+        <v>327</v>
+      </c>
+      <c r="D48" t="s">
+        <v>328</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>151</v>
+      </c>
+      <c r="G48" t="s">
+        <v>8</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48">
+        <v>2024</v>
+      </c>
+      <c r="J48" t="s">
+        <v>329</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>330</v>
+      </c>
+      <c r="M48" t="s">
+        <v>331</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>332</v>
+      </c>
+      <c r="P48" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>334</v>
+      </c>
+      <c r="B49" t="s">
+        <v>335</v>
+      </c>
+      <c r="C49" t="s">
+        <v>327</v>
+      </c>
+      <c r="D49" t="s">
+        <v>91</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>151</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2013</v>
+      </c>
+      <c r="I49">
+        <v>2024</v>
+      </c>
+      <c r="J49" t="s">
+        <v>329</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>336</v>
+      </c>
+      <c r="M49" t="s">
+        <v>331</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>337</v>
+      </c>
+      <c r="P49" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>339</v>
+      </c>
+      <c r="B50" t="s">
+        <v>340</v>
+      </c>
+      <c r="C50" t="s">
+        <v>341</v>
+      </c>
+      <c r="D50" t="s">
+        <v>70</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2003</v>
+      </c>
+      <c r="I50">
+        <v>2024</v>
+      </c>
+      <c r="J50" t="s">
+        <v>342</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>343</v>
+      </c>
+      <c r="M50" t="s">
+        <v>344</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>345</v>
+      </c>
+      <c r="P50" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>347</v>
+      </c>
+      <c r="B51" t="s">
+        <v>348</v>
+      </c>
+      <c r="C51" t="s">
+        <v>166</v>
+      </c>
+      <c r="D51" t="s">
+        <v>61</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>105</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1998</v>
+      </c>
+      <c r="I51">
+        <v>2014</v>
+      </c>
+      <c r="J51" t="s">
+        <v>349</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>350</v>
+      </c>
+      <c r="M51" t="s">
+        <v>169</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>351</v>
+      </c>
+      <c r="P51" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>353</v>
+      </c>
+      <c r="B52" t="s">
+        <v>354</v>
+      </c>
+      <c r="C52" t="s">
+        <v>355</v>
+      </c>
+      <c r="D52" t="s">
+        <v>91</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>151</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52">
+        <v>2018</v>
+      </c>
+      <c r="J52" t="s">
+        <v>356</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>357</v>
+      </c>
+      <c r="M52" t="s">
+        <v>331</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>358</v>
+      </c>
+      <c r="P52" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>360</v>
+      </c>
+      <c r="B53" t="s">
+        <v>361</v>
+      </c>
+      <c r="C53" t="s">
+        <v>362</v>
+      </c>
+      <c r="D53" t="s">
+        <v>61</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>43</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2001</v>
+      </c>
+      <c r="I53">
+        <v>2021</v>
+      </c>
+      <c r="J53" t="s">
+        <v>363</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>364</v>
+      </c>
+      <c r="M53" t="s">
+        <v>365</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>366</v>
+      </c>
+      <c r="P53" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>368</v>
+      </c>
+      <c r="B54" t="s">
+        <v>369</v>
+      </c>
+      <c r="C54" t="s">
+        <v>370</v>
+      </c>
+      <c r="D54" t="s">
+        <v>91</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2001</v>
+      </c>
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
+        <v>371</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>372</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>373</v>
+      </c>
+      <c r="P54" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>375</v>
+      </c>
+      <c r="B55" t="s">
+        <v>376</v>
+      </c>
+      <c r="C55" t="s">
+        <v>370</v>
+      </c>
+      <c r="D55" t="s">
+        <v>91</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>43</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2001</v>
+      </c>
+      <c r="I55">
+        <v>2015</v>
+      </c>
+      <c r="J55" t="s">
+        <v>371</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>372</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>377</v>
+      </c>
+      <c r="P55" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>379</v>
+      </c>
+      <c r="B56" t="s">
+        <v>380</v>
+      </c>
+      <c r="C56" t="s">
+        <v>370</v>
+      </c>
+      <c r="D56" t="s">
+        <v>61</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2001</v>
+      </c>
+      <c r="I56">
+        <v>2015</v>
+      </c>
+      <c r="J56" t="s">
+        <v>371</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>372</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>381</v>
+      </c>
+      <c r="P56" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>383</v>
+      </c>
+      <c r="B57" t="s">
+        <v>384</v>
+      </c>
+      <c r="C57" t="s">
+        <v>370</v>
+      </c>
+      <c r="D57" t="s">
+        <v>61</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>43</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2001</v>
+      </c>
+      <c r="I57">
+        <v>2015</v>
+      </c>
+      <c r="J57" t="s">
+        <v>371</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>372</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>385</v>
+      </c>
+      <c r="P57" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>387</v>
+      </c>
+      <c r="B58" t="s">
+        <v>388</v>
+      </c>
+      <c r="C58" t="s">
+        <v>389</v>
+      </c>
+      <c r="D58" t="s">
+        <v>61</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>151</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1998</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>390</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>391</v>
+      </c>
+      <c r="M58" t="s">
+        <v>392</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>393</v>
+      </c>
+      <c r="P58" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>395</v>
+      </c>
+      <c r="B59" t="s">
+        <v>396</v>
+      </c>
+      <c r="C59" t="s">
+        <v>389</v>
+      </c>
+      <c r="D59" t="s">
+        <v>167</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>151</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2002</v>
+      </c>
+      <c r="I59">
+        <v>2008</v>
+      </c>
+      <c r="J59" t="s">
+        <v>390</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>397</v>
+      </c>
+      <c r="M59" t="s">
+        <v>392</v>
+      </c>
+      <c r="N59" t="s">
+        <v>36</v>
+      </c>
+      <c r="O59" t="s">
+        <v>398</v>
+      </c>
+      <c r="P59" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>399</v>
+      </c>
+      <c r="B60" t="s">
+        <v>400</v>
+      </c>
+      <c r="C60" t="s">
+        <v>389</v>
+      </c>
+      <c r="D60" t="s">
+        <v>70</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>151</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2007</v>
+      </c>
+      <c r="I60">
+        <v>2012</v>
+      </c>
+      <c r="J60" t="s">
+        <v>390</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>401</v>
+      </c>
+      <c r="M60" t="s">
+        <v>392</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>402</v>
+      </c>
+      <c r="P60" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>403</v>
+      </c>
+      <c r="B61" t="s">
+        <v>404</v>
+      </c>
+      <c r="C61" t="s">
+        <v>405</v>
+      </c>
+      <c r="D61" t="s">
+        <v>61</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>43</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2013</v>
+      </c>
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>106</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>406</v>
+      </c>
+      <c r="M61" t="s">
+        <v>407</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>408</v>
+      </c>
+      <c r="P61" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>410</v>
+      </c>
+      <c r="B62" t="s">
+        <v>411</v>
+      </c>
+      <c r="C62" t="s">
+        <v>405</v>
+      </c>
+      <c r="D62" t="s">
+        <v>61</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2013</v>
+      </c>
+      <c r="I62">
+        <v>2014</v>
+      </c>
+      <c r="J62" t="s">
+        <v>106</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>406</v>
+      </c>
+      <c r="M62" t="s">
+        <v>407</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>412</v>
+      </c>
+      <c r="P62" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>414</v>
+      </c>
+      <c r="B63" t="s">
+        <v>415</v>
+      </c>
+      <c r="C63" t="s">
+        <v>416</v>
+      </c>
+      <c r="D63" t="s">
+        <v>417</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>43</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>1996</v>
+      </c>
+      <c r="I63">
+        <v>2017</v>
+      </c>
+      <c r="J63" t="s">
+        <v>71</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>418</v>
+      </c>
+      <c r="M63" t="s">
+        <v>419</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>420</v>
+      </c>
+      <c r="P63" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>422</v>
+      </c>
+      <c r="B64" t="s">
+        <v>423</v>
+      </c>
+      <c r="C64" t="s">
+        <v>416</v>
+      </c>
+      <c r="D64" t="s">
+        <v>424</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>1996</v>
+      </c>
+      <c r="I64">
+        <v>2017</v>
+      </c>
+      <c r="J64" t="s">
+        <v>71</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>419</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>425</v>
+      </c>
+      <c r="P64" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>426</v>
+      </c>
+      <c r="B65" t="s">
+        <v>427</v>
+      </c>
+      <c r="C65" t="s">
+        <v>428</v>
+      </c>
+      <c r="D65" t="s">
+        <v>61</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2004</v>
+      </c>
+      <c r="I65">
+        <v>2010</v>
+      </c>
+      <c r="J65" t="s">
+        <v>62</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>429</v>
+      </c>
+      <c r="M65" t="s">
+        <v>430</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>431</v>
+      </c>
+      <c r="P65" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>426</v>
+      </c>
+      <c r="B66" t="s">
+        <v>433</v>
+      </c>
+      <c r="C66" t="s">
+        <v>428</v>
+      </c>
+      <c r="D66" t="s">
+        <v>434</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>151</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2004</v>
+      </c>
+      <c r="I66">
+        <v>2010</v>
+      </c>
+      <c r="J66" t="s">
+        <v>363</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>429</v>
+      </c>
+      <c r="M66" t="s">
+        <v>430</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>435</v>
+      </c>
+      <c r="P66" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>437</v>
+      </c>
+      <c r="B67" t="s">
+        <v>438</v>
+      </c>
+      <c r="C67" t="s">
+        <v>224</v>
+      </c>
+      <c r="D67" t="s">
+        <v>439</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>151</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2008</v>
+      </c>
+      <c r="I67">
+        <v>2020</v>
+      </c>
+      <c r="J67" t="s">
+        <v>44</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>440</v>
+      </c>
+      <c r="M67" t="s">
+        <v>441</v>
+      </c>
+      <c r="N67" t="s">
+        <v>36</v>
+      </c>
+      <c r="O67" t="s">
+        <v>442</v>
+      </c>
+      <c r="P67" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>444</v>
+      </c>
+      <c r="B68" t="s">
+        <v>201</v>
+      </c>
+      <c r="C68" t="s">
+        <v>195</v>
+      </c>
+      <c r="D68" t="s">
+        <v>91</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2010</v>
+      </c>
+      <c r="I68">
+        <v>2010</v>
+      </c>
+      <c r="J68" t="s">
+        <v>71</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>202</v>
+      </c>
+      <c r="M68" t="s">
+        <v>197</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>445</v>
+      </c>
+      <c r="P68" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>446</v>
+      </c>
+      <c r="B69" t="s">
+        <v>194</v>
+      </c>
+      <c r="C69" t="s">
+        <v>195</v>
+      </c>
+      <c r="D69" t="s">
+        <v>167</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2012</v>
+      </c>
+      <c r="I69">
+        <v>2012</v>
+      </c>
+      <c r="J69" t="s">
+        <v>196</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>197</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>447</v>
+      </c>
+      <c r="P69" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>448</v>
+      </c>
+      <c r="B70" t="s">
+        <v>449</v>
+      </c>
+      <c r="C70" t="s">
+        <v>195</v>
+      </c>
+      <c r="D70" t="s">
         <v>150</v>
       </c>
-      <c r="L27" t="s">
-[...28 lines deleted...]
-      <c r="G28">
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2004</v>
+      </c>
+      <c r="I70">
+        <v>2010</v>
+      </c>
+      <c r="J70" t="s">
+        <v>71</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>197</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>450</v>
+      </c>
+      <c r="P70" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>451</v>
+      </c>
+      <c r="B71" t="s">
+        <v>452</v>
+      </c>
+      <c r="C71" t="s">
+        <v>195</v>
+      </c>
+      <c r="D71" t="s">
+        <v>91</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>1992</v>
       </c>
-      <c r="H28">
-[...8 lines deleted...]
-      <c r="K28" t="s">
+      <c r="I71">
+        <v>2004</v>
+      </c>
+      <c r="J71" t="s">
+        <v>71</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>202</v>
+      </c>
+      <c r="M71" t="s">
+        <v>197</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>453</v>
+      </c>
+      <c r="P71" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>455</v>
+      </c>
+      <c r="B72" t="s">
+        <v>456</v>
+      </c>
+      <c r="C72" t="s">
+        <v>158</v>
+      </c>
+      <c r="D72" t="s">
+        <v>91</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2011</v>
+      </c>
+      <c r="I72">
+        <v>2022</v>
+      </c>
+      <c r="J72" t="s">
+        <v>212</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>457</v>
+      </c>
+      <c r="M72" t="s">
+        <v>458</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>459</v>
+      </c>
+      <c r="P72" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>461</v>
+      </c>
+      <c r="B73" t="s">
+        <v>462</v>
+      </c>
+      <c r="C73" t="s">
+        <v>158</v>
+      </c>
+      <c r="D73" t="s">
+        <v>91</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2011</v>
+      </c>
+      <c r="I73">
+        <v>2025</v>
+      </c>
+      <c r="J73" t="s">
+        <v>463</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>458</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>464</v>
+      </c>
+      <c r="P73" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>465</v>
+      </c>
+      <c r="B74" t="s">
+        <v>466</v>
+      </c>
+      <c r="C74" t="s">
+        <v>166</v>
+      </c>
+      <c r="D74" t="s">
+        <v>91</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2000</v>
+      </c>
+      <c r="I74">
+        <v>2018</v>
+      </c>
+      <c r="J74" t="s">
+        <v>62</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>169</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>467</v>
+      </c>
+      <c r="P74" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>469</v>
+      </c>
+      <c r="B75" t="s">
+        <v>470</v>
+      </c>
+      <c r="C75" t="s">
+        <v>362</v>
+      </c>
+      <c r="D75" t="s">
+        <v>61</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2007</v>
+      </c>
+      <c r="I75">
+        <v>2018</v>
+      </c>
+      <c r="J75" t="s">
+        <v>363</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>471</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>472</v>
+      </c>
+      <c r="P75" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>474</v>
+      </c>
+      <c r="B76" t="s">
+        <v>475</v>
+      </c>
+      <c r="C76" t="s">
+        <v>476</v>
+      </c>
+      <c r="D76" t="s">
+        <v>91</v>
+      </c>
+      <c r="E76" t="s">
+        <v>42</v>
+      </c>
+      <c r="F76" t="s">
+        <v>43</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2017</v>
+      </c>
+      <c r="I76">
+        <v>2019</v>
+      </c>
+      <c r="J76" t="s">
+        <v>477</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>478</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>479</v>
+      </c>
+      <c r="P76" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>481</v>
+      </c>
+      <c r="B77" t="s">
+        <v>482</v>
+      </c>
+      <c r="C77" t="s">
+        <v>362</v>
+      </c>
+      <c r="D77" t="s">
+        <v>61</v>
+      </c>
+      <c r="E77" t="s">
+        <v>42</v>
+      </c>
+      <c r="F77" t="s">
+        <v>105</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>1993</v>
+      </c>
+      <c r="I77">
+        <v>2016</v>
+      </c>
+      <c r="J77" t="s">
+        <v>363</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>483</v>
+      </c>
+      <c r="M77" t="s">
+        <v>484</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>485</v>
+      </c>
+      <c r="P77" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>487</v>
+      </c>
+      <c r="B78" t="s">
+        <v>488</v>
+      </c>
+      <c r="C78" t="s">
+        <v>166</v>
+      </c>
+      <c r="D78" t="s">
+        <v>91</v>
+      </c>
+      <c r="E78" t="s">
+        <v>42</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1996</v>
+      </c>
+      <c r="I78">
+        <v>2011</v>
+      </c>
+      <c r="J78" t="s">
+        <v>123</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>190</v>
+      </c>
+      <c r="M78" t="s">
+        <v>169</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>489</v>
+      </c>
+      <c r="P78" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>491</v>
+      </c>
+      <c r="B79" t="s">
+        <v>91</v>
+      </c>
+      <c r="C79" t="s">
+        <v>166</v>
+      </c>
+      <c r="D79" t="s">
         <v>150</v>
       </c>
-      <c r="L28" t="s">
-[...2191 lines deleted...]
-      </c>
       <c r="E79" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F79" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
       </c>
       <c r="H79">
         <v>2011</v>
       </c>
-      <c r="I79" t="s">
-        <v>95</v>
+      <c r="I79">
+        <v>2011</v>
       </c>
       <c r="J79" t="s">
-        <v>29</v>
+        <v>123</v>
       </c>
       <c r="K79" t="s">
-        <v>142</v>
+        <v>34</v>
       </c>
       <c r="L79" t="s">
+        <v>190</v>
+      </c>
+      <c r="M79" t="s">
+        <v>169</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>492</v>
+      </c>
+      <c r="P79" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>491</v>
+      </c>
+      <c r="B80" t="s">
+        <v>91</v>
+      </c>
+      <c r="C80" t="s">
+        <v>166</v>
+      </c>
+      <c r="D80" t="s">
+        <v>91</v>
+      </c>
+      <c r="E80" t="s">
+        <v>42</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1996</v>
+      </c>
+      <c r="I80">
+        <v>2011</v>
+      </c>
+      <c r="J80" t="s">
+        <v>123</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80" t="s">
+        <v>190</v>
+      </c>
+      <c r="M80" t="s">
+        <v>169</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>493</v>
+      </c>
+      <c r="P80" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>494</v>
+      </c>
+      <c r="B81" t="s">
+        <v>495</v>
+      </c>
+      <c r="C81" t="s">
+        <v>496</v>
+      </c>
+      <c r="D81" t="s">
+        <v>61</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>43</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2005</v>
+      </c>
+      <c r="I81">
+        <v>2013</v>
+      </c>
+      <c r="J81" t="s">
+        <v>44</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>497</v>
+      </c>
+      <c r="M81" t="s">
+        <v>498</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>499</v>
+      </c>
+      <c r="P81" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>501</v>
+      </c>
+      <c r="B82" t="s">
+        <v>502</v>
+      </c>
+      <c r="C82" t="s">
+        <v>503</v>
+      </c>
+      <c r="D82" t="s">
+        <v>504</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>151</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2017</v>
+      </c>
+      <c r="I82">
+        <v>2021</v>
+      </c>
+      <c r="J82" t="s">
+        <v>356</v>
+      </c>
+      <c r="K82" t="s">
+        <v>505</v>
+      </c>
+      <c r="L82" t="s">
+        <v>506</v>
+      </c>
+      <c r="M82" t="s">
+        <v>507</v>
+      </c>
+      <c r="N82" t="s">
+        <v>36</v>
+      </c>
+      <c r="O82" t="s">
+        <v>508</v>
+      </c>
+      <c r="P82" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>510</v>
+      </c>
+      <c r="B83" t="s">
+        <v>511</v>
+      </c>
+      <c r="C83" t="s">
+        <v>512</v>
+      </c>
+      <c r="D83" t="s">
+        <v>513</v>
+      </c>
+      <c r="E83" t="s">
+        <v>42</v>
+      </c>
+      <c r="F83" t="s">
+        <v>43</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2015</v>
+      </c>
+      <c r="I83">
+        <v>2018</v>
+      </c>
+      <c r="J83" t="s">
+        <v>371</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>514</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>515</v>
+      </c>
+      <c r="P83" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>517</v>
+      </c>
+      <c r="B84" t="s">
+        <v>518</v>
+      </c>
+      <c r="C84" t="s">
+        <v>519</v>
+      </c>
+      <c r="D84" t="s">
+        <v>61</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>151</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2013</v>
+      </c>
+      <c r="I84">
+        <v>2015</v>
+      </c>
+      <c r="J84" t="s">
+        <v>520</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>521</v>
+      </c>
+      <c r="M84" t="s">
+        <v>522</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>523</v>
+      </c>
+      <c r="P84" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>525</v>
+      </c>
+      <c r="B85" t="s">
+        <v>526</v>
+      </c>
+      <c r="C85" t="s">
+        <v>527</v>
+      </c>
+      <c r="D85" t="s">
+        <v>528</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2009</v>
+      </c>
+      <c r="I85">
+        <v>2013</v>
+      </c>
+      <c r="J85" t="s">
+        <v>33</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>529</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>530</v>
+      </c>
+      <c r="P85" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>532</v>
+      </c>
+      <c r="B86" t="s">
+        <v>533</v>
+      </c>
+      <c r="C86" t="s">
+        <v>534</v>
+      </c>
+      <c r="D86" t="s">
+        <v>535</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>43</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2008</v>
+      </c>
+      <c r="I86">
+        <v>2013</v>
+      </c>
+      <c r="J86" t="s">
+        <v>71</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
+        <v>25</v>
+      </c>
+      <c r="M86" t="s">
+        <v>536</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>537</v>
+      </c>
+      <c r="P86" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>539</v>
+      </c>
+      <c r="B87" t="s">
+        <v>540</v>
+      </c>
+      <c r="C87" t="s">
+        <v>166</v>
+      </c>
+      <c r="D87" t="s">
+        <v>91</v>
+      </c>
+      <c r="E87" t="s">
+        <v>42</v>
+      </c>
+      <c r="F87" t="s">
+        <v>43</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2010</v>
+      </c>
+      <c r="I87">
+        <v>2018</v>
+      </c>
+      <c r="J87" t="s">
+        <v>123</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>169</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>541</v>
+      </c>
+      <c r="P87" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>543</v>
+      </c>
+      <c r="B88" t="s">
+        <v>544</v>
+      </c>
+      <c r="C88" t="s">
+        <v>166</v>
+      </c>
+      <c r="D88" t="s">
+        <v>61</v>
+      </c>
+      <c r="E88" t="s">
+        <v>42</v>
+      </c>
+      <c r="F88" t="s">
+        <v>43</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2010</v>
+      </c>
+      <c r="I88">
+        <v>2010</v>
+      </c>
+      <c r="J88" t="s">
+        <v>123</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88" t="s">
+        <v>545</v>
+      </c>
+      <c r="M88" t="s">
+        <v>169</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>546</v>
+      </c>
+      <c r="P88" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>548</v>
+      </c>
+      <c r="B89" t="s">
+        <v>423</v>
+      </c>
+      <c r="C89" t="s">
+        <v>549</v>
+      </c>
+      <c r="D89" t="s">
+        <v>61</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>43</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2015</v>
+      </c>
+      <c r="I89">
+        <v>2019</v>
+      </c>
+      <c r="J89" t="s">
+        <v>550</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>551</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>552</v>
+      </c>
+      <c r="P89" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>554</v>
+      </c>
+      <c r="B90" t="s">
+        <v>555</v>
+      </c>
+      <c r="C90" t="s">
+        <v>556</v>
+      </c>
+      <c r="D90" t="s">
+        <v>61</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>151</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2007</v>
+      </c>
+      <c r="I90">
+        <v>2018</v>
+      </c>
+      <c r="J90" t="s">
+        <v>71</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90" t="s">
+        <v>557</v>
+      </c>
+      <c r="M90" t="s">
+        <v>558</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>559</v>
+      </c>
+      <c r="P90" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>561</v>
+      </c>
+      <c r="B91" t="s">
+        <v>562</v>
+      </c>
+      <c r="C91" t="s">
+        <v>563</v>
+      </c>
+      <c r="D91" t="s">
+        <v>61</v>
+      </c>
+      <c r="E91" t="s">
+        <v>42</v>
+      </c>
+      <c r="F91" t="s">
+        <v>105</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2000</v>
+      </c>
+      <c r="I91">
+        <v>2020</v>
+      </c>
+      <c r="J91" t="s">
+        <v>363</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>564</v>
+      </c>
+      <c r="M91" t="s">
+        <v>565</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>566</v>
+      </c>
+      <c r="P91" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>568</v>
+      </c>
+      <c r="B92" t="s">
+        <v>569</v>
+      </c>
+      <c r="C92" t="s">
+        <v>563</v>
+      </c>
+      <c r="D92" t="s">
+        <v>570</v>
+      </c>
+      <c r="E92" t="s">
+        <v>42</v>
+      </c>
+      <c r="F92" t="s">
+        <v>105</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2001</v>
+      </c>
+      <c r="I92">
+        <v>2015</v>
+      </c>
+      <c r="J92" t="s">
+        <v>363</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92" t="s">
+        <v>571</v>
+      </c>
+      <c r="M92" t="s">
+        <v>565</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>572</v>
+      </c>
+      <c r="P92" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>574</v>
+      </c>
+      <c r="B93" t="s">
+        <v>575</v>
+      </c>
+      <c r="C93" t="s">
+        <v>563</v>
+      </c>
+      <c r="D93" t="s">
+        <v>167</v>
+      </c>
+      <c r="E93" t="s">
+        <v>42</v>
+      </c>
+      <c r="F93" t="s">
+        <v>105</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2007</v>
+      </c>
+      <c r="I93">
+        <v>2012</v>
+      </c>
+      <c r="J93" t="s">
+        <v>363</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93" t="s">
+        <v>576</v>
+      </c>
+      <c r="M93" t="s">
+        <v>565</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>577</v>
+      </c>
+      <c r="P93" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>579</v>
+      </c>
+      <c r="B94" t="s">
+        <v>580</v>
+      </c>
+      <c r="C94" t="s">
+        <v>249</v>
+      </c>
+      <c r="D94" t="s">
+        <v>256</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>1986</v>
+      </c>
+      <c r="I94">
+        <v>2014</v>
+      </c>
+      <c r="J94" t="s">
+        <v>62</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>581</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>582</v>
+      </c>
+      <c r="P94" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>584</v>
+      </c>
+      <c r="B95" t="s">
+        <v>585</v>
+      </c>
+      <c r="C95" t="s">
+        <v>158</v>
+      </c>
+      <c r="D95" t="s">
+        <v>91</v>
+      </c>
+      <c r="E95" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" t="s">
+        <v>105</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2012</v>
+      </c>
+      <c r="I95">
+        <v>2012</v>
+      </c>
+      <c r="J95" t="s">
+        <v>390</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>586</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>587</v>
+      </c>
+      <c r="P95" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>589</v>
+      </c>
+      <c r="B96" t="s">
+        <v>590</v>
+      </c>
+      <c r="C96" t="s">
+        <v>563</v>
+      </c>
+      <c r="D96" t="s">
+        <v>570</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>151</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2008</v>
+      </c>
+      <c r="I96">
+        <v>2014</v>
+      </c>
+      <c r="J96" t="s">
+        <v>212</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>591</v>
+      </c>
+      <c r="M96" t="s">
+        <v>592</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>593</v>
+      </c>
+      <c r="P96" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>595</v>
+      </c>
+      <c r="B97" t="s">
+        <v>596</v>
+      </c>
+      <c r="C97" t="s">
         <v>129</v>
       </c>
-      <c r="M79" t="s">
+      <c r="D97" t="s">
+        <v>61</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2007</v>
+      </c>
+      <c r="I97">
+        <v>2015</v>
+      </c>
+      <c r="J97" t="s">
+        <v>132</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97" t="s">
+        <v>597</v>
+      </c>
+      <c r="M97" t="s">
+        <v>133</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>598</v>
+      </c>
+      <c r="P97" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>600</v>
+      </c>
+      <c r="B98" t="s">
+        <v>526</v>
+      </c>
+      <c r="C98" t="s">
+        <v>527</v>
+      </c>
+      <c r="D98" t="s">
+        <v>601</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>43</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2009</v>
+      </c>
+      <c r="I98">
+        <v>2016</v>
+      </c>
+      <c r="J98" t="s">
+        <v>33</v>
+      </c>
+      <c r="K98" t="s">
         <v>24</v>
       </c>
-      <c r="N79" t="s">
-[...22 lines deleted...]
-      <c r="G80">
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>529</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>602</v>
+      </c>
+      <c r="P98" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>604</v>
+      </c>
+      <c r="B99" t="s">
+        <v>605</v>
+      </c>
+      <c r="C99" t="s">
+        <v>211</v>
+      </c>
+      <c r="D99" t="s">
+        <v>70</v>
+      </c>
+      <c r="E99" t="s">
+        <v>42</v>
+      </c>
+      <c r="F99" t="s">
+        <v>105</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2013</v>
+      </c>
+      <c r="I99">
+        <v>2021</v>
+      </c>
+      <c r="J99" t="s">
+        <v>477</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>606</v>
+      </c>
+      <c r="M99" t="s">
+        <v>607</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>608</v>
+      </c>
+      <c r="P99" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>610</v>
+      </c>
+      <c r="B100" t="s">
+        <v>611</v>
+      </c>
+      <c r="C100" t="s">
+        <v>211</v>
+      </c>
+      <c r="D100" t="s">
+        <v>91</v>
+      </c>
+      <c r="E100" t="s">
+        <v>42</v>
+      </c>
+      <c r="F100" t="s">
+        <v>105</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2002</v>
+      </c>
+      <c r="I100">
+        <v>2021</v>
+      </c>
+      <c r="J100" t="s">
+        <v>477</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>612</v>
+      </c>
+      <c r="M100" t="s">
+        <v>607</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>613</v>
+      </c>
+      <c r="P100" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>615</v>
+      </c>
+      <c r="B101" t="s">
+        <v>616</v>
+      </c>
+      <c r="C101" t="s">
+        <v>211</v>
+      </c>
+      <c r="D101" t="s">
+        <v>167</v>
+      </c>
+      <c r="E101" t="s">
+        <v>42</v>
+      </c>
+      <c r="F101" t="s">
+        <v>105</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2015</v>
+      </c>
+      <c r="I101">
+        <v>2021</v>
+      </c>
+      <c r="J101" t="s">
+        <v>477</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101" t="s">
+        <v>617</v>
+      </c>
+      <c r="M101" t="s">
+        <v>607</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>618</v>
+      </c>
+      <c r="P101" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>620</v>
+      </c>
+      <c r="B102" t="s">
+        <v>621</v>
+      </c>
+      <c r="C102" t="s">
+        <v>211</v>
+      </c>
+      <c r="D102" t="s">
+        <v>91</v>
+      </c>
+      <c r="E102" t="s">
+        <v>42</v>
+      </c>
+      <c r="F102" t="s">
+        <v>43</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>1995</v>
+      </c>
+      <c r="I102">
+        <v>2019</v>
+      </c>
+      <c r="J102" t="s">
+        <v>212</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>622</v>
+      </c>
+      <c r="M102" t="s">
+        <v>214</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>623</v>
+      </c>
+      <c r="P102" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>625</v>
+      </c>
+      <c r="B103" t="s">
+        <v>626</v>
+      </c>
+      <c r="C103" t="s">
+        <v>224</v>
+      </c>
+      <c r="D103" t="s">
+        <v>167</v>
+      </c>
+      <c r="E103" t="s">
+        <v>42</v>
+      </c>
+      <c r="F103" t="s">
+        <v>105</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2013</v>
+      </c>
+      <c r="I103">
+        <v>2020</v>
+      </c>
+      <c r="J103" t="s">
+        <v>62</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>227</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>627</v>
+      </c>
+      <c r="P103" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>629</v>
+      </c>
+      <c r="B104" t="s">
+        <v>630</v>
+      </c>
+      <c r="C104" t="s">
+        <v>211</v>
+      </c>
+      <c r="D104" t="s">
+        <v>91</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>151</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2004</v>
+      </c>
+      <c r="I104">
+        <v>2021</v>
+      </c>
+      <c r="J104" t="s">
+        <v>285</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>631</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>632</v>
+      </c>
+      <c r="P104" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>634</v>
+      </c>
+      <c r="B105" t="s">
+        <v>635</v>
+      </c>
+      <c r="C105" t="s">
+        <v>636</v>
+      </c>
+      <c r="D105" t="s">
+        <v>61</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>151</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2007</v>
+      </c>
+      <c r="I105">
+        <v>2012</v>
+      </c>
+      <c r="J105" t="s">
+        <v>71</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105" t="s">
+        <v>637</v>
+      </c>
+      <c r="M105" t="s">
+        <v>638</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>639</v>
+      </c>
+      <c r="P105" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>641</v>
+      </c>
+      <c r="B106" t="s">
+        <v>642</v>
+      </c>
+      <c r="C106" t="s">
+        <v>643</v>
+      </c>
+      <c r="D106" t="s">
+        <v>61</v>
+      </c>
+      <c r="E106" t="s">
+        <v>42</v>
+      </c>
+      <c r="F106" t="s">
+        <v>43</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2002</v>
+      </c>
+      <c r="I106">
+        <v>2021</v>
+      </c>
+      <c r="J106" t="s">
+        <v>212</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106" t="s">
+        <v>644</v>
+      </c>
+      <c r="M106" t="s">
+        <v>645</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>646</v>
+      </c>
+      <c r="P106" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>648</v>
+      </c>
+      <c r="B107" t="s">
+        <v>649</v>
+      </c>
+      <c r="C107" t="s">
+        <v>643</v>
+      </c>
+      <c r="D107" t="s">
+        <v>61</v>
+      </c>
+      <c r="E107" t="s">
+        <v>42</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
         <v>2011</v>
       </c>
-      <c r="H80">
+      <c r="I107">
+        <v>2021</v>
+      </c>
+      <c r="J107" t="s">
+        <v>212</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107" t="s">
+        <v>650</v>
+      </c>
+      <c r="M107" t="s">
+        <v>645</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>651</v>
+      </c>
+      <c r="P107" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>653</v>
+      </c>
+      <c r="B108" t="s">
+        <v>654</v>
+      </c>
+      <c r="C108" t="s">
+        <v>655</v>
+      </c>
+      <c r="D108" t="s">
+        <v>61</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>151</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2013</v>
+      </c>
+      <c r="I108">
+        <v>2020</v>
+      </c>
+      <c r="J108" t="s">
+        <v>106</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108" t="s">
+        <v>656</v>
+      </c>
+      <c r="M108" t="s">
+        <v>657</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>658</v>
+      </c>
+      <c r="P108" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>660</v>
+      </c>
+      <c r="B109" t="s">
+        <v>661</v>
+      </c>
+      <c r="C109" t="s">
+        <v>662</v>
+      </c>
+      <c r="D109" t="s">
+        <v>61</v>
+      </c>
+      <c r="E109" t="s">
+        <v>42</v>
+      </c>
+      <c r="F109" t="s">
+        <v>43</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2008</v>
+      </c>
+      <c r="I109">
         <v>2011</v>
       </c>
-      <c r="I80" t="s">
-[...140 lines deleted...]
-      <c r="L83" t="s">
+      <c r="J109" t="s">
+        <v>62</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109" t="s">
+        <v>663</v>
+      </c>
+      <c r="M109" t="s">
+        <v>664</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>665</v>
+      </c>
+      <c r="P109" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>667</v>
+      </c>
+      <c r="B110" t="s">
+        <v>668</v>
+      </c>
+      <c r="C110" t="s">
+        <v>669</v>
+      </c>
+      <c r="D110" t="s">
+        <v>670</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>151</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2012</v>
+      </c>
+      <c r="I110">
+        <v>2014</v>
+      </c>
+      <c r="J110" t="s">
         <v>363</v>
       </c>
-      <c r="M83" t="s">
-[...1160 lines deleted...]
-      </c>
       <c r="K110" t="s">
-        <v>465</v>
+        <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>466</v>
+        <v>671</v>
       </c>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>672</v>
       </c>
       <c r="N110" t="s">
-        <v>467</v>
-[...87 lines deleted...]
-        <v>478</v>
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>673</v>
+      </c>
+      <c r="P110" t="s">
+        <v>674</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>