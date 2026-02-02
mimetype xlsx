--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="675">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="670">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -191,351 +191,333 @@
   <si>
     <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...2 lines deleted...]
-    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+    <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>AS 1731.1-13:2003</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
+  </si>
+  <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
+    <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>CEL-020. Refrigerators</t>
+  </si>
+  <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>July 2021</t>
+  </si>
+  <si>
+    <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-020-refrigerators</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
+  </si>
+  <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 26920.1-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
+  </si>
+  <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
+  </si>
+  <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
+    <t>CQC-F002-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
+    <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
+  </si>
+  <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
+    <t>GB 12021.2-2015; GB 19606-2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
+    <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>CQC 6104-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+  </si>
+  <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
+    <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
+  </si>
+  <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
+  </si>
+  <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
+    <t>Domestic fridges and freezers</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
+    <t>IEC 62552 parts 1 to 3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
+    <t>Efficiency Policy for Deep Freezers</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>IS 7872 (all amendments)</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
+    <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
     <t>October 2022</t>
-  </si>
-[...289 lines deleted...]
-    <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
@@ -877,66 +859,66 @@
   <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/refrigerators/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
     <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
@@ -1012,81 +994,84 @@
   <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
     <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
   </si>
   <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/53522/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
 (a) one door or two door;
 (b) can be connected to main power; and
 (c) within the scope of MS IEC 62552-1:2016 or equivalent standard
 IEC 62552-1:2015</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
   </si>
   <si>
     <t>This Determination covers products that are:  
 RDCs (short for refrigerated display cabinets);
 refrigerated drinks cabinets;
 ice cream freezer cabinets;
 scooping cabinets;
@@ -1122,51 +1107,51 @@
   <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
     <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
@@ -1422,72 +1407,72 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>Household electric freezer of storage volume 80L-400L</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
@@ -2440,51 +2425,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P110"/>
+  <dimension ref="A1:P109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2724,5232 +2709,5180 @@
       </c>
       <c r="L5" t="s">
         <v>55</v>
       </c>
       <c r="M5" t="s">
         <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>57</v>
       </c>
       <c r="P5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>59</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2003</v>
+        <v>1997</v>
       </c>
       <c r="I7">
         <v>2018</v>
       </c>
       <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
         <v>71</v>
       </c>
-      <c r="K7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
         <v>72</v>
       </c>
-      <c r="M7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P7" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>1997</v>
+        <v>2012</v>
       </c>
       <c r="I8">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J8" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D9" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="I9">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M9" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D10" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>43</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="I10">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J10" t="s">
         <v>92</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
         <v>93</v>
       </c>
       <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
         <v>94</v>
       </c>
-      <c r="N10" t="s">
-[...2 lines deleted...]
-      <c r="O10" t="s">
+      <c r="P10" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
         <v>97</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>62</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
         <v>98</v>
-      </c>
-[...10 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11">
         <v>2012</v>
       </c>
       <c r="J11" t="s">
         <v>99</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
         <v>100</v>
       </c>
       <c r="M11" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D12" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="E12" t="s">
         <v>42</v>
       </c>
       <c r="F12" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
         <v>106</v>
       </c>
-      <c r="K12" t="s">
-[...2 lines deleted...]
-      <c r="L12" t="s">
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
         <v>107</v>
       </c>
-      <c r="M12" t="s">
+      <c r="P12" t="s">
         <v>108</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D13" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="E13" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2012</v>
+        <v>1999</v>
       </c>
       <c r="I13">
         <v>2016</v>
       </c>
       <c r="J13" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>101</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B14" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D14" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="E14" t="s">
         <v>42</v>
       </c>
       <c r="F14" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>1999</v>
       </c>
       <c r="I14">
         <v>2016</v>
       </c>
       <c r="J14" t="s">
-        <v>99</v>
+        <v>116</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
+        <v>117</v>
+      </c>
+      <c r="M14" t="s">
+        <v>101</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
         <v>118</v>
       </c>
-      <c r="M14" t="s">
-[...5 lines deleted...]
-      <c r="O14" t="s">
+      <c r="P14" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
         <v>121</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>122</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>91</v>
+        <v>123</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>105</v>
+        <v>124</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="I15">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="J15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="P15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B16" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C16" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D16" t="s">
-        <v>130</v>
+        <v>84</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>131</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I16">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="J16" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
+        <v>132</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
         <v>133</v>
       </c>
-      <c r="N16" t="s">
-[...2 lines deleted...]
-      <c r="O16" t="s">
+      <c r="P16" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
         <v>136</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" t="s">
-        <v>138</v>
+        <v>61</v>
       </c>
       <c r="D17" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2016</v>
+        <v>1986</v>
       </c>
       <c r="I17">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J17" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>137</v>
+      </c>
       <c r="M17" t="s">
+        <v>65</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
         <v>139</v>
-      </c>
-[...7 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
         <v>142</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>43</v>
+        <v>144</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>1986</v>
+        <v>2023</v>
       </c>
       <c r="I18">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J18" t="s">
-        <v>123</v>
+        <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M18" t="s">
-        <v>73</v>
+        <v>146</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="P18" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B19" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C19" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D19" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
-      <c r="H19">
-[...4 lines deleted...]
-      </c>
+      <c r="H19"/>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>23</v>
+        <v>153</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="M19" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="P19" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B20" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C20" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D20" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F20" t="s">
-        <v>151</v>
+        <v>98</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="H20"/>
-      <c r="I20"/>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
       <c r="J20" t="s">
-        <v>62</v>
+        <v>116</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="M20" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="P20" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B21" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C21" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D21" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="E21" t="s">
         <v>42</v>
       </c>
       <c r="F21" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="J21" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
         <v>168</v>
       </c>
       <c r="M21" t="s">
         <v>169</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>170</v>
       </c>
       <c r="P21" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>172</v>
       </c>
       <c r="B22" t="s">
         <v>173</v>
       </c>
       <c r="C22" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D22" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="E22" t="s">
         <v>42</v>
       </c>
       <c r="F22" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="J22" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
         <v>174</v>
       </c>
       <c r="M22" t="s">
+        <v>169</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
         <v>175</v>
       </c>
-      <c r="N22" t="s">
-[...2 lines deleted...]
-      <c r="O22" t="s">
+      <c r="P22" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>177</v>
+      </c>
+      <c r="B23" t="s">
         <v>178</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D23" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="E23" t="s">
         <v>42</v>
       </c>
       <c r="F23" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="J23" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
+        <v>179</v>
+      </c>
+      <c r="M23" t="s">
+        <v>163</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
         <v>180</v>
       </c>
-      <c r="M23" t="s">
-[...5 lines deleted...]
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" t="s">
         <v>183</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D24" t="s">
-        <v>167</v>
+        <v>84</v>
       </c>
       <c r="E24" t="s">
         <v>42</v>
       </c>
       <c r="F24" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="I24">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="J24" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="M24" t="s">
         <v>169</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
+        <v>185</v>
+      </c>
+      <c r="P24" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>187</v>
+      </c>
+      <c r="B25" t="s">
         <v>188</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>189</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>91</v>
+        <v>161</v>
       </c>
       <c r="E25" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>105</v>
+        <v>43</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I25">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>123</v>
+        <v>190</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P25" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C26" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="D26" t="s">
-        <v>167</v>
+        <v>84</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I26">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J26" t="s">
+        <v>63</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
         <v>196</v>
       </c>
-      <c r="K26" t="s">
-[...2 lines deleted...]
-      <c r="L26"/>
       <c r="M26" t="s">
+        <v>191</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>197</v>
       </c>
-      <c r="N26" t="s">
-[...2 lines deleted...]
-      <c r="O26" t="s">
+      <c r="P26" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>199</v>
+      </c>
+      <c r="B27" t="s">
         <v>200</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="D27" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>43</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2010</v>
+        <v>1992</v>
       </c>
       <c r="I27">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="J27" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
+        <v>196</v>
+      </c>
+      <c r="M27" t="s">
+        <v>191</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>201</v>
+      </c>
+      <c r="P27" t="s">
         <v>202</v>
-      </c>
-[...10 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>203</v>
+      </c>
+      <c r="B28" t="s">
+        <v>204</v>
+      </c>
+      <c r="C28" t="s">
         <v>205</v>
       </c>
-      <c r="B28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D28" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F28" t="s">
         <v>43</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="I28">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="J28" t="s">
-        <v>71</v>
+        <v>206</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="M28" t="s">
-        <v>197</v>
+        <v>208</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="P28" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B29" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C29" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="D29" t="s">
-        <v>70</v>
+        <v>161</v>
       </c>
       <c r="E29" t="s">
         <v>42</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
         <v>213</v>
       </c>
       <c r="M29" t="s">
+        <v>208</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
         <v>214</v>
       </c>
-      <c r="N29" t="s">
-[...2 lines deleted...]
-      <c r="O29" t="s">
+      <c r="P29" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>216</v>
+      </c>
+      <c r="B30" t="s">
         <v>217</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>218</v>
       </c>
-      <c r="C30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>167</v>
+        <v>219</v>
       </c>
       <c r="E30" t="s">
         <v>42</v>
       </c>
       <c r="F30" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2017</v>
+        <v>1995</v>
       </c>
       <c r="I30">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J30" t="s">
-        <v>212</v>
+        <v>153</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="M30" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="P30" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B31" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C31" t="s">
-        <v>224</v>
+        <v>142</v>
       </c>
       <c r="D31" t="s">
-        <v>225</v>
+        <v>84</v>
       </c>
       <c r="E31" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>105</v>
+        <v>144</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="I31">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J31" t="s">
-        <v>62</v>
+        <v>153</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
         <v>226</v>
       </c>
       <c r="M31" t="s">
+        <v>146</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
         <v>227</v>
       </c>
-      <c r="N31" t="s">
-[...2 lines deleted...]
-      <c r="O31" t="s">
+      <c r="P31" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>229</v>
+      </c>
+      <c r="B32" t="s">
         <v>230</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="D32" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="I32">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="J32" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
+        <v>231</v>
+      </c>
+      <c r="M32" t="s">
+        <v>146</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
         <v>232</v>
       </c>
-      <c r="M32" t="s">
-[...5 lines deleted...]
-      <c r="O32" t="s">
+      <c r="P32" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>234</v>
+      </c>
+      <c r="B33" t="s">
         <v>235</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>236</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>91</v>
+        <v>237</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="I33">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J33" t="s">
-        <v>23</v>
+        <v>153</v>
       </c>
       <c r="K33" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>153</v>
+        <v>238</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P33" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D34" t="s">
-        <v>243</v>
+        <v>70</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2016</v>
+        <v>1986</v>
       </c>
       <c r="I34">
-        <v>2019</v>
+        <v>2004</v>
       </c>
       <c r="J34" t="s">
-        <v>62</v>
+        <v>153</v>
       </c>
       <c r="K34" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>244</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>245</v>
       </c>
       <c r="P34" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>247</v>
       </c>
       <c r="B35" t="s">
         <v>248</v>
       </c>
       <c r="C35" t="s">
         <v>249</v>
       </c>
       <c r="D35" t="s">
-        <v>61</v>
+        <v>250</v>
       </c>
       <c r="E35" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F35" t="s">
-        <v>151</v>
+        <v>98</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>1986</v>
+        <v>2008</v>
       </c>
       <c r="I35">
-        <v>2004</v>
+        <v>2018</v>
       </c>
       <c r="J35" t="s">
-        <v>62</v>
+        <v>99</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
-      <c r="L35"/>
+      <c r="L35" t="s">
+        <v>251</v>
+      </c>
       <c r="M35" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="P35" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B36" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C36" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="D36" t="s">
-        <v>256</v>
+        <v>70</v>
       </c>
       <c r="E36" t="s">
         <v>42</v>
       </c>
       <c r="F36" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="I36">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="J36" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36" t="s">
         <v>257</v>
       </c>
       <c r="M36" t="s">
+        <v>252</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
         <v>258</v>
       </c>
-      <c r="N36" t="s">
-[...2 lines deleted...]
-      <c r="O36" t="s">
+      <c r="P36" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>260</v>
+      </c>
+      <c r="B37" t="s">
         <v>261</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
+        <v>249</v>
+      </c>
+      <c r="D37" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E37" t="s">
         <v>42</v>
       </c>
       <c r="F37" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="I37">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="J37" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
         <v>263</v>
       </c>
       <c r="M37" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>264</v>
       </c>
       <c r="P37" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>266</v>
       </c>
       <c r="B38" t="s">
         <v>267</v>
       </c>
       <c r="C38" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="D38" t="s">
-        <v>268</v>
+        <v>70</v>
       </c>
       <c r="E38" t="s">
         <v>42</v>
       </c>
       <c r="F38" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="I38">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="J38" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
+        <v>268</v>
+      </c>
+      <c r="M38" t="s">
+        <v>252</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
         <v>269</v>
       </c>
-      <c r="M38" t="s">
-[...5 lines deleted...]
-      <c r="O38" t="s">
+      <c r="P38" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>271</v>
+      </c>
+      <c r="B39" t="s">
         <v>272</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="D39" t="s">
-        <v>61</v>
+        <v>161</v>
       </c>
       <c r="E39" t="s">
         <v>42</v>
       </c>
       <c r="F39" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="I39">
         <v>2014</v>
       </c>
       <c r="J39" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
+        <v>273</v>
+      </c>
+      <c r="M39" t="s">
+        <v>252</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
         <v>274</v>
       </c>
-      <c r="M39" t="s">
-[...5 lines deleted...]
-      <c r="O39" t="s">
+      <c r="P39" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>276</v>
+      </c>
+      <c r="B40" t="s">
         <v>277</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>278</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>167</v>
+        <v>84</v>
       </c>
       <c r="E40" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>105</v>
+        <v>144</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
-      <c r="H40">
-[...1 lines deleted...]
-      </c>
+      <c r="H40"/>
       <c r="I40">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J40" t="s">
-        <v>106</v>
+        <v>279</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
-      <c r="L40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>258</v>
+        <v>280</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P40" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B41" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C41" t="s">
-        <v>284</v>
+        <v>83</v>
       </c>
       <c r="D41" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>151</v>
+        <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>285</v>
       </c>
       <c r="H41">
-        <v>2024</v>
+        <v>1989</v>
       </c>
       <c r="I41">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="J41" t="s">
-        <v>285</v>
+        <v>99</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
-      <c r="L41"/>
+      <c r="L41" t="s">
+        <v>286</v>
+      </c>
       <c r="M41" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P41" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B42" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C42" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D42" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>291</v>
+        <v>22</v>
       </c>
       <c r="H42">
-        <v>1989</v>
+        <v>2011</v>
       </c>
       <c r="I42">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="J42" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
+        <v>93</v>
+      </c>
+      <c r="M42" t="s">
+        <v>87</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
         <v>292</v>
       </c>
-      <c r="M42" t="s">
+      <c r="P42" t="s">
         <v>293</v>
-      </c>
-[...7 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="B43" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C43" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D43" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="J43" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>100</v>
+        <v>296</v>
       </c>
       <c r="M43" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
+        <v>297</v>
+      </c>
+      <c r="P43" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>299</v>
+      </c>
+      <c r="B44" t="s">
         <v>300</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>301</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>70</v>
+        <v>302</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="I44">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="J44" t="s">
-        <v>106</v>
+        <v>44</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="M44" t="s">
-        <v>94</v>
+        <v>304</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="P44" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B45" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C45" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D45" t="s">
-        <v>308</v>
+        <v>70</v>
       </c>
       <c r="E45" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F45" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2019</v>
+        <v>1987</v>
       </c>
       <c r="I45">
-        <v>2019</v>
+        <v>1988</v>
       </c>
       <c r="J45" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
-      <c r="L45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
         <v>310</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>311</v>
       </c>
       <c r="P45" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>313</v>
       </c>
       <c r="B46" t="s">
         <v>314</v>
       </c>
       <c r="C46" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="D46" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
-        <v>1987</v>
+        <v>2011</v>
       </c>
       <c r="I46">
-        <v>1988</v>
+        <v>2014</v>
       </c>
       <c r="J46" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
-      <c r="L46"/>
+      <c r="L46" t="s">
+        <v>315</v>
+      </c>
       <c r="M46" t="s">
         <v>316</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>317</v>
       </c>
       <c r="P46" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>319</v>
       </c>
       <c r="B47" t="s">
         <v>320</v>
       </c>
       <c r="C47" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="D47" t="s">
-        <v>61</v>
+        <v>322</v>
       </c>
       <c r="E47" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>43</v>
+        <v>144</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I47">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J47" t="s">
-        <v>123</v>
+        <v>323</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M47" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="P47" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B48" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C48" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D48" t="s">
-        <v>328</v>
+        <v>84</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="G48" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H48">
         <v>2013</v>
       </c>
       <c r="I48">
         <v>2024</v>
       </c>
       <c r="J48" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="M48" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>332</v>
       </c>
       <c r="P48" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>334</v>
       </c>
       <c r="B49" t="s">
         <v>335</v>
       </c>
       <c r="C49" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D49" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>151</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="I49">
         <v>2024</v>
       </c>
       <c r="J49" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="M49" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="P49" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B50" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C50" t="s">
-        <v>341</v>
+        <v>160</v>
       </c>
       <c r="D50" t="s">
         <v>70</v>
       </c>
       <c r="E50" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F50" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="I50">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J50" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="M50" t="s">
-        <v>344</v>
+        <v>163</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="P50" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B51" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C51" t="s">
-        <v>166</v>
+        <v>321</v>
       </c>
       <c r="D51" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="E51" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>105</v>
+        <v>144</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>350</v>
       </c>
       <c r="H51">
-        <v>1998</v>
+        <v>2015</v>
       </c>
       <c r="I51">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="J51" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="M51" t="s">
-        <v>169</v>
+        <v>325</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="P51" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B52" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C52" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D52" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>151</v>
+        <v>43</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2015</v>
+        <v>2001</v>
       </c>
       <c r="I52">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="J52" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="M52" t="s">
-        <v>331</v>
+        <v>360</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="P52" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B53" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C53" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D53" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2001</v>
       </c>
       <c r="I53">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="J53" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
-      <c r="L53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="P53" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B54" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C54" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="D54" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2001</v>
       </c>
       <c r="I54">
         <v>2015</v>
       </c>
       <c r="J54" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
+        <v>367</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
         <v>372</v>
       </c>
-      <c r="N54" t="s">
-[...2 lines deleted...]
-      <c r="O54" t="s">
+      <c r="P54" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>374</v>
+      </c>
+      <c r="B55" t="s">
         <v>375</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="D55" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2001</v>
       </c>
       <c r="I55">
         <v>2015</v>
       </c>
       <c r="J55" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
+        <v>376</v>
+      </c>
+      <c r="P55" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>378</v>
+      </c>
+      <c r="B56" t="s">
         <v>379</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="D56" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2001</v>
       </c>
       <c r="I56">
         <v>2015</v>
       </c>
       <c r="J56" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
+        <v>380</v>
+      </c>
+      <c r="P56" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
+        <v>382</v>
+      </c>
+      <c r="B57" t="s">
         <v>383</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>384</v>
       </c>
-      <c r="C57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>43</v>
+        <v>144</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="I57">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J57" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
-      <c r="L57"/>
+      <c r="L57" t="s">
+        <v>386</v>
+      </c>
       <c r="M57" t="s">
-        <v>372</v>
+        <v>387</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="P57" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B58" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C58" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="D58" t="s">
-        <v>61</v>
+        <v>161</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="I58">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="J58" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M58" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="N58" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O58" t="s">
         <v>393</v>
       </c>
       <c r="P58" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>394</v>
+      </c>
+      <c r="B59" t="s">
         <v>395</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="D59" t="s">
-        <v>167</v>
+        <v>62</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="I59">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="J59" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59" t="s">
+        <v>396</v>
+      </c>
+      <c r="M59" t="s">
+        <v>387</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
         <v>397</v>
       </c>
-      <c r="M59" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P59" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>398</v>
+      </c>
+      <c r="B60" t="s">
         <v>399</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="D60" t="s">
         <v>70</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>151</v>
+        <v>43</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I60">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J60" t="s">
-        <v>390</v>
+        <v>99</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60" t="s">
         <v>401</v>
       </c>
       <c r="M60" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="P60" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C61" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="D61" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2013</v>
       </c>
       <c r="I61">
         <v>2014</v>
       </c>
       <c r="J61" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="M61" t="s">
+        <v>402</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
         <v>407</v>
       </c>
-      <c r="N61" t="s">
-[...2 lines deleted...]
-      <c r="O61" t="s">
+      <c r="P61" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
+        <v>409</v>
+      </c>
+      <c r="B62" t="s">
         <v>410</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>411</v>
       </c>
-      <c r="C62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" t="s">
-        <v>61</v>
+        <v>412</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>2013</v>
+        <v>1996</v>
       </c>
       <c r="I62">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J62" t="s">
-        <v>106</v>
+        <v>63</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="M62" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="P62" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B63" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C63" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="D63" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>1996</v>
       </c>
       <c r="I63">
         <v>2017</v>
       </c>
       <c r="J63" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
-      <c r="L63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L63"/>
       <c r="M63" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>420</v>
       </c>
       <c r="P63" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
+        <v>421</v>
+      </c>
+      <c r="B64" t="s">
         <v>422</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>423</v>
       </c>
-      <c r="C64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>424</v>
+        <v>70</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="I64">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="J64" t="s">
-        <v>71</v>
+        <v>153</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
-      <c r="L64"/>
+      <c r="L64" t="s">
+        <v>424</v>
+      </c>
       <c r="M64" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P64" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="B65" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C65" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D65" t="s">
-        <v>61</v>
+        <v>429</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>21</v>
+        <v>144</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2004</v>
       </c>
       <c r="I65">
         <v>2010</v>
       </c>
       <c r="J65" t="s">
-        <v>62</v>
+        <v>358</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="M65" t="s">
+        <v>425</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
         <v>430</v>
       </c>
-      <c r="N65" t="s">
-[...2 lines deleted...]
-      <c r="O65" t="s">
+      <c r="P65" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="B66" t="s">
         <v>433</v>
       </c>
       <c r="C66" t="s">
-        <v>428</v>
+        <v>218</v>
       </c>
       <c r="D66" t="s">
         <v>434</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="I66">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="J66" t="s">
-        <v>363</v>
+        <v>44</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="M66" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="N66" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O66" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="P66" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B67" t="s">
-        <v>438</v>
+        <v>195</v>
       </c>
       <c r="C67" t="s">
-        <v>224</v>
+        <v>189</v>
       </c>
       <c r="D67" t="s">
-        <v>439</v>
+        <v>84</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>151</v>
+        <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I67">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="J67" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
+        <v>196</v>
+      </c>
+      <c r="M67" t="s">
+        <v>191</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
         <v>440</v>
       </c>
-      <c r="M67" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P67" t="s">
-        <v>443</v>
+        <v>193</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="B68" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
       <c r="C68" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="D68" t="s">
-        <v>91</v>
+        <v>161</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I68">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J68" t="s">
-        <v>71</v>
+        <v>190</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
-      <c r="L68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="P68" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="B69" t="s">
-        <v>194</v>
+        <v>444</v>
       </c>
       <c r="C69" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="D69" t="s">
-        <v>167</v>
+        <v>143</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="I69">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J69" t="s">
-        <v>196</v>
+        <v>63</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="P69" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B70" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="D70" t="s">
-        <v>150</v>
+        <v>84</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
+        <v>1992</v>
+      </c>
+      <c r="I70">
         <v>2004</v>
       </c>
-      <c r="I70">
-[...1 lines deleted...]
-      </c>
       <c r="J70" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
-      <c r="L70"/>
+      <c r="L70" t="s">
+        <v>196</v>
+      </c>
       <c r="M70" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="P70" t="s">
-        <v>199</v>
+        <v>449</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
+        <v>450</v>
+      </c>
+      <c r="B71" t="s">
         <v>451</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" t="s">
-        <v>195</v>
+        <v>151</v>
       </c>
       <c r="D71" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>350</v>
       </c>
       <c r="H71">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="I71">
-        <v>2004</v>
+        <v>2022</v>
       </c>
       <c r="J71" t="s">
-        <v>71</v>
+        <v>206</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>202</v>
+        <v>452</v>
       </c>
       <c r="M71" t="s">
-        <v>197</v>
+        <v>453</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="P71" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B72" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C72" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="D72" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H72">
         <v>2011</v>
       </c>
       <c r="I72">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="J72" t="s">
-        <v>212</v>
+        <v>458</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
-      <c r="L72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>459</v>
       </c>
       <c r="P72" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
+        <v>460</v>
+      </c>
+      <c r="B73" t="s">
         <v>461</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D73" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="I73">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="J73" t="s">
-        <v>463</v>
+        <v>153</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>458</v>
+        <v>163</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="P73" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
+        <v>464</v>
+      </c>
+      <c r="B74" t="s">
         <v>465</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" t="s">
-        <v>166</v>
+        <v>357</v>
       </c>
       <c r="D74" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="I74">
         <v>2018</v>
       </c>
       <c r="J74" t="s">
-        <v>62</v>
+        <v>358</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>169</v>
+        <v>466</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
         <v>467</v>
       </c>
       <c r="P74" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>469</v>
       </c>
       <c r="B75" t="s">
         <v>470</v>
       </c>
       <c r="C75" t="s">
-        <v>362</v>
+        <v>471</v>
       </c>
       <c r="D75" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="E75" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F75" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="I75">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J75" t="s">
-        <v>363</v>
+        <v>472</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="P75" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B76" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C76" t="s">
-        <v>476</v>
+        <v>357</v>
       </c>
       <c r="D76" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="E76" t="s">
         <v>42</v>
       </c>
       <c r="F76" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
-        <v>2017</v>
+        <v>1993</v>
       </c>
       <c r="I76">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="J76" t="s">
-        <v>477</v>
+        <v>358</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
-      <c r="L76"/>
+      <c r="L76" t="s">
+        <v>478</v>
+      </c>
       <c r="M76" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="P76" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B77" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C77" t="s">
-        <v>362</v>
+        <v>160</v>
       </c>
       <c r="D77" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="E77" t="s">
         <v>42</v>
       </c>
       <c r="F77" t="s">
-        <v>105</v>
+        <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="I77">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="J77" t="s">
-        <v>363</v>
+        <v>116</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77" t="s">
-        <v>483</v>
+        <v>184</v>
       </c>
       <c r="M77" t="s">
+        <v>163</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
         <v>484</v>
       </c>
-      <c r="N77" t="s">
-[...2 lines deleted...]
-      <c r="O77" t="s">
+      <c r="P77" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="B78" t="s">
-        <v>488</v>
+        <v>84</v>
       </c>
       <c r="C78" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D78" t="s">
-        <v>91</v>
+        <v>143</v>
       </c>
       <c r="E78" t="s">
         <v>42</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="I78">
         <v>2011</v>
       </c>
       <c r="J78" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="M78" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="P78" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="B79" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="C79" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D79" t="s">
-        <v>150</v>
+        <v>84</v>
       </c>
       <c r="E79" t="s">
         <v>42</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
-        <v>2011</v>
+        <v>1996</v>
       </c>
       <c r="I79">
         <v>2011</v>
       </c>
       <c r="J79" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="M79" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="P79" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
+        <v>489</v>
+      </c>
+      <c r="B80" t="s">
+        <v>490</v>
+      </c>
+      <c r="C80" t="s">
         <v>491</v>
       </c>
-      <c r="B80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D80" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="E80" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="I80">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="J80" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80" t="s">
-        <v>190</v>
+        <v>492</v>
       </c>
       <c r="M80" t="s">
-        <v>169</v>
+        <v>493</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="P80" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B81" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C81" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D81" t="s">
-        <v>61</v>
+        <v>499</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>43</v>
+        <v>144</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="I81">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="J81" t="s">
-        <v>44</v>
+        <v>351</v>
       </c>
       <c r="K81" t="s">
-        <v>34</v>
+        <v>500</v>
       </c>
       <c r="L81" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="M81" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="N81" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O81" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="P81" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="B82" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="C82" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="D82" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="E82" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F82" t="s">
-        <v>151</v>
+        <v>43</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I82">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="J82" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="K82" t="s">
-        <v>505</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L82"/>
       <c r="M82" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="N82" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="P82" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B83" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C83" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D83" t="s">
-        <v>513</v>
+        <v>70</v>
       </c>
       <c r="E83" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>43</v>
+        <v>144</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
+        <v>2013</v>
+      </c>
+      <c r="I83">
         <v>2015</v>
       </c>
-      <c r="I83">
-[...1 lines deleted...]
-      </c>
       <c r="J83" t="s">
-        <v>371</v>
+        <v>515</v>
       </c>
       <c r="K83" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L83"/>
+        <v>34</v>
+      </c>
+      <c r="L83" t="s">
+        <v>516</v>
+      </c>
       <c r="M83" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="P83" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="B84" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C84" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="D84" t="s">
-        <v>61</v>
+        <v>523</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>151</v>
+        <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
+        <v>2009</v>
+      </c>
+      <c r="I84">
         <v>2013</v>
       </c>
-      <c r="I84">
-[...1 lines deleted...]
-      </c>
       <c r="J84" t="s">
-        <v>520</v>
+        <v>33</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
-      <c r="L84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L84"/>
       <c r="M84" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="P84" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B85" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C85" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="D85" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I85">
         <v>2013</v>
       </c>
       <c r="J85" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
-      <c r="L85"/>
+      <c r="L85" t="s">
+        <v>25</v>
+      </c>
       <c r="M85" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="P85" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="B86" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C86" t="s">
-        <v>534</v>
+        <v>160</v>
       </c>
       <c r="D86" t="s">
-        <v>535</v>
+        <v>84</v>
       </c>
       <c r="E86" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F86" t="s">
         <v>43</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I86">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J86" t="s">
-        <v>71</v>
+        <v>116</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
-      <c r="L86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L86"/>
       <c r="M86" t="s">
+        <v>163</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
         <v>536</v>
       </c>
-      <c r="N86" t="s">
-[...2 lines deleted...]
-      <c r="O86" t="s">
+      <c r="P86" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
+        <v>538</v>
+      </c>
+      <c r="B87" t="s">
         <v>539</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D87" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="E87" t="s">
         <v>42</v>
       </c>
       <c r="F87" t="s">
         <v>43</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2010</v>
       </c>
       <c r="I87">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="J87" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
-      <c r="L87"/>
+      <c r="L87" t="s">
+        <v>540</v>
+      </c>
       <c r="M87" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
         <v>541</v>
       </c>
       <c r="P87" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>543</v>
       </c>
       <c r="B88" t="s">
+        <v>418</v>
+      </c>
+      <c r="C88" t="s">
         <v>544</v>
       </c>
-      <c r="C88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D88" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E88" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>43</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I88">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="J88" t="s">
-        <v>123</v>
+        <v>545</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
-      <c r="L88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L88"/>
       <c r="M88" t="s">
-        <v>169</v>
+        <v>546</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="P88" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B89" t="s">
-        <v>423</v>
+        <v>550</v>
       </c>
       <c r="C89" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D89" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>43</v>
+        <v>144</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="I89">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J89" t="s">
-        <v>550</v>
+        <v>63</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
-      <c r="L89"/>
+      <c r="L89" t="s">
+        <v>552</v>
+      </c>
       <c r="M89" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="P89" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B90" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C90" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="D90" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E90" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F90" t="s">
-        <v>151</v>
+        <v>98</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="I90">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="J90" t="s">
-        <v>71</v>
+        <v>358</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="M90" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="P90" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B91" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C91" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="D91" t="s">
-        <v>61</v>
+        <v>565</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="I91">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J91" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="M91" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="P91" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B92" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C92" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="D92" t="s">
-        <v>570</v>
+        <v>161</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="I92">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J92" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92" t="s">
         <v>571</v>
       </c>
       <c r="M92" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
         <v>572</v>
       </c>
       <c r="P92" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
         <v>574</v>
       </c>
       <c r="B93" t="s">
         <v>575</v>
       </c>
       <c r="C93" t="s">
-        <v>563</v>
+        <v>243</v>
       </c>
       <c r="D93" t="s">
-        <v>167</v>
+        <v>250</v>
       </c>
       <c r="E93" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>105</v>
+        <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
-        <v>2007</v>
+        <v>1986</v>
       </c>
       <c r="I93">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J93" t="s">
-        <v>363</v>
+        <v>153</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
-      <c r="L93" t="s">
+      <c r="L93"/>
+      <c r="M93" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
         <v>577</v>
       </c>
       <c r="P93" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
         <v>579</v>
       </c>
       <c r="B94" t="s">
         <v>580</v>
       </c>
       <c r="C94" t="s">
-        <v>249</v>
+        <v>151</v>
       </c>
       <c r="D94" t="s">
-        <v>256</v>
+        <v>84</v>
       </c>
       <c r="E94" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F94" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
-        <v>1986</v>
+        <v>2012</v>
       </c>
       <c r="I94">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J94" t="s">
-        <v>62</v>
+        <v>385</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
         <v>581</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
         <v>582</v>
       </c>
       <c r="P94" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>584</v>
       </c>
       <c r="B95" t="s">
         <v>585</v>
       </c>
       <c r="C95" t="s">
-        <v>158</v>
+        <v>558</v>
       </c>
       <c r="D95" t="s">
-        <v>91</v>
+        <v>565</v>
       </c>
       <c r="E95" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>105</v>
+        <v>144</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="I95">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J95" t="s">
-        <v>390</v>
+        <v>206</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
-      <c r="L95"/>
+      <c r="L95" t="s">
+        <v>586</v>
+      </c>
       <c r="M95" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="P95" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B96" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C96" t="s">
-        <v>563</v>
+        <v>122</v>
       </c>
       <c r="D96" t="s">
-        <v>570</v>
+        <v>70</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>151</v>
+        <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I96">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="J96" t="s">
-        <v>212</v>
+        <v>125</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="M96" t="s">
-        <v>592</v>
+        <v>126</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
         <v>593</v>
       </c>
       <c r="P96" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>595</v>
       </c>
       <c r="B97" t="s">
+        <v>521</v>
+      </c>
+      <c r="C97" t="s">
+        <v>522</v>
+      </c>
+      <c r="D97" t="s">
         <v>596</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I97">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="J97" t="s">
-        <v>132</v>
+        <v>33</v>
       </c>
       <c r="K97" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>524</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
         <v>597</v>
       </c>
-      <c r="M97" t="s">
-[...5 lines deleted...]
-      <c r="O97" t="s">
+      <c r="P97" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
+        <v>599</v>
+      </c>
+      <c r="B98" t="s">
         <v>600</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" t="s">
-        <v>527</v>
+        <v>205</v>
       </c>
       <c r="D98" t="s">
+        <v>62</v>
+      </c>
+      <c r="E98" t="s">
+        <v>42</v>
+      </c>
+      <c r="F98" t="s">
+        <v>98</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2013</v>
+      </c>
+      <c r="I98">
+        <v>2021</v>
+      </c>
+      <c r="J98" t="s">
+        <v>472</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
         <v>601</v>
       </c>
-      <c r="E98" t="s">
-[...20 lines deleted...]
-      <c r="L98"/>
       <c r="M98" t="s">
-        <v>529</v>
+        <v>602</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="P98" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B99" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C99" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="D99" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="E99" t="s">
         <v>42</v>
       </c>
       <c r="F99" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="I99">
         <v>2021</v>
       </c>
       <c r="J99" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="M99" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
         <v>608</v>
       </c>
       <c r="P99" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
         <v>610</v>
       </c>
       <c r="B100" t="s">
         <v>611</v>
       </c>
       <c r="C100" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="D100" t="s">
-        <v>91</v>
+        <v>161</v>
       </c>
       <c r="E100" t="s">
         <v>42</v>
       </c>
       <c r="F100" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="I100">
         <v>2021</v>
       </c>
       <c r="J100" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100" t="s">
         <v>612</v>
       </c>
       <c r="M100" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
         <v>613</v>
       </c>
       <c r="P100" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>615</v>
       </c>
       <c r="B101" t="s">
         <v>616</v>
       </c>
       <c r="C101" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="D101" t="s">
-        <v>167</v>
+        <v>84</v>
       </c>
       <c r="E101" t="s">
         <v>42</v>
       </c>
       <c r="F101" t="s">
-        <v>105</v>
+        <v>43</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2015</v>
+        <v>1995</v>
       </c>
       <c r="I101">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="J101" t="s">
-        <v>477</v>
+        <v>206</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101" t="s">
         <v>617</v>
       </c>
       <c r="M101" t="s">
-        <v>607</v>
+        <v>208</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
         <v>618</v>
       </c>
       <c r="P101" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
         <v>620</v>
       </c>
       <c r="B102" t="s">
         <v>621</v>
       </c>
       <c r="C102" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="D102" t="s">
-        <v>91</v>
+        <v>161</v>
       </c>
       <c r="E102" t="s">
         <v>42</v>
       </c>
       <c r="F102" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
-        <v>1995</v>
+        <v>2013</v>
       </c>
       <c r="I102">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J102" t="s">
-        <v>212</v>
+        <v>153</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
-      <c r="L102" t="s">
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>221</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
         <v>622</v>
       </c>
-      <c r="M102" t="s">
-[...5 lines deleted...]
-      <c r="O102" t="s">
+      <c r="P102" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
+        <v>624</v>
+      </c>
+      <c r="B103" t="s">
         <v>625</v>
       </c>
-      <c r="B103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" t="s">
-        <v>224</v>
+        <v>205</v>
       </c>
       <c r="D103" t="s">
-        <v>167</v>
+        <v>84</v>
       </c>
       <c r="E103" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>105</v>
+        <v>144</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="I103">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="J103" t="s">
-        <v>62</v>
+        <v>279</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>227</v>
+        <v>626</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
         <v>627</v>
       </c>
       <c r="P103" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
         <v>629</v>
       </c>
       <c r="B104" t="s">
         <v>630</v>
       </c>
       <c r="C104" t="s">
-        <v>211</v>
+        <v>631</v>
       </c>
       <c r="D104" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="I104">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="J104" t="s">
-        <v>285</v>
+        <v>63</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
-      <c r="L104"/>
+      <c r="L104" t="s">
+        <v>632</v>
+      </c>
       <c r="M104" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="P104" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B105" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C105" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D105" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E105" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F105" t="s">
-        <v>151</v>
+        <v>43</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="I105">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="J105" t="s">
-        <v>71</v>
+        <v>206</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="M105" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="P105" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="B106" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="C106" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="D106" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E106" t="s">
         <v>42</v>
       </c>
       <c r="F106" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I106">
         <v>2021</v>
       </c>
       <c r="J106" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="M106" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
         <v>646</v>
       </c>
       <c r="P106" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
         <v>648</v>
       </c>
       <c r="B107" t="s">
         <v>649</v>
       </c>
       <c r="C107" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="D107" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E107" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>21</v>
+        <v>144</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I107">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J107" t="s">
-        <v>212</v>
+        <v>99</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="M107" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="P107" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="B108" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C108" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="D108" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E108" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F108" t="s">
-        <v>151</v>
+        <v>43</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="I108">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="J108" t="s">
-        <v>106</v>
+        <v>153</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="M108" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="P108" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="B109" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C109" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="D109" t="s">
-        <v>61</v>
+        <v>665</v>
       </c>
       <c r="E109" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>43</v>
+        <v>144</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="I109">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="J109" t="s">
-        <v>62</v>
+        <v>358</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="M109" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="P109" t="s">
-        <v>666</v>
-[...9 lines deleted...]
-      <c r="C110" t="s">
         <v>669</v>
-      </c>
-[...37 lines deleted...]
-        <v>674</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">