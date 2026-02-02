--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -601,50 +601,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2297,78 +2300,78 @@
       </c>
       <c r="P26" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>194</v>
       </c>
       <c r="B27" t="s">
         <v>195</v>
       </c>
       <c r="C27" t="s">
         <v>145</v>
       </c>
       <c r="D27" t="s">
         <v>33</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>72</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>196</v>
       </c>
       <c r="H27">
         <v>1994</v>
       </c>
       <c r="I27">
         <v>2014</v>
       </c>
       <c r="J27" t="s">
         <v>123</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="M27" t="s">
         <v>147</v>
       </c>
       <c r="N27" t="s">
         <v>56</v>
       </c>
       <c r="O27" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">