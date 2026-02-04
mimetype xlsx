--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -432,50 +432,53 @@
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
     <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
     <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1629,78 +1632,78 @@
       </c>
       <c r="P16" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>137</v>
       </c>
       <c r="B17" t="s">
         <v>138</v>
       </c>
       <c r="C17" t="s">
         <v>115</v>
       </c>
       <c r="D17" t="s">
         <v>139</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>90</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>140</v>
       </c>
       <c r="H17">
         <v>2002</v>
       </c>
       <c r="I17">
         <v>2007</v>
       </c>
       <c r="J17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M17" t="s">
         <v>118</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">