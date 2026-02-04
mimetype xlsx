--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,305 +12,369 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -574,583 +638,652 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="178" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="178.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>52</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2004</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2008</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
-      </c>
-[...332 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H10">
         <v>2002</v>
       </c>
-      <c r="I10" t="s">
-        <v>64</v>
+      <c r="I10">
+        <v>2002</v>
       </c>
       <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...5 lines deleted...]
-      <c r="M10" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2005</v>
+      </c>
+      <c r="J11" t="s">
+        <v>51</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="N11" t="s">
-        <v>71</v>
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>