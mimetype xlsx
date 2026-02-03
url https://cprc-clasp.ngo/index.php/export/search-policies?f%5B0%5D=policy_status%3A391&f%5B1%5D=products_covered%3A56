--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,521 +12,675 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -790,1279 +944,1442 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...14 lines deleted...]
-      <c r="H3">
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
         <v>2017</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
+      <c r="E7" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="F7" t="s">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
         <v>36</v>
       </c>
-      <c r="B4" t="s">
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...23 lines deleted...]
-      <c r="L4" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
         <v>34</v>
       </c>
-      <c r="M4" t="s">
-[...10 lines deleted...]
-      <c r="B5" t="s">
+      <c r="F9" t="s">
+        <v>35</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
-[...26 lines deleted...]
-      <c r="L5" t="s">
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
         <v>34</v>
       </c>
-      <c r="M5" t="s">
-[...2 lines deleted...]
-      <c r="N5" t="s">
+      <c r="F10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2003</v>
+      </c>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D11" t="s">
         <v>44</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="L6" t="s">
+      <c r="E11" t="s">
         <v>34</v>
       </c>
-      <c r="M6" t="s">
-[...193 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>35</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
-      <c r="I11" t="s">
-        <v>38</v>
+      <c r="I11">
+        <v>2011</v>
       </c>
       <c r="J11" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="K11" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="L11" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>88</v>
       </c>
       <c r="N11" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
       <c r="C12" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E12" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>94</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
-      <c r="I12" t="s">
-        <v>72</v>
+      <c r="I12">
+        <v>2012</v>
       </c>
       <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>94</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>111</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>113</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" t="s">
+        <v>35</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>36</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>119</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2004</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>36</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>121</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
         <v>32</v>
       </c>
-      <c r="K12"/>
-[...11 lines deleted...]
-      <c r="A13" t="s">
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
+        <v>131</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" t="s">
+        <v>133</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
         <v>75</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>35</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>88</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>75</v>
+      </c>
+      <c r="D19" t="s">
         <v>76</v>
       </c>
-      <c r="C13" t="s">
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>35</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K19" t="s">
         <v>37</v>
       </c>
-      <c r="D13" t="s">
-[...20 lines deleted...]
-      <c r="K13" t="s">
+      <c r="L19"/>
+      <c r="M19" t="s">
         <v>78</v>
       </c>
-      <c r="L13" t="s">
-[...70 lines deleted...]
-      <c r="G15">
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>111</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2012</v>
       </c>
-      <c r="H15">
-[...17 lines deleted...]
-      <c r="N15" t="s">
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>95</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>149</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>155</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>111</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>156</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>157</v>
+      </c>
+      <c r="M21" t="s">
+        <v>158</v>
+      </c>
+      <c r="N21" t="s">
+        <v>159</v>
+      </c>
+      <c r="O21" t="s">
+        <v>160</v>
+      </c>
+      <c r="P21" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>162</v>
+      </c>
+      <c r="B22" t="s">
+        <v>163</v>
+      </c>
+      <c r="C22" t="s">
         <v>93</v>
       </c>
-    </row>
-[...269 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2011</v>
       </c>
-      <c r="I22" t="s">
-        <v>72</v>
+      <c r="I22">
+        <v>2011</v>
       </c>
       <c r="J22" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="K22" t="s">
-        <v>121</v>
+        <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>73</v>
+        <v>164</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="N22" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>123</v>
+        <v>166</v>
       </c>
       <c r="B23" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
       <c r="C23" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
-      <c r="I23" t="s">
-        <v>72</v>
+      <c r="I23">
+        <v>2012</v>
       </c>
       <c r="J23" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="N23" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="B24"/>
       <c r="C24" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2011</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2018</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>169</v>
       </c>
       <c r="N24" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>170</v>
+      </c>
+      <c r="P24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
       <c r="B25" t="s">
-        <v>129</v>
+        <v>173</v>
       </c>
       <c r="C25" t="s">
-        <v>130</v>
+        <v>174</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>175</v>
       </c>
       <c r="E25" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>111</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2017</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2021</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>132</v>
+        <v>176</v>
       </c>
       <c r="K25" t="s">
-        <v>133</v>
+        <v>177</v>
       </c>
       <c r="L25" t="s">
-        <v>134</v>
+        <v>178</v>
       </c>
       <c r="M25" t="s">
-        <v>118</v>
+        <v>179</v>
       </c>
       <c r="N25" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>159</v>
+      </c>
+      <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>136</v>
+        <v>182</v>
       </c>
       <c r="B26" t="s">
-        <v>58</v>
+        <v>183</v>
       </c>
       <c r="C26" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="E26" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>94</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
-      <c r="I26" t="s">
-        <v>38</v>
+      <c r="I26">
+        <v>2011</v>
       </c>
       <c r="J26" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="K26" t="s">
-        <v>137</v>
+        <v>37</v>
       </c>
       <c r="L26" t="s">
-        <v>61</v>
+        <v>184</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N26" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>185</v>
+      </c>
+      <c r="P26" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>139</v>
+        <v>187</v>
       </c>
       <c r="B27" t="s">
-        <v>113</v>
+        <v>188</v>
       </c>
       <c r="C27" t="s">
-        <v>42</v>
+        <v>154</v>
       </c>
       <c r="D27" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="E27" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>35</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2013</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2020</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>32</v>
+        <v>189</v>
       </c>
       <c r="K27" t="s">
-        <v>141</v>
+        <v>37</v>
       </c>
       <c r="L27" t="s">
-        <v>142</v>
+        <v>190</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N27" t="s">
-        <v>143</v>
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>192</v>
+      </c>
+      <c r="P27" t="s">
+        <v>193</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>