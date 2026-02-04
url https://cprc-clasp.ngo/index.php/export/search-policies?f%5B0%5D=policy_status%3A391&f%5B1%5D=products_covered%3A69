--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,505 +12,638 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Dishwashers</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
     <t>China</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -774,1065 +907,1200 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H4">
+        <v>1997</v>
+      </c>
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="K4"/>
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
         <v>41</v>
       </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1997</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>48</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
-[...21 lines deleted...]
-      <c r="H5">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...6 lines deleted...]
-      <c r="L5" t="s">
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
         <v>44</v>
       </c>
-      <c r="M5" t="s">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>46</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-      <c r="A6" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2007</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
         <v>46</v>
       </c>
-      <c r="B6" t="s">
-[...17 lines deleted...]
-      <c r="H6">
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>48</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>80</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>8</v>
+      </c>
+      <c r="H11">
         <v>2019</v>
       </c>
-      <c r="I6" t="s">
-[...14 lines deleted...]
-      <c r="N6" t="s">
+      <c r="I11">
+        <v>2025</v>
+      </c>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
         <v>48</v>
       </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
     </row>
-    <row r="7" spans="1:14">
-[...217 lines deleted...]
-    <row r="12" spans="1:14">
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="B12" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2019</v>
       </c>
-      <c r="I12" t="s">
-        <v>30</v>
+      <c r="I12">
+        <v>2019</v>
       </c>
       <c r="J12" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="K12" t="s">
-        <v>82</v>
+        <v>46</v>
       </c>
       <c r="L12" t="s">
-        <v>83</v>
+        <v>104</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="N12" t="s">
-        <v>84</v>
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
       </c>
     </row>
-    <row r="13" spans="1:14">
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B13" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>110</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2005</v>
       </c>
-      <c r="H13">
+      <c r="I13">
         <v>2015</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>39</v>
+        <v>111</v>
       </c>
       <c r="K13" t="s">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="L13" t="s">
-        <v>89</v>
+        <v>112</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="N13" t="s">
-        <v>90</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
       </c>
     </row>
-    <row r="14" spans="1:14">
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>91</v>
+        <v>116</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>117</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>118</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2013</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2014</v>
       </c>
-      <c r="I14" t="s">
+      <c r="J14" t="s">
+        <v>81</v>
+      </c>
+      <c r="K14" t="s">
+        <v>119</v>
+      </c>
+      <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>121</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>81</v>
+      </c>
+      <c r="K15" t="s">
+        <v>119</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2002</v>
+      </c>
+      <c r="I16">
+        <v>2007</v>
+      </c>
+      <c r="J16" t="s">
         <v>64</v>
       </c>
-      <c r="J14" t="s">
-[...12 lines deleted...]
-        <v>96</v>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16" t="s">
+        <v>65</v>
+      </c>
+      <c r="M16" t="s">
+        <v>66</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
       </c>
     </row>
-    <row r="15" spans="1:14">
-[...21 lines deleted...]
-      <c r="H15">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>135</v>
+      </c>
+      <c r="D17" t="s">
+        <v>136</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>73</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>137</v>
+      </c>
+      <c r="K17" t="s">
+        <v>138</v>
+      </c>
+      <c r="L17" t="s">
+        <v>139</v>
+      </c>
+      <c r="M17" t="s">
+        <v>140</v>
+      </c>
+      <c r="N17" t="s">
+        <v>141</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>146</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>111</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" t="s">
+        <v>147</v>
+      </c>
+      <c r="M18" t="s">
+        <v>148</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>151</v>
+      </c>
+      <c r="B19" t="s">
+        <v>152</v>
+      </c>
+      <c r="C19" t="s">
+        <v>146</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19" t="s">
+        <v>153</v>
+      </c>
+      <c r="M19" t="s">
+        <v>148</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>158</v>
+      </c>
+      <c r="D20" t="s">
+        <v>159</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>73</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
         <v>2014</v>
       </c>
-      <c r="I15" t="s">
-[...15 lines deleted...]
-        <v>99</v>
+      <c r="J20" t="s">
+        <v>160</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>161</v>
+      </c>
+      <c r="M20" t="s">
+        <v>162</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
+        <v>164</v>
       </c>
     </row>
-    <row r="16" spans="1:14">
-[...40 lines deleted...]
-        <v>101</v>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" t="s">
+        <v>167</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>137</v>
+      </c>
+      <c r="K21" t="s">
+        <v>168</v>
+      </c>
+      <c r="L21" t="s">
+        <v>169</v>
+      </c>
+      <c r="M21" t="s">
+        <v>170</v>
+      </c>
+      <c r="N21" t="s">
+        <v>171</v>
+      </c>
+      <c r="O21" t="s">
+        <v>172</v>
+      </c>
+      <c r="P21" t="s">
+        <v>173</v>
       </c>
     </row>
-    <row r="17" spans="1:14">
-[...18 lines deleted...]
-      <c r="G17">
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>174</v>
+      </c>
+      <c r="B22" t="s">
+        <v>175</v>
+      </c>
+      <c r="C22" t="s">
+        <v>176</v>
+      </c>
+      <c r="D22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
         <v>2017</v>
       </c>
-      <c r="H17">
-[...224 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>128</v>
-[...4 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="K22" t="s">
+        <v>168</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>131</v>
+        <v>178</v>
       </c>
       <c r="N22" t="s">
-        <v>137</v>
+        <v>171</v>
+      </c>
+      <c r="O22" t="s">
+        <v>179</v>
+      </c>
+      <c r="P22" t="s">
+        <v>180</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>