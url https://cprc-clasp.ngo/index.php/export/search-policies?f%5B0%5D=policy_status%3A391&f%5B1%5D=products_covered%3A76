--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -12,376 +12,435 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -645,587 +704,606 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="162" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>67</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>75</v>
+      </c>
+      <c r="M7" t="s">
+        <v>76</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O7" t="s">
+        <v>77</v>
+      </c>
+      <c r="P7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>79</v>
+      </c>
+      <c r="B8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C8" t="s">
+        <v>81</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2011</v>
       </c>
-      <c r="H3">
-[...11 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>82</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>85</v>
+      </c>
+      <c r="P8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>89</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>90</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>91</v>
+      </c>
+      <c r="M9" t="s">
+        <v>92</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>93</v>
+      </c>
+      <c r="P9" t="s">
+        <v>94</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>95</v>
+      </c>
+      <c r="B10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>89</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>98</v>
+      </c>
+      <c r="K10" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...126 lines deleted...]
-      <c r="B7" t="s">
+      <c r="L10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M10" t="s">
+        <v>100</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C7" t="s">
-[...207 lines deleted...]
-        <v>86</v>
+      <c r="O10" t="s">
+        <v>101</v>
+      </c>
+      <c r="P10" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>