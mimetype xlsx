--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -12,51 +12,141 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>GB/T 18708
+,   
+                    GB/T 19741</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +448,177 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="325.492" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>8</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2025</v>
+      </c>
+      <c r="J2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>