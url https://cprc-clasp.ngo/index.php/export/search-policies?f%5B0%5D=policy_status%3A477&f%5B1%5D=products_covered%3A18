--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -12,51 +12,260 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>NT 81.70 NT 81.71</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
+    <t>MEPS for Refrigerators (2022)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>SNI 8557-1:2018 IEC 62552-1:2015
+,   
+                    SNI IEC 62552-2:2016
+,   
+                    SNI 8557-3:2018 IEC 62552-3:2015</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
+    <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
+  </si>
+  <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>TIS 455-2537</t>
+  </si>
+  <si>
+    <t>Thai Industrial Standards Institute (TISI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +567,373 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="373.909" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="202.808" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2022</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6">
+        <v>2004</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>