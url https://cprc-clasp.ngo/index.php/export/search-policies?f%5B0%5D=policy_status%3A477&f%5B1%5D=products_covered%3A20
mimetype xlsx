--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -12,140 +12,369 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814.</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
+    <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
+  </si>
+  <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
+    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
+    <t>Integrated Fans</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>November 2025</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Fans</t>
+  </si>
+  <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
+,   
+                    ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
+,   
+                    IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
+    <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
+    <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -449,74 +678,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="136.681" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="792.664" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -548,75 +777,517 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="I2">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5">
+        <v>1989</v>
+      </c>
+      <c r="I5">
+        <v>2009</v>
+      </c>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>56</v>
+      </c>
+      <c r="G10" t="s">
+        <v>57</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2007</v>
+      </c>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
+        <v>96</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>38</v>
+      </c>
+      <c r="G11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>98</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">