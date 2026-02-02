--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -12,136 +12,160 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
     <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>November 2025</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
   </si>
   <si>
     <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V rated frequency of 50Hz and rated power of 70W-1000W.</t>
   </si>
   <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C60DD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
   </si>
   <si>
     <t>Applies to LC peak lead type of independent and built-in type magnetic and electronic ballasts for single capped metal halide lamps with rated 220V; frequency 50Hz and power 175W-1500W.</t>
@@ -150,50 +174,110 @@
     <t>GB/T 2829; GB/T 15042; GB 17625.1; GB 17743; GB 19510.10; GB 19510.13; GB/T 26697; QB/T 2511; QB/T 2878</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
   </si>
   <si>
     <t>This policy applies to out-coupling electrodeless ballasts which have rated power between 30W and 400W, use 220V and 50Hz AC power supply and are used for fluorescent lamps.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 29143</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
+,   
+                    CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
+,   
+                    IEC 60969:2001, Performance tests
+,   
+                    IEC 60901:2001, Performance tests
+,   
+                    IEC 60081:2002, Performance tests
+,   
+                    IEC 62612:2013, Performance tests
+,   
+                    IEC 62612:2013, Performance tests</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -497,74 +581,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P5"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="161.532" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="264.078" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -596,225 +680,371 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="I2">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2" t="s">
+      <c r="L2"/>
+      <c r="M2" t="s">
         <v>25</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>26</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>27</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
         <v>30</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>31</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="I3">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="N3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2005</v>
       </c>
       <c r="I4">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="N4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="I5">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J5" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="N5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="P5" t="s">
-        <v>45</v>
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2000</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>56</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>59</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>60</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>61</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">