--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -125,51 +125,51 @@
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
   </si>
   <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
     <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>Egypt</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>